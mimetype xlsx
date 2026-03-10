--- v0 (2025-10-21)
+++ v1 (2026-03-10)
@@ -54,5515 +54,5515 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Eduardo Batista</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/154/requerimento_01.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/154/requerimento_01.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, VOTO DE PROFUNDO PESAR pelo falecimento do Sr. ANTONIO RODRIGUES CHAVES, ocorrido no dia 27 de janeiro de 2021, nesta Cidade de Goiana.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Eduardo Batista, Alexandre Carvalho, Ana de Marcílio, Ana Diamante, André Rabicó, Bruno Salsa, Carlos Viegas, Cid do Caranguejo, Edson da Farmácia, Ibson Gouveia, Mário do Peixe, Pedro Henrique, Ramon Aranha, Renato Sandre, Xandy da Praia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento_02.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento_02.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, VOTO DE PROFUNDO PESAR. pelo falecimento do Senhor OSVALDO RABELO FILHO. (Osvaldinho), ocorrido no dia 15 de janeiro de 2021, no Real Hospital Português, na cidade do Recife/PE.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_03.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_03.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de Voto de Aplausos, ao Padre JOSÉ EDSON ALEXANDRE FERREIRA, extensivo ao Padre MAGNO ANACLETO SILVA, respectivamente, Pároco e Vigário Paroquial da Paróquia de Nossa Senhora do Rosário, em Goiana/PE, pelo brilhante trabalho empreendido para a conclusão da restauração e a conseqüente reabertura da Igreja Matriz de Nossa Senhora do Rosário dos Homens Brancos, localizada na Av. Marechal Deodoro da Fonseca (antiga Rua Direita), no centro do município.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Carlos Viegas</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/158/requerimento_04.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/158/requerimento_04.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, que seja oficiado ao Prefeito, Sr. Eduardo Honório Carneiro, no sentido de que sejam equiparados os vencimentos do pessoal de apoio administrativo da Secretária de Educação e Inovação com o pessoal administrativo das demais secretarias, tendo em vista a obediência ao Princípio da Isonomia que deve nortear a Administração Pública.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Alexandre Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_05.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_05.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na Ata dos Trabalhos desta Casa, VOTO DE PROFUNDO PESAR, pelo falecimento da senhora FABIANA FREIRE DE OLIVEIRA, cujo falecimento ocorreu no dia 01 de fevereiro de 2021.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Carlos Viegas, Cid do Caranguejo</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento_06.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento_06.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, que seja Oficiado ao Exmo. Sr. Paulo Câmara, Governador do Estado de Pernambuco, e ao Exmo. Secretário estadual de Defesa Social Antônio de Pádua Vieira Cavalcanti, no sentido que sejam adotadas as providências cabíveis, para REATIVAÇÃO DO POSTO POLICIAL DO POVOADO DE SÃO LOURENÇO, distrito deste Município.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_07.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_07.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE PROFUNDO PESAR, a família do Professor DIEGO ARMANDO DE BARROS SOUZA ocorrido no dia 16 de fevereiro de 2021, nesta cidade.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_08.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_08.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que cumpridas as formalidades regimentais, que seja enviado um apelo ao Governador do Estado de Pernambuco, o Exmo. Sr. Paulo Câmara, e ao Secretário Estadual de Saúde, André Longo, para que viabilize a possibilidade, da ABERTURA DE UMA UNIDADE DA FARMACIA DO ESTADO DE PERNAMBUCO EM GOIANA.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_09.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_09.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, que seja solicitada uma reunião com os representantes legais das Secretarias Municipais de Urbanismo, Obras e Patrimônio Arquitetônico, de Segurança Cidadã, Trânsito e Transportes Urbanos - SESTRAN, de Comunicação, assim como, da COMPESA e da BRK Ambiental, para que sejam prestadas informações acerca do planejamento das obras ora em execução nesta Cidade, concernente ao tempo estimado para conclusão, bem como, a escavação e reposição em diversas ruas, o que obviamente vem causando transtornos na mobilidade urbana de pessoas e veículos, no tocante a sinalização, acesso, proteção para transeuntes e funcionários da obra.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_10.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_10.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, que seja oficiado o Exmo. Sr. Eduardo Honório Carneiro - Prefeito do Município de Goiana, solicitando que seja desapropriado terreno medindo 50x100 nesta Cidade, para ser doado ao Corpo de Bombeiros, para construção de uma sede própria e bem estruturada, podendo melhor servir e preservara vida e o patrimônio dos nossos munícipes.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento_12.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento_12.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, seja enviado o Oficio ao Exmo. Sr. Paulo Câmara Governador do Estado de Pernambuco, em sintonia com o DER (Departamento de Estradas de Rodagem), que tome providencias para a urgente necessidade da INSTALAÇÃO DE LOMBADAS ELETRÔNICA, na extensão do trecho da Feira de Flexeiras sentido Condado/Goiana -PE-62.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_13.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_13.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, seja Oficiado ao Exmo. Sr. Paulo Câmara, Governador do Estado de Pernambuco, através do Exmo. Secretário Estadual de Educação Marcelo Barros, do Exmo. Secretário Estadual de Defesa Social Antônio de Pádua Vieira Cavalcanti, do Conselho Estadual de Defesa Social (CEDS), do Exmo. Comandante Geral da Polícia Militar do Estado de Pernambuco Cel. Vanildo Neves de Albuquerque Maranhão Neto, do Exmo. Deputado Presidente da Assembleia Legislativa de Pernambuco Eriberto Medeiros, solicitando que seja implantado no município um Colégio Militar com parceria da prefeitura municipal de Goiana-PE.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_14.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_14.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE PROFUNDO PESAR, a família da Senhora LINDINALVA BELARMINO RODRIGUES, aos 71 anos, ocorrido no dia 15 de março de 2021, nesta cidade.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_15.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_15.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE PROFUNDO PESAR, a família do Professor, Doutor, Senhor ALCIDES PEREIRA DE FRANCA, aos 70 anos, ocorrido no dia 17 de março de 2021, na cidade do Recife.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>André Rabicó</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento_16.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento_16.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE APLAUSO, a Sra. ANA PAULA BRITO, Diretora da UPA - Goiana, e toda sua Equipe, pelos relevantes, serviços prestados a comunidade de Goiana.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/179/requerimento_17.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/179/requerimento_17.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na ata dos nossos trabalhos legislativos,  VOTO DE PROFUNDO PESAR, pelo falecimento do Senhor JOSÉ CARLOS CORREIA DA SILVA, ex-Vereador, ex Presidente desta Casa por dois mandatos, ex-Vice-Prefeito, ex-Subprefeito do distrito de Tejucupapo, ex-Presidente do Partido Social Brasileiro - PSB, ocorrido nesta manhã, do dia 23 de março de 2021, no Real Hospital Português, em Recife/PE, vitimado pela COVID 19.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Ana de Marcílio, Ana Diamante</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_18.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_18.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE PROFUNDO PESAR, pelo trágico falecimento do senhor JOÃO LUIZ DA SILVA SANTANA (Sr. Doca), proprietário do Colégio São João Batista, ocorrido no dia 24 de março de 2021, na Praia de Carne de Vaca.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento_19.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento_19.pdf</t>
   </si>
   <si>
     <t>Requerimento que após ouvido o Plenário em sua forma regimental, que seja enviado expediente  ao llmo. Sr. Secretário  de Defesa Social de Pernambuco, Dr. Antônio de Pádua Vieira Cavalcanti, Rua São Geraldo, nº 111, Santo Amaro, Recife/PE., solicitando que sejam envidados esforços no sentido de que seja instalada com a brevidade possível a Delegacia de Polícia do distrito de Ponta de Pedras neste Município, visando, com isto, oferecer maior segurança à população daquele distrito, que, como toda a população brasileira sofre com os altos índices de violência em nosso País.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Ana de Marcílio</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_20.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_20.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE PROFUNDO PESAR, pelo falecimento do Senhor JOSÉ EDUARDO GUEDES DE ANDRADE, ocorrido no dia 28 de março de 2021, em Recife PE.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_21_ok.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_21_ok.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE PROFUNDO PESAR, pelo falecimento da Senhora AMARA RODRIGUES DE FRANÇA, ocorrido no dia 04 de abril na cidade do E PE._x000D_
 _x000D_
 Requerimento que consigna aos trabalhos da casa, um VOTO DE APLAUSO ao CLUBE NÁUTICO CAPIBARIBE, pelos 120 anos de sua fundação.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Edson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_22.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_22.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja consignado na ata dos nossos trabalhos legislativos VOTO DE PROFUNDO PESAR, pelo falecimento do senhor SEBASTIÃO DA SILVA (Sebastião da Receita Federal), ocorrido no último dia 10 de abril, no hospital Nossa Senhora do Ó, em Olinda vítima de Covid 19.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_24.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_24.pdf</t>
   </si>
   <si>
     <t>Requerimento que após ouvido o Plenário em sua forma regimental, seja encaminhado congratulações nos termos desta MOÇÃO DE APLAUSOS, ao senhor JOSÉ FERNANDO VELOSO MONTEIRO, em reconhecimento dos serviços prestados na área da educação de nossa cidade, para termos o tão importante retorno as aulas, sejam elas presenciais ou hibridas.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Xandy da Praia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_25.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_25.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na ata dos nossos trabalhos legislativos, um VOTO DE APLAUSOS ao SR: EDVALDO JOSÉ DE SANTANA, respectivamente, Sub-Prefeito nos Distritos de Barra de Catuama, Catuama, Ponta de Pedras e Carne de Vaca em Goiana/PE, pelo brilhante trabalho á frente da Sub-Prefeitura, colocando em prática seu melhor a disposição das comunidades buscando um melhor trabalho a ser executado.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_27.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_27.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE PROFUNDO PESAR, pelo trágico falecimento do senhor NELSON LAURENTINO RIBEIRO (NELSON DE MANICO), ocorrido dia 29 de abril 2021, em Goiana-PE.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Carlos Viegas, Eduardo Batista</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_28-ok.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_28-ok.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE PROFUNDO PESAR, a família do Soldado da PMPE LEANDRO DE MENEZES FRANÇA, aos 36 anos, pelo falecimento ocorrido no dia 17 de maio de 2021, na cidade do Recife. _x000D_
 _x000D_
 Requerimento que dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE PROFUNDO PESAR, pelo trágico falecimento do senhor PABLO JOSÉ DE OLIVEIRA MORAES. Prefeito do Município de Itaquitinga, ocorrido no final da tarde dia 08 de maio de 2021, na PE 52, no Município de Nazaré da Mata-PE.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_29.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_29.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE PROFUNDO PESAR. pelo falecimento da Educadora LERÚCIA DE LOURDES DE ALBUQUERQUE GUERRA, ocorrido nesta Cidade, no dia 18 de maio do ano em exercício.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_30.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_30.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE PROFUNDO PESAR, pelo falecimento do Senhor SAULO DE ANDRADE VELOZO DE MELO, Empresário, no dia 21 de maio de 2021, no Município de João Pessoa-PB.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Ana Diamante</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento_31.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento_31.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE PROFUNDO PESAR, pelo falecimento do Senhor EDVALDO JOSÉ VALENÇA DA SILVEIRA, ocorrido no dia 04 de junho de 2021, nesta cidade de Goiana-PE.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento_32.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento_32.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe seja enviado	expediente ao	llmo. Sr. Diretor - Presidente do Departamento	Estadual de Trânsito de Pernambuco- DETRAN, Dr. Roberto Fontelles, solicitando a implantação, nesta Cidade, de um centro de provas para exames prático de direção, haja visto que, as pessoas que  necessitam	de tais serviços e que residem neste Município, carecem de se deslocarem para outros Municípios.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_33.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_33.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja destinado a homenagearmos dois importantes goianenses, que estariam aniversariando nesta data, Luiz da Gia (ln Memoriam) e Carlos Viégas (ln Memoriam), e que respeitando os protocolos sanitários necessários em face à pandemia, sejam, apenas, convidados familiares e amigos dos homenageados.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_34_1_ok.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_34_1_ok.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, VOTO DE PROFUNDO PESAR pelo falecimento da Senhora JULIANA MARIA MARTINS HERCULANO PESSOA, ocorrido na madrugada do dia 07 de julho de 2021, no Hospital Prontovida, na cidade de João Pessoa, estado da Paraíba, ví · uma parada respiratória aguda grave em decorrência da Covid-19. _x000D_
 Requerimento dispõe que cumpridas as formalidades regimentais, ue seja enviado expediente a Diretoria da Companhia de Energia de Pernambuco {CELPE), com endereço à Av. Marechal Deorodo da Fonseca, 93, Centro, Goiana/PE, CEP: 55900-000, solicitando providências no sentido de envidar esforços para que seja alimentada a Rede da Comunidade da Portelinha neste município, objetivando com isso solucionar a falta de energia eminente na localidade.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_35.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_35.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja convocado o Sr. Fernando Veloso - Secretário de Educação, do Município de Goiana/PE, conforme as prerrogativas deste Poder Legislativo amparada pelo art. 187, inc. 1, do Regimento Interno desta Casa Legislativa e Art. 37, inc. XIII , da Lei Orgânica do Município, ocas1ao em que o referido secretário prestará esclarecimentos sobre diversos assuntos.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Renato Sandre</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_36.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_36.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja solicitado do Exmo. Sr. Prefeito do Município de Goiana -Eduardo Honório Carneiro, informações detalhadas sobre a programação para a convocação do pessoal aprovado no último concurso público, realizado pelo Município de Goiana, informando a relação dos classificados e ainda não convocados, com indicação do cargo e as respectivas classificações.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_37.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_37.pdf</t>
   </si>
   <si>
     <t>Requerimento que após ouvido o Plenário em sua forma regimental, que seja oficiado o Sr. Fernando Veloso Secretário de Educação, do Município de Goiana/PE, conforme disposto no art. 188, §3º e§ 5º, da lei Orgânica do Município, seja incluído na grade escolar dos alunos da rede municipal a história e geografia de Goiana, também para Faculdade de Formação de Professores deste município, como seja também entoado diariamente o hino de Goiana antes de iniciar as atividades escolar.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_38.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_38.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado, na Ata dos Trabalhos desta Casa Legislativa, VOTO DE PROFUNDO PESAR, pelo falecimento do Senhor JOAQUIM FRANCISCO DE FREITAS CAVALCANTI, ex-Prefeito da cidade do Recife, ex-Governador de Pernambuco, ex-Deputado Federal Constituinte, ex-Ministro do Interior, dentre tantos outros cargos por ele ocupados, ocorrido no dia 03 de agosto de 2021, em Recife/PE.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Ramon Aranha</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_39.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_39.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja consignado na ATA dos trabalhos desta Casa Legislativa, "VOTO DE APLAUSO" aos senhores Edilma Vieira, Wellington Naciso, Rildo Souu, Silvio Marcos, Leandro Florentino, Renan Batista e João Batista, Guardas Municipais, Fiscais de Transporte e o Diretor, deste Município, pelo exímio desempenho de suas funções na prisão do delinquente que furtara o GRÊMIO-PONSA.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Bruno Salsa</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_40.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_40.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe solicitação ao Governador Paulo Câmara a implantação de leitos de Unidades de Tratamento Intensivo (UTl's) no hospital regional Belarmino Correia. Do presente requerimento dê ciência, ao secretário de Saúde do Estado de Pernambuco e a imprensa falada e escrita do município de goiana.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_41.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_41.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe o envio do expediente ao Exmo. Sr. Paulo Henrique Saraiva Câmara - Governador do Estado de Pernambuco, com endereço Palácio do Campo das Princesas, S/N, Santo Antônio, Recife/PE, CEP. 50010-928, solicitando providências no sentido de envidar esforços para que seja instalado neste Município, um Expresso Cidadão, visando atender a população que tanto carece da emissão de documentos essenciais, tais como RG, CPF, Carteira de Trabalho, e afins, neste Município.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_42.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_42.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, seja registrado nos Anais desta Casa Legislativa, VOTO DE PROFUNDO PESAR, pelo falecimento do SR. REGINALDO ALEXANDRE PEREIRA, ocorrido no dia 05 de agosto de 2021, no Hospital IMIP localizado na cidade do Recife-PE.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_43.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_43.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação nos trabalhos desta Casa Legislativa, um VOTO DE APLAUSO para o Caboclinho União 7 Flexas, onde através do Governo do Estado acolheu a agremiação como Patrimônio Vivo em Pernambuco.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_44.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_44.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de Voto de Aplausos para Dra. NÁDIA VIRGINIA DA SILVA CHAVES, pelos seus relevantes trabalhos prestados durante o período em que esteve à frente da Secretária de Saúde do Município de Goiana.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_45.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_45.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja consignado na ata dos nossos trabalhos legislativos VOTO DE PESAR, a família do Senhor JULIO SEVERINO DE SOUZA, aos 54 anos, ocorrido no dia 18 de agosto de 2021, no Hospital da Restauração, na cidade do Recife.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_46.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_46.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe solicitação ao Exmo. Sr. Prefeito do Município de Goiana - Eduardo Honório Carneiro, o encaminhamento a esta Câmara Municipal de informações detalhadas sobre a entrada e saída de recursos financeiros, no Conselho Municipal de Defesa e Promoção dos Direitos da Criança e do Adolescente - COMDICA, no período entre todo o exercício financeiro de 2016, até a presente data.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Bruno Salsa, Ana Diamante, Carlos Viegas</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_47.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_47.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja solicitado o Governador Paulo Câmara para que seja realizado o termo de doação à Prefeitura, do terreno situado as margens da PE 75. onde ficava localizado o antigo matadouro de Goiana. Do presente requerimento dê ciência, ao Presidente da Companhia Estadual de Habitação e Obras do Estado de Pernambuco, o Sr. Bruno Lisboa, e a imprensa falada e escrita do município de Goiana.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_48.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_48.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, VOTO DE PROFUNDO PESAR pelo falecimento do Senhor PAULO RAMIRO RAFAEL PEREIRA, guitarrista, violonista, compositor e produtor musical, componente da banda de Alçeu Valença, ocorrido na madrugada deste dia 23 de agosto de 2021, vítima de um câncer no fígado, no Hospital Samaritano, na cidade do Rio de Janeiro-RJ.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Bruno Salsa, Ana Diamante, Carlos Viegas, Ramon Aranha</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_49.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_49.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja solicitado ao Governador Paulo Câmara, que o Processo de Regularização Fundiária, seja estendido às casas da Comunidade de Nova Goiana. Do presente requerimento dê ciência, ao Presidente da Companhia Estadual de Habitação e Obras do Estado de Pernambuco, o Sr. Bruno Lisboa, e a imprensa falada e escrita do município de goiana.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Mário do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_50.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_50.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de Voto de Aplausos, a todos os funcionários que compõem a Unidade de Pronto Atendimento Deputado Osvaldo Rabelo, localizada às margens da rodovia PE-75, Loteamento Boa Vista, s/nº , em Goiana.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/243/requerimento_51.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/243/requerimento_51.pdf</t>
   </si>
   <si>
     <t>Requerimento que consigna aos trabalhos da casa, um VOTO DE APLAUSOS a todos os funcionários que compõem a Unidade de Pronto Atendimento Especializada (UPA-E), localizada às margens da rodovia PE-75, Loteamento Boa Vista, s/nº, em Goiana.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_52.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_52.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, VOTO DE PROFUNDO PESAR pelo falecimento da Sr. FLÁVIO AUGUSTO PRESTRELO DA SILVA, ocorrido no último dia 23 de agosto de 2021, na cidade do Recife, Estado de Pernambuco, vítima de complicações surgidas após o acometimento pela Covid-19.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_53.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_53.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, VOTO DE PROFUNDO PESAR pelo falecimento da Senhora MARIA JOSÉ DE BARROS (DONA LIA), matriarca da Família Fenelon, ocorrido no último dia 05 de agosto de 2021, na cidade do Recife, Estado de Pernambuco, vítima de insuficiência respiratória em decorrência de complicações após o _x000D_
  acometimento pela Covid-19.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_54.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_54.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE APLAUSO, senhora: Severina Duda do Nascimento pelo o seu exímio desempenho em suas atribuições como funcionária pública municipal desta cidade e sua colaboração na cultura e no social.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_56.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_56.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe, depois de ouvido o plenário em sua forma regimental, que seja registrado nos Anais desta Casa, VOTO DE PROFUNDO PESAR em face do falecimento da Senhora MARIA JOSÉ MACIEL CORREIA, anos 83 anos, ocorrido no dia 02 de setembro do ano fluente, na cidade de Olinda.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_58.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_58.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de um VOTO DE APLAUSO para a Senhora Rosemary Cruz de Oliveira, Coordenadora da Policlínica Nossa Senhora da Vitória, localizada nesta cidade de Goiana, pelos relevantes serviços prestados à população goianense, no desempenho de suas atividades profissionais a frente daquela instituição de saúde.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_59.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_59.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de um VOTO DE APLAUSO ao INSTIUTUTO HISTÓRICO ARQUEOLÓGICO E GEOGRÁFICO DE GOIANA -IHAGGO1 pela passagem de seus 151 (cento e cinquenta e um ) anos de fundação.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_60.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_60.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de um VOTO DE APLAUSO ao Senador FERNANDO BEZERRA COELHO, do PMDB de Pernambuco, pelo registro no dia 31 de agosto de 2021, na tribuna do Senado Federal, sobre o fato histórico dos 200 anos da eleição da Junta Governativa de Goiana pela Câmara e Cadeia da Vila de Goiana na Mata Norte de Pernambuco, a qual tornou estado de Pernambuco independente, onze meses antes da independência do Brasil.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_61.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_61.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, seja registrado nos Anais desta Casa Legislativa VOTO DE PROFUNDO PESAR pelo falecimento da SENHORA FÁTIMA MORAES DE OLIVEIRA MARTINS, ocorrido no dia 06 de setembro de 2021, na cidade do Recife-PE.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_62.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_62.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja solicitado ao Secretário da Saúde Dr. André Longo, para que todo Material de Suporte Avançado (UTI) que se encontra na UPAE, ( Hospital de Campanha no Combate ao COVID19), seja direcionado ao Hospital Belarmino Correia, assim que deixar de ser hospital de campanha. Do presente requerimento dê ciência, a imprensa falada e escrita do município de goiana.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_63.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_63.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe, depois de ouvido o plenário em sua forma regimental, que seja oficiado ao Prefeito do Município de Goiana, Eduardo Honório Carneiro, na forma prevista no Regimento Interno desta Casa, solicitando que seja providenciado laudo de engenharia detalhado, acerca dos serviços que estão sendo executados pela COMPESA, nas diversas ruas de nosso município, através da empresa BRK.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_64.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_64.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de Voto de Aplausos para os Conselheiros Tutelares da sede, como do distrito, pelos relevantes serviços prestados ao nosso Município. Sendo estes da sede: Alesson da Silva Alves Albuquerque, Claudio João da Silva, Eunice Fernandes de Oliveira, ltanilso Rodrigues de Souza Filho e Maria Dulce Vieira da Silva, como os do distrito: Edna Patrícia Gomes do Rego, Heytor Magno Rodrigues Bandeira, lzacio Pereira da Silva, Lyweston Paulo Ribeiro dos Santos e Maria da Conceição Galvão da Silva.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Pedro Henrique</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_65.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_65.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de Voto de Aplausos ao Gestor Municipal do Cadastro Único e Programa Bolsa Família ANÍBAL NETO SOARES BARBOSA NEVES e a toda sua equipe, pelo brilhante trabalho a frente destes serviços.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Alexandre Carvalho, Ana Diamante, Pedro Henrique, Renato Sandre</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_66.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_66.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja enviado um apelo ao Chefe do Poder Executivo do Estado, Paulo Henrique Saraiva Câmara solicitando o aumento do cofinanciamento do Hospital Belarmino Correia neste município.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento_67.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento_67.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja enviado oficio a Agencia de Desenvolvimento Econômico de Pernambuco - ADDIPER, aos cuidados da Diretora de Promoção da Economia Criativa, Sra. Márcia Souto solicitando a Unidade Móvel do Artesanato de Pernambuco, para uma ação de exposição e comercialização na praia Ponta de Pedras no município de Goiana/PE no período de 20 a 31 de janeiro de 2022.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Bruno Salsa, Carlos Viegas</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_68.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_68.pdf</t>
   </si>
   <si>
     <t>Requerimento que após ouvido o Plenário em sua forma regimental, solicitando que seja denominado Loteamento Armando Klabin, o empreendimento residencial, que será instalado no terreno onde funcionava o antigo Matadouro Público Municipal.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_69.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_69.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE PROFUNDO PESAR. pelo falecimento do Senhor ARMANDO KLABIN, Presidente do Conselho de Administração da Klabin, ocorrido no dia 22 de setembro de 2021, na cidade do Rio de Janeiro - RJ.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_70.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_70.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja consignado na ata dos nossos trabalhos legislativos, "VOTO DE APLAUSO" a Senhora ISABELLA SOARES LOPES, Secretaria de Obras, Urbanismo e Infra Estrutura do Município, pelos relevantes serviços prestados à população Goianense, do desempenho de suas atividades profissionais a frente daquela secretaria e, pela forma carinhosa que trata a todos que a procura.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Carlos Viegas, Ana Diamante, Bruno Salsa</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_71.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_71.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, que seja oficiado ao Excelentíssimo Sr. Governador de Pernambuco, Sr. Paulo Saraiva Câmara, que junto a Secretaria de Desenvolvimento Social, Criança e Juventude, na pessoa do Secretário, o llmo. Sr. Sileno Guedes, seja implantado o Programa Vida Nova, onde o objetivo são de ações e intervenções de proteção social especial de média e alta complexidade que contribuam para minorar os agravos sociais e o combate às violações de direitos voltados as pessoas que se encontram em situação de risco pessoal e/ou social e de rua, nesta cidade.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Cid do Caranguejo</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_72.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_72.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na ata dos nossos trabalhos legislativos, Voto de Aplausos aos Agentes Comunitários de Saúde e aos Agentes de Endemias. do município de _x000D_
 Goiana/PE, pelo brilhante trabalho desempenhado em toda cidade, levando mais . _ qualidade de vida a todo povo goianense.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento_73.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento_73.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE APLAUSO para a Diretora da Vigilância Sanitária de Goiana, Senhora Margareth Gomes Borba de Melo, residente na Rua Bom Jesus, 16, Goiana-PE.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento_74.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento_74.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE APLAUSO para o Secretário de Articulação Política de Governo, Senhor Eudes Marconi Morais, residente na Rua Lindo Amor, 183, Goiana-PE.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento_75.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento_75.pdf</t>
   </si>
   <si>
     <t>Requerimento que consigna aos trabalhos da casa, VOTO DE  APLAUSOS ao SR: ABIMAEL RIBEIRO DE AMORIM, respectivamente, Administrador Regional de Ponta de Pedras, pelo _x000D_
 brilhante trabalho á frente desse cargo por muitos anos, sempre dedicado e colocando em prática seu melhor a disposição da comunidade buscando sempre um melhor trabalho a ser executado.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_76.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_76.pdf</t>
   </si>
   <si>
     <t>Requerimento que consigna aos trabalhos da casa, VOTO DE PROFUNDO PESAR pelo falecimento do Sr. LAÉRCIO MARINHO DA SILVA FILHO, ocorrido no último dia 18 de outubro de 2021, no Hospital Esperança, na cidade de Olinda, Estado Pernambuco, vítima de complicações cardiorrespiratórias.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/267/requerimento_77.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/267/requerimento_77.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE PROFUNDO PESAR, pelo falecimento do senhor RICARDO DA COSTA SOARES, ocorrido na cidade de Recife, Pernambuco, no dia 02 de setembro de 2021.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/268/requerimento_78.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/268/requerimento_78.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação um VOTO DE APLAUSOS ao deputado federal ANDRÉ FERREIRA (PSC-PE), pela aprovação do Projeto de Lei n2 1106/2020, de sua autoria, já sancionado, tornando Lei e automática a inclusão das famílias carentes no programa de Tarifa Social da Conta de Energia, medida que reduz em até 65% as contas de luz e beneficia mais de 12 milhões de famílias em todo o País.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/269/requerimento_79.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/269/requerimento_79.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação um Voto de Aplausos para o SIMUSS (Sindicato Municipal dos Servidores da Saúde), que com certeza, vai aproximar e fortalecer os servidores públicos dos seus anseios e objetivos de valorização profissional para que possam prestar um serviço de mais qualidade para o povo de Goiana.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Ana Diamante, Bruno Salsa, Carlos Viegas</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_80.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_80.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, que seja oficiado ao Excelentíssimo Sr. Governador de Pernambuco, Sr. Paulo Saraiva Câmara, que junto ao Departamento de Estradas de Rodagem (DER), na pessoa do Diretor Presidente, o llmo. Sr. Maurício Canuto Mendes, seja requalificada o acesso do Distrito da Praia de Atapuz, onde aquele acesso encontra-se intransitável, cheio de buracos, e a noite sem iluminação, tornando muito dificuldade aos motoristas que por ali transitam.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Ibson Gouveia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/271/requerimento_81.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/271/requerimento_81.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de Voto de Aplausos, um VOTO DE APLAUSOS aos CICLISTAS DO MUNICÍPIO DE GOIANA. onde o ciclismo é uma modalidade esportiva, que fornece diversos benefícios aos praticantes e a população em geral, sendo o seu incentivo de primordial importância para a nossa cidade. O ciclismo é um esporte muito democrático e que incentiva o convívio social. Pedalar em grupo pode ser uma ótima forma de relaxar e deixar o estresse para trás. Além de ajudar a manter as boas relações interpessoais, a atividade ajuda na liberação da endorfina, substância responsável pela sensação de bem-estar.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/272/requerimento_82.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/272/requerimento_82.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, que seja solicitado em caráter de urgência ao Departamento de Estradas de Rodagem - DER/PE junto com a Secretaria de Infraestrutura§ e Recursos Hídricos, a construção de 3 (três) lombadas na PE-49 localizada no Sítio Carrapicho I, Distrito de Teiucupapo, neste município, com o intuito de eliminar as estatísticas elevadas de acidentes de trânsitos e mortes neste trecho altamente perigoso. Do presente requerimento dê-se ciência a impressa falada e escrita do município de Goiana.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/273/requerimento_83.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/273/requerimento_83.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, Considerando a realização de uma operação da SESTRAN, deste Município, realizada no dia 31 de outubro p. passado, no distrito de Ponta de Pedras; que seja oficiado ao Ilmº. Sr. Rômulo Goyanna Lamenha Lins, Secretário de Segurança Cidadã, Trânsito e Transportes Urbanos -SESTRAN, deste Município.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento_84.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento_84.pdf</t>
   </si>
   <si>
     <t>Requerimento que consigna aos trabalhos da casa, VOTO DE APLAUSO, à Ricardo Essinger, Diretor-Presidente da FIEPE, Federação das Indústrias do Estado de Pernambuco, com endereço na Av. Cruz Cabugá, 767, Santo Amaro, Recife-PE, 50040-000. Pelo empenho realizado em conjunto com o saudoso Osvaldo Rabelo Filho concernente a instalação da unidade SENAI no município de Goiana-PE.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_85.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_85.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, requer uma Audiência Pública a ser realizada no dia 29 de novembro, às 19h00, no plenário da câmara municipal, para discutir melhorias e adequações para o transporte público de nossa cidade. Além disso, REQUER à Secretaria Legislativa, seja encaminhado oficio ao EJano. Sr. Prefeito do Município Eduardo Honório Carneiro, ao Secretário de Trânsito e Transporte (SESTRAN) e aos órgãos de transportes (Associações e Cooperativas), Instituições, Rádios e mídias da nossa cidade para conhecimento e participação da audiência pública.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/276/requerimento_86.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/276/requerimento_86.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na ata dos nossos trabalhos legislativos, VOTO DE APLAUSO para o Presidente da Agência de desenvolvimento de Goiana, Senhor Carlos Torres Filho pelos relevantes serviços prestados ao nosso município, Goiana-PE.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_87.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_87.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que seja consignado na ata dos nossos trabalhos legislativos,  VOTO DE PROFUNDO PESAR, pelo falecimento da Senhora GLAUCIA FERREIRA, ocorrido no dia 07 de novembro de 2021, nesta cidade de Goiana-PE.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento_89.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento_89.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, "VOTO DE APLAUSO" ao Professor/Orientador Clécio Souto da Silva e as Alunas Paullynne Martins Rodrigues e Yasmin Souza de Amorim, Pelo Projeto " Ventilador com Controle Remoto" apresentado no Ciência Jovem 27º Edição de 2021. Do presente requerimento, dê-se ciência ao Secretário de Educação do Estado de Pernambuco o Sr. Marcelo Barros e a toda diretoria da Escola Técnica Estadual - ETE (Aderico Alves de Vasconcelos) e a imprensa falada e escrita do Município de Goiana.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_90.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_90.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, que seja reaiizada uma Audiência Pública para discussão do tema: " Lei Orçamentária Anual - LOA - no que se refere a SAÚDE do nosso Município.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento_91.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento_91.pdf</t>
   </si>
   <si>
     <t>Requerimento que após ouvido o Plenário em sua forma regimental, informações detalhadas sobre a Concessão para utilização do Transporte da Empresa RODOTUR dentro do nosso Município de Goiana.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento_92.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento_92.pdf</t>
   </si>
   <si>
     <t>Requerimento que após ouvido o Plenário em sua forma regimental, que seja realizada uma Audiência Pública para discussão do tema: " Lei Orçamentária Anual - LOA -no que se refere a EDUCAÇÃO do nosso Município.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento_232.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento_232.pdf</t>
   </si>
   <si>
     <t>Requerimento dispõe que cumpridas as formalidades regimentais, que seja enviado expediente ao Exmo. Sr. Paulo Henrique Saraiva Câmara - Governador do Estado de Pernambuco, com endereço Palácio do Campo das Princesas, S/N, Santo Antônio, Recife/PE, CEP. 50010-928 e a llma. Sra. Manuela Coutinho Domingues Marinho - Diretor -Presidente da Companhia Pernambucana de Saneamento - COMPESA, com endereço à Av. Cruz Cabugá, 1387, Santo Amaro, Recife/PE, CEP. 50040-000, solicitando providências no sentido de envidar esforços para que seja instalada neste Município, precisamente em sua sede, uma agência gerencial da COMPESA, objetivando com isso solucionar os problemas existentes neste Município no tocante ao fornecimento de água, bem como nos permitindo, deixar de sermos submissos à Paulista.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/</t>
+    <t>http://sapl.goiana.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a construção um  espaço destinado a realização de velórios no Distrito de Ponta de Pedras, chamado de Velório Municipal.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/95/002_indicacao_002_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/95/002_indicacao_002_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a construção de um velório Municipal, no Distrito de Tejucupapo, nesta cidade.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/103/003_indicacao_003_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/103/003_indicacao_003_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a instalação de iluminação pública na Rodovia Osvaldo Rabelo Filho (antiga estrada do Cajueiro).</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/131/004_indicacao_004_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/131/004_indicacao_004_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito enviado Oficio ao Ex.mo. Sr. Prefeito Municipal, Eduardo Honório, no sentido de que seja feito o saneamento básico e calçamento, na rua da 3ª travessa da Vila Operária, conhecida como Rua do Barreiro.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/132/005_indicacao_005_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/132/005_indicacao_005_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe seja feito enviado Oficio ao Exmo. Sr. Prefeito Municipal, Eduardo Honório, no sentido de que seja feito o saneamento básico e calçamento,  na  rua da Impoeira.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/133/006_indicacao_006_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/133/006_indicacao_006_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação da instalação de iluminação da ponte localizada na comunidade Impoeira, nesta cidade.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/134/007_indicacao_007_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/134/007_indicacao_007_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe a solicitar,  com a brevidade possível, o calçamento da rua conhecida como Rua Ramos dos Correios, localizada no Sítio Sarapió, neste Município.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/135/008_indicacao_008_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/135/008_indicacao_008_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação, com a maior brevidade possível, execução do calçamento da rua conhecida como Rua João do Tiro, localizada no Sítio Sarapió, neste Município.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/136/009_indicacao_009_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/136/009_indicacao_009_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a implantação de um Canal de Atendimento com a Guarda  Municipal para a População por telefone, através do número 153, neste Município.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Indicação que dispõe a solicitação ao Executivo Municipal, no sentido de que seja criado um PSA (Posto de Saúde Animal) para atendimentos clínicos e castrações.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana e a Sra. Secretária de Turismo e Desenvolvimento Artístico e Cultural, Sra. Luciana Petribú, no sentido que seja adotado “O CARNAVAL SOLIDÁRIO VIRTUAL”, medida da maior relevância e de muita importância para amparar as manifestações culturais de Goiana, neste momento, de pandemia, com a criação de carnaval solidário virtual, na sede e distrito, neste Município.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/139/012_indicacao_012_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/139/012_indicacao_012_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que   seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretária de Obras, Sra. Isabella Soares Lopes, no sentido que seja desapropriado terreno e construído na sede deste Município, um Novo Cemitério, pois o mesmo que hoje é utilizado não mais suporta pela superlotação de túmulos, ficando sem espaço para sepultamentos e as pessoas transitarem.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/140/013_indicacao_013_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/140/013_indicacao_013_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a possibilidade de instalação de CÂMERAS DE MONITORAMENTO, em vias públicas, sede e distrito, nas escolas municipais, no Centro bem como, nas entradas e saídas do município.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/141/014_indicacao_014_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/141/014_indicacao_014_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação de PAGAMENTO DE INSALUBRIDADE COVID-19 PARA OS PROFISSIONAIS DE PONTA DO MUNICÍPIO DE GOIANA Da presente indicação, dê-se ciência à Sec. De Saúde Nádia Virgínia, a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/142/015_indicacao_015_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/142/015_indicacao_015_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a CONSTRUÇÃO DE UM CENTRO DE REFERENCIADE SAÚDE ESPECIALIZADO NO ATENDIMENTO A CRIANÇAS COMAUTISMO. Da presente indicação, dê-se ciência à Sec. De Saúde Nádia Virgínia, a imprensa falada e escrita do Município de Goiana.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a necessidade de Construção de uma Creche Escola na Comunidade_x000D_
 da Cocota no Distrito de Pontas de Pedra; - empenho neste sentido, junto aos órgãos competentes. Da presente indicação, dê-se ciência dê conhecimento a Sec. Obras Isabella Soares, bem como ao Sec. De Educação Fernando Veloso, e a imprensa falada e escrita do Município de Goiana.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/144/017_indicacao_017_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/144/017_indicacao_017_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a implantação nessa Prefeitura Municipal, com destinação aos seus servidores_x000D_
 públicos efetivos, um auxílio alimentação, cujo objetivo é auxiliar e_x000D_
 valorizar àqueles servidores que constantemente exercem suas funções com excelência, e atualmente não recebem nenhum benefício que possam melhorar a sua alimentação e de sua família.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/145/018_indicacao_018_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/145/018_indicacao_018_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a implantação nessa Prefeitura, destinado aos seus servidores públicos efetivos, um auxílio saúde, cujo objetivo é auxiliar àqueles que necessitam, uma vez que o Sistema Público de Saúde - SUS, não oferece condições necessárias e devidas aos seus usuários.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/146/019_indicacao_019_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/146/019_indicacao_019_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a possibilidade, em consonância com o município e o Governo do Estado de Pernambuco, possibilidade de restaurar ereabrir o Posto Policial, na comunidade Quilombola, no_x000D_
 Povoado de São Lourenço.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/147/020_indicacao_020_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/147/020_indicacao_020_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a necessidade de implantação de um Centro de Referência de Saúde da Mulher, no município de Goiana - PE.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/148/021_indicacao_021_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/148/021_indicacao_021_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação de  CONSTRUÇÃO DE UMA BASE PARA DESCRENTRALIZAÇÃO  DO SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA ( S A M U ), NO DISTRITO. Da presente indicação, dê-se ciência à Sec. de Saúde Nádia Virgínia, a imprensa falada e escrita do município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/149/022_indicacao_022_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/149/022_indicacao_022_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a construção e um a Creche Escola na Comunidade do Baldo do Rio; - empenho neste sentido, junto aos órgãos competentes. Da presente indicação, dê-se ciência à Sec. Obras Isabella Soares, bem como ao Sec. De Educação Fernando Veloso imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/150/023_indicacao_023_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/150/023_indicacao_023_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a LOCAÇÃO_x000D_
 DE U M A M Á Q U IN A PC PARA DRENAGEM E LIMPEZA DO CANAL NA COMUNIDADE DA BOA VISTA, MUNICIPIO DE GOIANA-PE.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/151/024_indicacao_024_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/151/024_indicacao_024_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe um apelo ao ao Exmo. Sr. Prefeito do Município Senhor Eduardo H o n ó rio Carneiro, a IMPLANTAÇÃO DO POSTO MÉDICO NA USINA MARAVILHA, neste Município de Goiana.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/152/025_indicacao_025_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/152/025_indicacao_025_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe solicitação de revitalização e instalação de uma academia ao ar livre na praça chafariz, localizada nas entradas das comunidades Impoeira e Baldo do Rio.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/153/026_indicacao_026_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/153/026_indicacao_026_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a necessidade de execução de saneamento básico e calçamento, na rua Estrada Velha do Condado, situado na rua da Macaibeira.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/156/027_indicacao_027_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/156/027_indicacao_027_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a criação da Patrulha Escolar na Guarda Municipal de Goiana.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/159/028_indicacao_028_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/159/028_indicacao_028_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a criação da Patrulha Maria da Penha na Guarda Municipal de Goiana.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/161/029_indicacao_029_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/161/029_indicacao_029_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a possibilidade de renovação do_x000D_
 Convênio entre o Município e o Ensino Superior de Goiana, no que tange aos estágios remunerados para os estudantes de Direito e Administração.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/163/030_indicacao_030_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/163/030_indicacao_030_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a verificação de possibilidade de estágios remunerados para os estudantes dos cursos de Licenciatura  e Educação Física.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/165/031_indicacao_031_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/165/031_indicacao_031_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a possibilidade de instalação de luminação, posteação e refletores, no Campo de Futebol em Barra de Catuama, neste Município.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/167/032_indicacao_032_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/167/032_indicacao_032_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que Sugere ao Executivo Municipal através da Secretaria competente, seja realizado a CONCLUSÃO DAS OBRAS DE CONSTRUÇÃO DA CRECHE DE FLEXEIRAS, localizada por trás da_x000D_
 SAMU, neste Município.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/168/033_indicacao_033_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/168/033_indicacao_033_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que Sugere ao Executivo Municipal que seja implantado Sistema de Tempo Integral nas Escolas Municipais, sobretudo nas Escolas Lourenço Gadelha, Tarsila Amaral e Zilma Baracho, localizados no Loteamento Flexeiras, Vila Bom Tempo e Nova Goiana, neste município.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/171/034_indicacao_034_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/171/034_indicacao_034_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre solicitação das medidas cabíveis para RESTAURAÇÃO DO MERCADO PÚBLICO, neste Município.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/174/035_indicacao_035_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/174/035_indicacao_035_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a necessidade urgentes para compra de vacinas do Covid-19, neste Município.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/177/036_indicacao_036_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/177/036_indicacao_036_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação com a maior brevidade que o caso solicita, reconstrução do o Matadouro Público Municipal, destinado ao abate de bovinos, suínos e caprinos, o qual encontra-se em lamentável situação de desprezo por parte do poder público municipal.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/182/037_indicacao_037_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/182/037_indicacao_037_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a possibilidade de execução do recapeamento das principais ruas do Distrito de Ponta de Pedras, neste Município de Goiana/PE.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/183/038_indicacao_038_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/183/038_indicacao_038_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a possibilidade de CONSTRUÇÃO DE UMA CRECHE, na localidade das “MALVINAS”, no Distrito de Ponta de Pedras, neste Município de Goiana/PE.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/185/039_indicacao_039_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/185/039_indicacao_039_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe apelo ao Prefeito do Municipio, junto a secretaria competente, possibilidade de viabilizar a ampliação do sistema de abastecimento d'agua do Loteamento Canoé, localizado na Praia de Carne de Vaca.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/186/040_indicacao_040_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/186/040_indicacao_040_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação da execução do Calçamento, no Loteamento Fiteg.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/188/041_indicacao_041_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/188/041_indicacao_041_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a possibilidade de realização de URBANIZAÇÃO com CONSTRUÇÃO de uma PRAÇA com PONTO DE MOTO TAXI, na faixa que fica situada entre a PE 62, e a Feira de Flexeiras em frente ao mercadinho Progresso.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/189/042_indicacao_042_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/189/042_indicacao_042_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a possível adoção de medidas para IMPLANTAÇÃO DA FARMÁCIA DISTRITAL EM TEJUCUPAPO E PONTA DE PEDRAS, neste Município.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/191/043_indicacao_043_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/191/043_indicacao_043_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a aquisição de um Aparelho de Raio X tanto para Sede do Município, quanto para_x000D_
 a Unidade Mista de Tejucupapo, nesta cidade de Goiana-PE; - empenho neste sentido, junto aos órgãos competentes. Da presente indicação, dê-se ciência a Sec, de Saúde do Município Nádia Vírginia da Silva Chaves, imprensa falada e escrita do Município de Goiana-PE e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/192/044_indicacao_044_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/192/044_indicacao_044_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a possibilidade de CONSTRUÇÃO DE UMA PRAÇA NA COMUNIDADE DA BOA VISTA ; - empenho neste sentido, junto aos órgãos competentes.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/194/045_indicacao_045_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/194/045_indicacao_045_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a possibilidade de implantação de um CENTRO MÉDICO NEFRO DE HEMODIÁLISE, destinado especificamente para tratamento da Nefrite, cujo problema_x000D_
 de saúde atinge grande parte de nossa população.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/196/047_indicacao_047_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/196/047_indicacao_047_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe um apelo ao Prefeito do Município, através da secretaria competente, queveja a possibilidade da viabilização da Iluminação Pública no trecho que compreende do Trevo de acesso à Praia de Carne de Vaca, nas margens da PE-49, até o Bar do Carlos, naquela localidade.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/197/048_indicacao_048_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/197/048_indicacao_048_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe a necessidade de a construção de uma Creche Escola, na Comunidade Quilombolas de Povoação de São Lourenço.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/198/049_indicacao_049_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/198/049_indicacao_049_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a viabilização da implantação de aulas de robótica na rede municipal de ensino do município de Goiana.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/199/050_indicacao_050_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/199/050_indicacao_050_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação de implantação, com a maior brevidade possível, o calçamento da rua conhecida_x000D_
 como Rua Bar de Duda, localizada no Sítio Sarapió, neste Município.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/200/051_indicacao_051_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/200/051_indicacao_051_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação de Construção de uma Creche Escola na Comunidade em Nova Goiana; - empenho neste sentido, junto aos órgãos competentes. Da presente indicação, dê-se ciência à Sec. Obras Isabella Soares, bem como ao Sec. De Educação Fernando Veloso.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/201/052_indicacao_052_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/201/052_indicacao_052_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que Sugere ao Executivo Municipal através da Secretaria competente, seja providenciada a elaboração do plano erradicação das Casas de Taipas, ainda existentes no Município de Goiana.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/205/053_indicacao_053_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/205/053_indicacao_053_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a possibilidade de instalação LETREIRO TURÍSTICO com a inscrição "EU AMO PONTA DE_x000D_
 PEDRAS” no Calçadão.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/206/055_indicacao_055_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/206/055_indicacao_055_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que solicitam providências em relação ao campo de futebol da comunidade quilombolas de povoação de São_x000D_
 Lourenço fazendo melhorias como mureta em todo seu contorno, iluminação e gramado. Essas melhorias trarão mas conforto e segurança para a pratica de atividades esportivas</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/225/056_indicacao_056_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/225/056_indicacao_056_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação de COMPRA DE DOIS ODONTOMÉDICOS PARA O ATENDIMENTO DE ÁREAS DE DIFÍCIL ACESSO EM GOIANA E DISTRITOS. Da presente indicação, dê-se ciência à Sec. De Saúde Nádia Virgínia, a impressa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/226/057_indicacao_057_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/226/057_indicacao_057_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que sugere ao Executivo Municipal no sentido de que seja providenciada através das Secretarias competente, a urgente necessidade da colocação de uma nova placa no arco da entrada da cidade.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/227/058_indicacao_058_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/227/058_indicacao_058_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe a possibilidade de aproveitamento do o Farol de Ponta de Pedras com construção de Quiosques para_x000D_
 alimentação, artesanatos e diversão.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Indicação que dispõe acerca da veja a possibilidade de executar a pavimentação no Loteamento Sítio, em Ponta de Pedras.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/229/060_indicacao_060_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/229/060_indicacao_060_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre necessidade de Pavimentação da Comunidade Engenho Diamante</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a possibilidade_x000D_
 de viabilizar a colocação de 02 diques de contenção mas imediações do Bar da Balsa e outra nas proximidades das caiçaras dos pescadores, na Orla da Praia de Carne de Vaca.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>Ana Diamante, Edson da Farmácia, Mário do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/231/062_indicacao_062_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/231/062_indicacao_062_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre necessidade de implantação de um_x000D_
 banheiro público para feira livre de Flexeiras no município de Goiana- PE.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/232/063_indicacao_063_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/232/063_indicacao_063_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a necessidade de criação um Centro de Exames Municipal, local onde ora sendo encaminhado pelo_x000D_
 profissional de saúde, quer seja do PSF, Unidade Mista, Hospital, Upinha, tenha seu exame realizado, pois o povo ainda carece tendo que se deslocar para o Recife ou aguardar muito tempo, sabendo que na maioria dos exames requer urgência para ser realizado.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/311/064_indicacao_064_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/311/064_indicacao_064_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretária de Saúde, Dra. Nádia Virgínia, no sentido que seja criado um Centro Especializado de Reabilitação, oferecendo apoio as pessoas com necessidades especiais física ou intelectual, com finalidade de promover inclusão social e dispondo do atendimento/tratamento que necessitam com diversas especialidades.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/312/065_indicacao_065_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/312/065_indicacao_065_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que  sejam enviados ofícios ao_x000D_
 Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a Secretaria competente, versando sobre a necessidade de Aquisição de uma unidade ODONTOMÓVEL, no_x000D_
 município de Goiana - PE.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/313/066_indicacao_066_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/313/066_indicacao_066_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que  sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro, através da Secretaria competente versando sobre a Regulamentação do da Lei n. 2.413/2020, que institui o Serviço de Inspeção Municipal- SIM.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/314/067_indicacao_067_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/314/067_indicacao_067_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que  seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da Secretaria de Obras do município, a construção de um campo de futebol em Flexeiras.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/315/068_indicacao_068_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/315/068_indicacao_068_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que  seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da Secretaria de Obras do município, a pavimentação da Rua Evaldo Braga no trecho entre a feira de Flexeiras e a Rua Maísa Matarazzo na Nova Goiana.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/316/069_indicacao_069_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/316/069_indicacao_069_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Prefeito Municipal, Eduardo Honório, no sentido_x000D_
 de que seja feita uma patrulha do SESTRAN para a zona rural, sendo: Usina Maravilha, engenho Fogedo, engenho São Bento e engenho Dois Rios.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/317/070_indicacao_070_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/317/070_indicacao_070_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que  seja enviado Ofício ao Exmo. Sr. Prefeito Municipal, Eduardo Honório, no sentido de que seja feita a contratação de 3 (três) profissionais para manutenção do cana lGoiana de forma permanente.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/318/071_indicacao_071_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/318/071_indicacao_071_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito um apelo ao Prefeito do_x000D_
 Município junto a Secretaria competente, que veja a possibilidade de reabrir a Biblioteca Pública Municipal, no distrito de Tejucupapo._x000D_
 Dê-se ciência ao Secretário de Educação e Inovação, a Secretaria de_x000D_
 Urbanismo, Obras e Patrimônio Arquitetônico, o Sub. Prefeito,_x000D_
 Severino José da Silva, o Blog do Felipe Andrade, o Blog do_x000D_
 Anderson Pereira, o radialista Gerlan Roberto, o Blog do Eduardo_x000D_
 França e o Radialista Danilo Roberto.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/319/073_indicacao_073_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/319/073_indicacao_073_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja Oficiado ao Prefeito do Município, o Exmo. Sr. Eduardo Honório Carneiro, através do órgão competente que seja feita a CONSTRUÇÃO DA VACA MECÂNICA NO DISTRITO DE PONTA DE PEDRAS E NO POVOADO DE SÃO LOURENÇO, neste município.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/320/074_indicacao_074_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/320/074_indicacao_074_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a secretaria competente, versando sobre a necessidade de Construção de um Centro de Recuperação para Dependentes Químicos.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/321/075_indicacao_075_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/321/075_indicacao_075_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana e o Sr. Secretário de Educação, Sr. Fernando Veloso, no sentido_x000D_
 que seja implantada ESCOLA EM TEMPO INTEGRAL COM INCLUSÃO DE CURSOS TÉCNICOS, medida esta ser de maior relevância e de muita importância para desenvolvimento de nossos jovens goianenses, sendo construído na sede e distrito,_x000D_
 neste Município.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/322/076_indicacao_076_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/322/076_indicacao_076_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja envido Oficio ao Exmo. Sr. Prefeito do Município, Sr. Eduardo Honório Carneiro, no sentido de que sejam adotadas as providências cabíveis, para a CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA, no Povoado de São Lourenço.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/323/077_indicacao_077_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/323/077_indicacao_077_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado expediente ao Chefe do Poder Executivo Municipal, Eduardo Honório através do órgão competente, para realizar a manutenção na área de lazer localizado ao lado da Praça Pé da Mentira no distrito de Ponta de Pedras, neste Município.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/324/078_indicacao_078_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/324/078_indicacao_078_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que estude a possibilidade juntamente a secretaria de Saúde e Obras competente, que seja instalado na Praia de Catuama e Barra de Catuama a Academia da Saúde.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/325/079_indicacao_079_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/325/079_indicacao_079_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo._x000D_
 Senhor Eduardo Honório Carneiro, prefeito do Município de Goiana, através da Secretaria de Políticas Sociais e Desportos na pessoa da Sra. Christiana de Lima Pereira Pessoa ofício solicitando providências para a Inscrição do Município no Programa Casa Verde e Amarela proposto pela Medida Provisória n.° 996, de 25 de agosto de 2020.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/326/080_indicacao_080_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/326/080_indicacao_080_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre urgente necessidade da CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM LIMPEZA E DESOBSTRUÇÃO DE GALERIAS E VALAS, na cidade e nos Distritos.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/327/081_indicacao_081_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/327/081_indicacao_081_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja Oficiado ao Exmo._x000D_
 Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana, e o Secretário de Serviços Públicos, Sr. Márcio Barbosa, no sentido que sejam adotadas providências urgente para limpeza das Galerias, Canal Goiana e afins, pois com a chegada do inverno, evita-se_x000D_
 maiores alagamentos na nossa cidade.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/328/082_indicacao_082_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/328/082_indicacao_082_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Prefeito do_x000D_
 Município junto a Secretaria competente, que veja a possibilidade de viabilizar a implantação de uma rotatória no largo que fica por trás do Colégio Sagrada Família e ao lado da Escola Marie Arméllie_x000D_
 Falguiéres.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/329/083_indicacao_084_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/329/083_indicacao_084_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município em exercício Senhor Eduardo Honório Carneiro, que o mesmo veja a possibilidade de colocar especialista em Cardiologia, Otorrino, Neurologia, Pediatria e Clinico Geral,_x000D_
 para Unidade Mista de Tejucupapo</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/381/085_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/381/085_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que  seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, a AQUISIÇÃO DE UMA MÁQUINA DE RESSONÂNCIA MAGNÉTICA, neste Município de Goiana.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/382/085_indicacao_086_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/382/085_indicacao_086_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que  seja feito enviado Ofício ao Exmo. Sr. Prefeito Municipal, Eduardo Honório, que seja feita a contratação de um profissional palestrante, para palestrar sobre o perigo do uso de drogas e prostituição infantil, nas comunidades consideradas de risco e escolas municipais de Goiana.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/383/086_indicacao_088_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/383/086_indicacao_088_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo_x000D_
 Sr. Prefeito do Município EDUARDO HONORIO CARNEIRO,_x000D_
 que o mesmo veja a possibilidade de implantar um aparelho de_x000D_
 Raio-X, na Unidade de Pronto atendimento UPA, Santo_x000D_
 Amaro, em Ponta de Pedras.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/384/087_indicacao_089_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/384/087_indicacao_089_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a secretaria competente, versando sobre a necessidade de Construção_x000D_
 de Praça na Comunidade do Bom Tempo.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>Bruno Salsa, Edson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/385/087_indicacao_090_2021_duplicidade.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/385/087_indicacao_090_2021_duplicidade.pdf</t>
   </si>
   <si>
     <t>VER. EDSON DA FARMÁCIA _x000D_
 _x000D_
 Indicação que dispõe que seja formulado apelo ao Exmo. Sr. Prefeito do Município ,Eduardo Honório Carneiro, para que providencie através da Secretaria de Obras e da Secretaria de Serviços Públicos do município, a Limpeza, iluminação e construção de muro no cemitério do Assentamento do Engenho Ubu, zona rural do município de Goiana._x000D_
 _x000D_
 _x000D_
 VER. BRUNO SALSA_x000D_
 _x000D_
 Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a PARTICIPAÇÃO, EM CARÁTER EMERGENCIAL, DO CONSÓRCIO PARA COMPRA DE VACINAS. Da presente indicação, dê-se ciência, a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/386/089_indicacao_091_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/386/089_indicacao_091_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Eduardo Honório, Prefeito Municipal, através do órgão competente, a possibilidade de que seja instalado nas Praias de Catuama e Barra de Catuama a Academia da Saúde.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/387/090_indicacao_093_2021_duplicidade.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/387/090_indicacao_093_2021_duplicidade.pdf</t>
   </si>
   <si>
     <t>VER. CARLOS VIEGAS _x000D_
 _x000D_
 Indicação que dispõe que seja Oficiado ao Exmo._x000D_
 Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana, e a Secretária de Políticas Sociais e Desportos, Sra. Christiana Lima Pereira, no sentido que sejam adotadas Providências para Criação de uma casa de acolhimento a pessoa em situação de rua, onde_x000D_
 disponibilizará três refeições por dia, serviço de vigilância 24 horas, atividades complementares e acompanhamento assistencial e psicológico, momentos de jogos, horta_x000D_
 comunitária, atividades físicas e dinâmica com oficinas, direção espiritual, entre outras programações, neste Município._x000D_
 _x000D_
 VER. PEDRO HERNRIQUE _x000D_
 _x000D_
 Indicação que dispõe que seja formulado apelo ao Excelentíssimo_x000D_
 Sr. Prefeito do Município EDUARDO HONORIO CARNEIRO,_x000D_
 que o mesmo veja a possibilidade da execução da Pavimentação_x000D_
 da Rua Barreiro Fundo, nas Malvinas, no Distrito de Ponta de Pedras.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/388/091_indicacao_094_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/388/091_indicacao_094_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe da urgente necessidade de que seja firmado com a entidade esportiva ATLÉTICO CLUBE GOIANA, Convênio de Cooperação Técnica e Financeira, com o objetivo de fomentar a pratica desportiva em nossa cidade, com baseno art. 1- e seguintes da Lei Municipal nº 2.166/2011, que autoriza o Poder Executivo Municipal a firmar CONVÊNIOS DE AUXILIO FINANCEIRO E COOPERAÇÃO AO ESPORTE NO MUNICÍPIO DE GOIANA.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/389/092_indicacao_095_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/389/092_indicacao_095_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado Oficio ao Exmo. Sr. Eduardo Honório,Prefeito Municipal, através da Secretaria competente, seja realizada a CONSTRUÇÃO DE UMA GARAGEM MUNICIPAL, nesta cidade.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/390/093_indicacao_096_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/390/093_indicacao_096_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja Oficiado ao Exmo. Sr. Eduardo Honório, Prefeito Municipal, através da_x000D_
 secretaria competente, seja INSTITUÍDO O RECONHECIMENTO DA_x000D_
 PRATICA DA ATIVIDADE FÍSICA E DO EXERCÍCIO FÍSICO ministrada por profissional de Educação Física como essencial, podendo ser realizada em estabelecimentos prestadores de serviços destinados a essa finalidade, bem como em espaços públicos em tempos de crise ocasionada por moléstia contagiosas ou catástrofes naturais, desde que cumprida as normas sanitárias aplicáveis.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/391/094_indicacao_097_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/391/094_indicacao_097_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana, no sentido que seja enviado “Projeto de Carteira Nacional de Habilitação Social”, a fim de beneficiar e facilitar o acesso no mercado de trabalho_x000D_
 para jovens e adultos que se enquadram como baixa renda, neste Município.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/392/095_indicacao_098_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/392/095_indicacao_098_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Exmo. Sr._x000D_
 Eduardo Honório Carneiro - Prefeito deste Município, no sentido de_x000D_
 que seja instalado, um Restaurante Popular, visando atender à_x000D_
 população que se alimenta fora de casa, prioritariamente aos extratos sociais mais vulneráveis, ou seja, pessoas que se encontram em situação de insegurança alimentar, principalmente àquelas de baixa_x000D_
 renda.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/393/096_indicacao_099_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/393/096_indicacao_099_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Eduardo Honório Prefeito Municipal, através da Secretaria de Órgão competente, seja realizada a CONSTRUÇÃO DO CALÇAMENTO, da 3ª Travessa do Loteamento São Rafael, nesta cidade.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/394/097_indicacao_100_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/394/097_indicacao_100_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Prefeito do_x000D_
 Município junto a Secretaria competente, que veja a possibilidade da implantação da Secretaria da Mulher.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/395/098_indicacao_101_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/395/098_indicacao_101_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretária de Saúde, Dra. Nádia Virgínia, no sentido que sejam reativadas as barreiras sanitárias nas entradas da sede e distrito, contendo termômetros, higienizador sanitário, distribuição de máscaras e folder educativo, e também, que os funcionários da barreira sanitária estejam cientes de todo protocolo de encaminhamento em caso de suspeita de pessoas com sintomas do Covid-19, nesta cidade.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/396/099_indicacao_102_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/396/099_indicacao_102_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, a SUBSTITUIÇÃO NA ILUMINAÇÃO PÚBLICA DO MUNICÍPIO DAS LÂMPADAS VAPOR_x000D_
 DE MERCÚRIO POR LÂMPADAS LED, neste Município de Goiana.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/397/100_indicacao_103_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/397/100_indicacao_103_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da Secretaria Competente, a construção de uma quadra de esporte em um terreno localizado por trás do SAMU: terreno que mede 16 metros de largura por 60 de comprimento.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/398/101_indicacao_104_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/398/101_indicacao_104_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Ofício ao Exmo. Sr. Prefeito Municipal, Eduardo Honório, juntamente com os representantes da Caixa Econômica Federal, que seja instalada no distrito de Ponta de Pedras uma Casa Lotérica no litoral de nossa cidade.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/399/102_indicacao_105_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/399/102_indicacao_105_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo_x000D_
 Sr. Prefeito do Município EDUARDO HONORIO CARNEIRO,_x000D_
 que o mesmo veja a possibilidade de executar a perfuração de_x000D_
 um Poço Artesiano, nas Malvinas, em Ponta de Pedras.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>André Rabicó, Alexandre Carvalho, Ana de Marcílio, Ana Diamante, Bruno Salsa, Carlos Viegas, Cid do Caranguejo, Edson da Farmácia, Eduardo Batista, Ibson Gouveia, Mário do Peixe, Pedro Henrique, Ramon Aranha, Renato Sandre, Xandy da Praia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/400/103_indicacao_106_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/400/103_indicacao_106_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Prefeito desta Município Senhor Eduardo Honório Carneiro, que sejam incluídos como prioridade na vacinação contra o CORONAVÍRUS - COVID 19, os funcionários e voluntários, que prestam seus serviços profissionais no Abrigo São José, desta Cidade, os quais põem em risco suas vidas, uma vez que também se encontram, no grupo de risco.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/401/104_indicacao_107_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/401/104_indicacao_107_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sugerir ao Executivo Municipal, no sentido de que seja Pavimentada as Rua do Loteamento José Albino Pimentel (nas proximidades por trás do 3 Companhia Independente da Policia Militar) e da Rua Travessa do Matadouro (nas proximidades da Rádio Goiana-FM).</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/402/105_indicacao_108_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/402/105_indicacao_108_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a INFORMATIZAÇÃO DA REDE DE SAÚDE E CRIAÇÃO DO PRONTUÁRIO DIGITAL. Da presente indicação, dê-se ciência à Sec. De Saúde Nádia Virgínia, a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/403/106_indicacao_109_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/403/106_indicacao_109_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município em exercício Senhor Eduardo Honório Carneiro, que o mesmo veja a possibilidade de realizar o calçamento e o Saneamento básico, na Rua de Dalva, em Ibiapicu, em_x000D_
 Tejucupapo.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/404/107_indicacao_110_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/404/107_indicacao_110_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que Sugere ao Executivo Municipal_x000D_
 que seja providenciado uma Lei para desapropriação de um campo de futebol, no distrito de Ponta de Pedras.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/405/108_indicacao_111_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/405/108_indicacao_111_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Ofício ao Exmo. Sr. Prefeito Municipal, Eduardo Honório, no sentido_x000D_
 de que seja criado um espaço público de apoio, na área central do município de Goiana/PE, para ajudar as mães de crianças de colo que precisam vir ao comércio, bancos e hospitais.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Mário do Peixe, Ana Diamante, Xandy da Praia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/406/109_indicacao_112_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/406/109_indicacao_112_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao_x000D_
 Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a Secretaria_x000D_
 competente, versando sobre a necessidade da prorrogação do prazo de pagamento dos Impostos Sobre Serviços (ISS) e IPTU, nas áreas de turismo (bares, restaurantes, hotéis e_x000D_
 pousadas), eventos, setor de beleza e diversões públicas._x000D_
 Suspensão por um prazo determinado, os procedimentos de cobrança administrativa tributária, protestos e execuções judiciais por parte do município.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/407/110_indicacao_113_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/407/110_indicacao_113_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município Senhor Eduardo Honório, que veja a possibilidade de desapropriar um espaço próximo ao calçadão de Ponta de Pedras, e que seja construída uma praça de alimentação.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/408/111_indicacao_114_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/408/111_indicacao_114_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja Oficiado ao Exmo. Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana, no sentido que sejam adotadas as providências cabíveis, para RESTAURAÇÃO DO ESTÁDIO MUNICIPAL, neste Município.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/409/112_indicacao_115_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/409/112_indicacao_115_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Eduardo Honório Prefeito Municipal, através da Secretária de Saúde do Município, seja REALIZADA A INSTALAÇÃO DE UM PSF ( POSTO DE SAÚDE DA FAMÍLIA), próximo a Casa de Passagem, perto do condomínio Frei Luciano, na localidade do Barro Vermelho, nesta cidade.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/410/113_indicacao_116_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/410/113_indicacao_116_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja feita a CRIAÇÃO DEUM ESPAÇO PÚBLICO DE APOIO PSICOLÓGICO PARA MULHERES VÍTIMAS DE VIOLÊNCIAS DOMÉSTICAS</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/411/114_indicacao_117_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/411/114_indicacao_117_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam propostas Sugestões de Medidas mais efetivas, direcionadas no combate ao COVID-19. Da_x000D_
 presente indicação, dê-se ciência a Secretária de Saúde Sra. Nádia Virgínia, a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco._x000D_
 _x000D_
 Sendo elas:_x000D_
 _x000D_
 - Realização de Cursos de Capacitação/Qualificação aos agentes de combate ao COVID-_x000D_
 19_x000D_
 - Desinfecção de feiras livres, bem como locais de maiores aglomerações como entradas_x000D_
 de bancos e praças de 12/12hs, diariamente._x000D_
 - Realização de entrega, em massa, de máscaras artesanais em feiras e postos de_x000D_
 saúde._x000D_
 - Implantação do toque de recolhimento a partir das 20hs em locais públicos, como_x000D_
 praças e ruas de maiores aglomerações._x000D_
 - Realização de testes em pacientes suspeitos dentro da própria ambulância do SAMU,_x000D_
 durante a ocorrência, de pacientes sintomáticos._x000D_
 - Utilização de Carros de Som para realização da divulgação dos números, bem como_x000D_
 importância dos cuidados em geral e medidas que estão sendo adotadas</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/412/115_indicacao_118_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/412/115_indicacao_118_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sugere ao Executivo Municipal, no sentido de que seja construída uma creche TIPO B (para atendimento de até 240 crianças em dois turnos), na comunidade da Bela Vista 2</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/413/116_indicacao_119_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/413/116_indicacao_119_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Excelentíssimo Chefe do Poder Executivo Municipal, Eduardo Honório bem como a Secretária de Saúde no sentido de adotar as providencias necessária para construir ou implantar um laboratório municipal de Analise Clínica no distrito de Ponta de Pedras que abrange todo o litoral de Goiana.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/414/117_indicacao_120_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/414/117_indicacao_120_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que Sugere ao Executivo Municipal em_x000D_
 sintonia com o Secretário de Educação que seja viabilizado um_x000D_
 PROGRAMA SOCIAL QUE ESTABELEÇA ASSISTÊNCIA MÉDICA _x000D_
 OFTALMOLÓGICA E ÓCULOS GRATUITOS para os alunos_x000D_
 matriculados na rede Municipal de Ensino, neste Município.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/415/118_indicacao_121_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/415/118_indicacao_121_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr, Prefeito do Município, Eduardo Honório Carneiro, para que proceda junto a gerencia regional dos Correios, a efetivação de convênio para implantação da Agencia de Correios Comunitário-ACC, na comunidade de Flexeiras.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/416/119_indicacao_122_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/416/119_indicacao_122_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados_x000D_
 ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a indica ao prefeito, através da Secretaria competente versando sobre a necessidade da Requalificação do Pátio do Alvorada, no município de Goiana -_x000D_
 PE.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/417/120_indicacao_123_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/417/120_indicacao_123_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município em exercício Senhor Eduardo Honório Carneiro, que o mesmo veja a possibilidade de reativar a Sala de Raio X, da Unidade Mista de Tejucupapo, para que seja realizado os_x000D_
 exames de Ultrassonografia e Endoscopia.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/418/121_indicacao_124_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/418/121_indicacao_124_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Exmo. Sr._x000D_
 Eduardo Honório Carneiro - Prefeito deste Município, que seja criado o auxílio emergencial municipal, cujo objetivo é auxiliar e amparar todos àqueles setores mais prejudicados nesse momento de pandemia, neste Município.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/419/122_indicacao_125_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/419/122_indicacao_125_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Exmo. Sr._x000D_
 Eduardo Honório Carneiro - Prefeito deste Município, que seja criada a Secretária de Esportes e Lazer, com objetivo no fortalecimento do esporte alcançando crianças, jovens e adultos, neste Município.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/420/123_indicacao_126_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/420/123_indicacao_126_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da Secretaria Competente, A realizar a aquisição de uma ambulância para o PSF do Engenho Ubu.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/421/124_indicacao_127_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/421/124_indicacao_127_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado ofício ao Prefeito do Município, extensivo à Secretária de Saúde municipal, no sentido de disponibilizar uma ambulância para atender as necessidades das comunidades de Carrapicho I e II, Ibeapicú, Porto e Aldeia, devendo a referida ambulância permanecer na UBS de Carrapicho.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/422/125_indicacao_128_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/422/125_indicacao_128_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao_x000D_
 Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a Implantação de Posto Médico na Comunidade de Mussumbú. Da presente indicação, dê-se ciência a Secretária de Saúde Sra. Nádia, a imprensa falada e escrita do Município de Goiana.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/423/126_indicacao_129_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/423/126_indicacao_129_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que relativa as mais prementes necessidades do povo de Goiana, ouvido o Plenário dentro dos_x000D_
 Preceitos Regimentais, indica ao Sr. Prefeito Municipal de Goiana, pelo motivo dessa_x000D_
 famigerada EPDEMIA, que seja enviado a esta Casa Legislativa um Projeto de Lei_x000D_
 concedendo aos contribuintes do IPTU (Imposto Predial e Territorial Urbano), o_x000D_
 seguinte:_x000D_
 Abatimento de 50% do IPTU e Imposto Territorial Urbano, no corrente ano de_x000D_
 2021;_x000D_
 Dispensa de multa e juros dos referidos impostos dos últimos 5 anos_x000D_
 (atrasados), com abatimento de 50% dos Impostos atrasados em tela._x000D_
 Para tal concessão o contribuinte terá até o mês de agosto do corrente ano,_x000D_
 para pagamento, podendo pagar as quantias devidas em até 05 cinco meses.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/424/127_indicacao_130_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/424/127_indicacao_130_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo_x000D_
 Sr. Prefeito do Município EDUARDO HONORIO CARNEIRO,_x000D_
 que o mesmo veja a possibilidade de que seja feito o_x000D_
 Calçamento da Rua Subida de Megaó, Distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/425/128_indicacao_131_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/425/128_indicacao_131_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja feito SANEAMENTOSBÁSICOS E CALÇAMENTOS, EM TODAS AS RUAS E BECOS, NA COMUNIDADE MARIÚNA.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/426/129_indicacao_132_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/426/129_indicacao_132_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a indica ao prefeito, através da Secretaria competente versando sobre a necessidade de Plano de Valorização do Litoral no município de_x000D_
 Goiana - PE.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/427/130_indicacao_133_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/427/130_indicacao_133_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, a CONSTRUÇÃO DE POÇO ARTESIANO E CANALIZAÇÃO DA ÁGUA NO ENGENHO_x000D_
 UBÚ, neste Município de Goiana.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/428/131_indicacao_134_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/428/131_indicacao_134_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, a IMPLEMENTAÇÃO DA PRAÇA DA SAÚDE NA PRAÇA DOS ANJOS, LOTEAMENTO NOSSA SENHORA DA CONCEIÇÃO, neste Município de Goiana.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/429/132_indicacao_135_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/429/132_indicacao_135_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo_x000D_
 Sr. Prefeito do Município EDUARDO HONORIO CARNEIRO,_x000D_
 que o mesmo veja a possibilidade de colocar iluminação de_x000D_
 Lâmpadas LED, na PE 01, que liga Ponta de Pedras a Barra de_x000D_
 Catuama.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/430/133_indicacao_136_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/430/133_indicacao_136_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Prefeito Municipal, através a Secretaria competente, seja realizado o COMPLEMENTO DOCALÇAMENTO DA RUA PROJETADA, que vai da estação de gás até a Canaã Polpa de Frutas, ligando a cidade. a PE-75, Loteamento Bela Vista II, nesta cidade.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/431/134_indicacao_137_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/431/134_indicacao_137_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da Secretaria de Obras do município, a pavimentação do acesso principal ao Assentamento do Engenho Ubu, zona rural do município de Goiana.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/432/135_indicacao_138_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/432/135_indicacao_138_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, a INCLUSÃO DOS PROFISSIONAIS DE LIMPEZA URBANA NA PRIORIDADE DE IMUNIZAÇÃO, neste Município de Goiana</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/433/136_indicacao_139_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/433/136_indicacao_139_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo_x000D_
 Sr. Prefeito do Município EDUARDO HONORIO CARNEIRO,_x000D_
 que o mesmo veja a possibilidade de executar a pavimentação_x000D_
 da Avenida Carpina, localizado em Catuama, em Ponta de_x000D_
 Pedras.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/434/137_indicacao_140_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/434/137_indicacao_140_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja Oficiado ao Exmo. Sr. Eduardo Honório Carneiro - Prefeito deste Município, através da Secretaria competente, veja a possibilidade da CONTRATAÇÃO DE UMA EMPRESA LIMPA FOSSAS, para atender a Sede e Distritos, nesta cidade.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/435/138_indicacao_141_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/435/138_indicacao_141_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que juntamente com os representantes da Caixa Econômica Federal, que seja instalada no distrito de Ponta de Pedras uma Casa Lotérica no litoral de nossa cidade.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/436/139_indicacao_142_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/436/139_indicacao_142_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que se digne o Sr. Eduardo Honório Carneiro, Prefeito do Município, solicitando a CONSTRUÇÃO DE UMA PISTA DE SKATE, no Município de Goiana-PE.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>Ana Diamante, Mário do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/437/140_indicacao_143_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/437/140_indicacao_143_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro, no sentido de que junto ao órgão municipal competente, versando sobre a necessidade de inserir no plano plurianual a construção de um hospital municipal no município de Goiana - PE.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/438/141_indicacao_144_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/438/141_indicacao_144_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da Secretaria Competente, a colocação de BANHEIROS QUÍMICOS aos domingos, nas proximidades do local da feira em Flexeiras.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/439/142_indicacao_145_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/439/142_indicacao_145_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja Oficiado ao Exmo. Sr. Eduardo Honório, Prefeito Municipal, através da Secretaria de Saúde, a urgente necessidade de que seja disponibilizado a inclusão, na ordem de prioritários para a vacinação contra, o COVID-19, aos trabalhadores e prestadores de serviços em estabelecimentos bancários da cidade de Goiana-PE.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/440/143_indicacao_146_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/440/143_indicacao_146_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, o CALÇAMENTO DAS RUAS AVENIDA LIBERDADE E PAULO ALBOANA, BELA-VISTA, neste Município de Goiana.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/441/144_indicacao_147_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/441/144_indicacao_147_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Prefeito do_x000D_
 Município junto à Secretaria competente, viabilizar a implantação e_x000D_
 melhoria do sistema de abastecimento d'água na comunidade de_x000D_
 Carrapicho, na área conhecida como Malvinas ou Rua de trás.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/442/145_indicacao_148_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/442/145_indicacao_148_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja Oficiado ao Exmo. Sr. Eduardo Honório, Prefeito Municipal, através da Secretaria de Obras do Município, seja realizada a CONSTRUÇÃO DO CALÇAMENTO, no Loteamento Expedicionário Henrique Fenelon, nesta cidade.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/443/146_indicacao_149_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/443/146_indicacao_149_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Ofício ao Exmo. Sr. Prefeito Municipal, Eduardo Honório bem como a Secretária de Obras Competente, que seja construída uma Quadra Poliesportiva no Distrito de Ponta de Pedras.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/444/147_indicacao_150_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/444/147_indicacao_150_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito enviado Oficio ao Exmo.*Sr. Prefeito Municipal. Eduardo Honório, no sentido de seja feito A INSIITUIÇAO DE BOMBEIROS NAS ESCOLAS MUNICIPAIS, PARA PRESTAÇÃO DE PRIMEIROS SOCORROS PARA ALUNOS, PROFESSORES E SERVIDORES INSERIDOS NO AMBIENTE ESCOLAR MUNICIPAL DE GOIANA/PE.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/445/148_indicacao_151_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/445/148_indicacao_151_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao_x000D_
 Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a Inclusão na Escala de Prioridades a vacinação do grupo de Crianças Especiais com Microcefalias, Síndrome de Down e Autismo no município de Goiana. Da p r e s e n te indicação, dê-se ciência à Sec. De Saúde Nádia Virgínia, a imprensa falada_x000D_
 e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/446/149_indicacao_152_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/446/149_indicacao_152_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado ofício ao Exmo. Sr. Prefeito do Município de Goiana, o Sr. Eduardo Honório Carneiro, através da_x000D_
 Secretaria competente, para que sejam priorizado, no plano de_x000D_
 vacinação contra a Covid-19, os profissionais que colaboram na_x000D_
 limpeza urbana e na coleta de lixo no âmbito do município de_x000D_
 Goiana-PE.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/447/150_indicacao_153_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/447/150_indicacao_153_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que com base nos termos do Art. 91, do_x000D_
 Regimento Interno a presente Indicação, a ser encaminhada ao Senhor Prefeito Municipal de Goiana, ouvido o Plenário desta Casa Legislativa, para que sejam construídas com a brevidade possível, uma creche na Rua do Bom Jesus e uma creche na Rua da Subestação, ambas, nesta Cidade.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/448/151_indicacao_154_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/448/151_indicacao_154_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município Senhor Eduardo Honório, que o mesmo veja a possibilidade de descentralizar o serviço do bolsa família, no_x000D_
 Distrito de Ponta de Pedras, neste Município de Goiana -PE.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/449/152_indicacao_155_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/449/152_indicacao_155_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios_x000D_
 ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a Secretaria de Segurança Cidadã, Trânsito e Transportes Urbanos- SESTRAN, versando sobre a possibilidade de Instalação de uma Base avançada da Guarda Municipal no distrito de São Lourenco.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/450/153_indicacao_156_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/450/153_indicacao_156_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao_x000D_
 Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a Inclusão na Escala de Prioridades a vacinação contra o COVID-19, aos GUARDAS MUNICIPAIS E AGENTES DE TRÂNSITO.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/451/154_indicacao_157_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/451/154_indicacao_157_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja feita a INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA COMUNIDADE BOMTEMPO.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/452/155_indicacao_158_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/452/155_indicacao_158_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Prefeito deste_x000D_
 Município, Senhor Eduardo Honório Carneiro, solicitando que sejam_x000D_
 instaladas com a brevidade possível, uma creche, no Bom Jesus, nesta Cidade, a fim de atender a necessidade dos pais que necessitam trabalhar e não tem com quem deixarem seus filhos</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/453/156_indicacao_159_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/453/156_indicacao_159_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo_x000D_
 Sr. Prefeito do Município EDUARDO HONORIO CARNEIRO,_x000D_
 que o mesmo veja a possibilidade de executar a pavimentação_x000D_
 na Rua Coqueiral, em Ponta de Pedras.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/454/157_indicacao_160_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/454/157_indicacao_160_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da secretaria competente, reforma de revitalização e uma academia popular na praça de Nova Goiana, ao lado do PSF.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/455/158_indicacao_161_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/455/158_indicacao_161_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito_x000D_
 apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, o CALÇAMENTO DA RUA LOTEAMENTO GUEDES E RUA DA SUBSTAÇÃO, neste Município de Goiana.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/456/159_indicacao_162_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/456/159_indicacao_162_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretária de Obras, Sra. Isabella Soares, no sentido que com MÁXIMA URGÊNCIA seja enviado um Engenheiro Civil ESPECIALIZADO à_x000D_
 Rua Siqueira Campos, n° 47, centro desta cidade, para proceder a estabilização estrutural mediante o escoramento emergencial do sobrado, seja previamente interditado, desapropriado, restaurado e seja destinado para sede própria da Biblioteca Municipal, a fim de seja feito resgate arquitetônico e preservação histórica_x000D_
 cultural. A presente indicação fora formalizada mediante resposta do IPHAN, afim de que seja evitado maior desastre, pois há casas habitadas em seu redor e livre passagem de pedestres.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/457/160_indicacao_163_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/457/160_indicacao_163_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Prefeito do_x000D_
 Município junto à Secretaria competente, que viabilize a substituição_x000D_
 de algumas lâmpadas de vapor mercúrio por lâmpadas de LED, onde for necessário em todo o Loteamento Frei Luciano.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/458/161_indicacao_164_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/458/161_indicacao_164_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Senhor Prefeito Municipal, determinar ao setor competente , que proceda a RECUPERAÇÃO DO CHAFARIZ , na localidade do Sítio Ibiapicu, no Distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/459/162_indicacao_165_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/459/162_indicacao_165_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Senhor Prefeito Municipal, determinar ao setor competente, que proceda a CONSTRUÇÃO DE CALÇAMENTO, na localidade do Sítio Ibiapicu, na localidade do Distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/460/163_indicacao_166_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/460/163_indicacao_166_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a Construção de uma Creche Escola na Comunidade do Multirão; - empenho neste sentido, junto aos órgãos competentes.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/461/164_indicacao_167_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/461/164_indicacao_167_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja feita a CRIAÇÃO DE UMA LAN HOUSE PÚBLICA NA ÁREA CENTRAL DE GOIANA.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/462/165_indicacao_168_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/462/165_indicacao_168_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja Oficiado ao Exmo. Sr. Eduardo Honório, Prefeito Municipal, através da Secretaria competente, seja construída com a brevidade possível, uma CRECHE na Rua da SUBESTAÇÃO, nesta cidade.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/463/166_indicacao_169_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/463/166_indicacao_169_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a Secretaria competente, versando sobre a necessidade de inclusão na escala de prioridades na vacinação dos profissionais da área de educação na vacinação contra Covid-19</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/464/167_indicacao_170_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/464/167_indicacao_170_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao EXMO. SR. EDUARDO_x000D_
 HONÓRIO CARNEIRO, PREFEITO DESTE MUNICÍPIO GOIANA/PE solicitando aquisição de um terreno para a construção de um cemitério na comunidade quilombola de povoação de são_x000D_
 Lourenço</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/465/168_indicacao_171_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/465/168_indicacao_171_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Prefeito desta Município, Senhor Eduardo Honório Carneiro, seja realizada a reforma e ampliação da Praça Ricardo Essinger, situada defronte à Igreja Católica do distrito de Tejucupapo, neste Município, a qual necessita ser recuperada e ampliada com a brevidade possível, considerando o estado visível em que a referida praça se encontra.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/466/169_indicacao_172_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/466/169_indicacao_172_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Exmo. Sr. Eduardo Honório Carneiro - Prefeito deste Município, que seja desapropriada a antiga Associação Comercial, situada na Br-101, a fim que seja construída um Centro de Lazer para os Servidores_x000D_
 Públicos Municipais, nesta cidade.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/467/170_indicacao_174_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/467/170_indicacao_174_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, o CALÇAMENTO DAS RUAS RAUL SEIXAS E FRANCISCO ALVES, NOVA GOIANA,_x000D_
 neste Município de Goiana.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/468/171_indicacao_175_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/468/171_indicacao_175_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Prefeito do_x000D_
 Município junto à Secretaria competente, que envie a esta Casa_x000D_
 Legislativa, um Projeto de Lei para desapropriação e doação de_x000D_
 terrenos para pessoas que não tenham casa própria.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/469/171_indicacao_176_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/469/171_indicacao_176_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Eduardo Honório Prefeito Municipal, através da Secretária de Saúde, seja realizada a CONSTRUÇÃO DE UM PSF (Posto de Saúde da Família), no Loteamento Osvaldo Rabelo, na localidade da Casa de Gesso, nesta cidade.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/470/173_indicacao_177_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/470/173_indicacao_177_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Eduardo Honório Prefeito Municipal, através da Secretária de Saúde, seja realizada a CONSTRUÇÃO DO CALÇAMENTO), no Loteamento Osvaldo Rabelo, na localidade da Casa de Gesso, nesta cidade.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/471/174_indicacao_178_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/471/174_indicacao_178_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da secretaria competente, pavimenta com calçamento e saneamento básico da comunidade da Portelinha</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/472/175_indicacao_179_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/472/175_indicacao_179_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo_x000D_
 Sr. Prefeito do Município EDUARDO HONORIO CARNEIRO,_x000D_
 que o mesmo veja a possibilidade da implantação de_x000D_
 Escadarias, na Malvinas I, Distrito de Ponta de Pedras.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/473/176_indicacao_180_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/473/176_indicacao_180_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja Oficiado ao Exmo. Sr. Eduardo Honório, Prefeito Municipal, e ao Diretor do SESTRAN, estudo que viabilize a implantação de placas de SINALIZAÇÃO de trânsito, na Rua do Rosário mão e contra - mão, na localidade do Distrito e Tejucupapo.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/474/177_indicacao_181_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/474/177_indicacao_181_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja feita a INSTALAÇÃO DE UMA CAIXA D’ÁGUA NA COMUNIDADE BOM TEMPO. A presente indicação se respalda através dos pedidos dos moradores, pois o racionamento de água é um problema muito sério que sempre afetou a vida dos mesmos na comunidade, assim dificultando as tarefas essenciais nos lares das famílias na localidade. A água é uma grande_x000D_
 aliada para manter um ambiente higienizado que possibilita a proteção do ser_x000D_
 humano, com isso é importante que o senhor prefeito tenha um olhar especial_x000D_
 a esta indicação que venha contribuir no desenvolvimento da comunidade,_x000D_
 pois esse é um problema que vem permeando-se por muito tempo.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/475/178_indicacao_182_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/475/178_indicacao_182_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado ofício ao Exmo. Sr. Prefeito do Município de Goiana, o Sr. Eduardo Honório Carneiro, através da_x000D_
 Secretaria competente, para que seja solicitado com prioridade, junto a Empresa de ônibus RODOTUR a possibilidade de extensão de uma nova rota para o Distrito de Atapuz no âmbito do município de Goiana-PE.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/476/179_indicacao_183_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/476/179_indicacao_183_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana. Eduardo Honório Carneiro e a Secretaria de Competente, versando sobre a possibilidade de Instalação ou Construção de um Posto Médico no Engenho Diamante.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/477/180_indicacao_185_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/477/180_indicacao_185_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana, através do Secretário de Educação, Sr. Fernando Veloso, no sentido que sejam distribuído_x000D_
 Tablets para os alunos da Rede Pública Municipal, notebook para os professores, para os alunos da rede pública municipal tenham uma melhor compreensão dos conteúdos repassados e sejam protagonistas do seu processo de aprendizagem, neste município.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/478/181_indicacao_186_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/478/181_indicacao_186_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Prefeito deste_x000D_
 Município, senhor Eduardo Honório Carneiro, solicitando que sejam_x000D_
 tomadas as providências cabíveis no sentido de que seja criado um_x000D_
 Centro de Reabilitação para as pessoas com sequelas do COVID-19,_x000D_
 haja em vista que uma parte da população se encontra com sequelas deixadas pelo vírus e necessitam de um olhar especial por parte do Munícipio</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/479/182_indicacao_187_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/479/182_indicacao_187_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município Senhor Eduardo Honório, que o mesmo veja a possibilidade da execução da pavimentação do Loteamento_x000D_
 Porto do Sol, em Catuama, no Distrito de Ponta de Pedras,_x000D_
 neste Município.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/480/183_indicacao_188_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/480/183_indicacao_188_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, a IMPLEMENTAÇÃO DE SEMÁFORO, FAIXA DE PEDESTRE E SINALIZAÇÃO NO CRUZAMENTO DA RUA DA PRAIA COM O BARRO VERMELHO PE-75, neste Município de Goiana.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/481/184_indicacao_189_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/481/184_indicacao_189_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja Oficiado ao Exmo. Sr. Eduardo_x000D_
 Honório, Prefeito Municipal, através da Secretaria de competente_x000D_
 do Município, tome providencias quanto a construção de QUEBRA_x000D_
 - MOLAS, na Rua Madureira, ne65, na localidade do Loteamento_x000D_
 Bela Vista 2, esta cidade.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/482/185_indicacao_190_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/482/185_indicacao_190_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Prefeito Municipal, para que através da secretaria de Urbanismo, Obras e Patrimônio Arquitetônico, seja realizada a PAVIMENTAÇÃO, da Quadra N, situada no Loteamento Boa Vista, nesta cidade.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/483/186_indicacao_191_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/483/186_indicacao_191_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, QUE O MESMO VEJA A POSSIBILIDADE DE QUE SEJA FEITO O CALÇAMENTO DA RUA , DO CAMPO QUER FICA NO DISTRITO DE ATAPUZ neste Município de Goiana.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/484/187_indicacao_192_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/484/187_indicacao_192_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Ofício ao Exmo. Sr. Prefeito Municipal, Eduardo Honório, bem como a Secretaria de Trânsito, para que seja instalada Placas de Indicações para se chegar até a UPA de Santo Amaro em Ponta de Pedras.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/485/188_indicacao_193_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/485/188_indicacao_193_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sugere ao Executivo Municipal, no sentido de que seja construída uma Quadra Poliesportiva, na comunidade da Praia de Carne de Vaca.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/486/189_indicacao_194_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/486/189_indicacao_194_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Prefeito do_x000D_
 Município junto à Secretaria competente, que veja a possibilidade de viabilizar a construção um pórtico no trevo de acesso ao bairro de Nova Goiana, com os seguintes dizeres: “Nova Goiana, Bairro_x000D_
 Multicultural”</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/487/190_indicacao_195_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/487/190_indicacao_195_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Prefeito deste Município, Senhor Eduardo Honório Carneiro, no sentido que seja feito um Projeto Permanente versando sobre Regularização Fundiária, neste município</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/488/191_indicacao_196_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/488/191_indicacao_196_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a secretaria competente, versando sobre a necessidade de Pavimentação da Comunidade Jatobá.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/489/192_indicacao_197_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/489/192_indicacao_197_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seJa encaminhada, ao Excelentíssimo Prefeito do Município de Goiana - Sr. Eduardo Honório Carneiro INDICAÇÃO sugerindo que aquela autoridade, em sintonia_x000D_
 com a Secretaria municipal competente, com embasamento nas normas pertinentes e observando os princípios legais e constitucionais, envide esforços para elaboração e execução do “Projeto de Retomo da Balsa Carne de Vaca/Acaú”, mediante preparo e qualificação profissional de jovens, com idade entre 14 a 16 anos, residentes nos Distritos e Sede do Município_x000D_
 de Goiana/PE, através de cursos especializados, para execução dos serviços remunerados de Guia Turístico Mirim, conquanto essa medida, na forma aqui proposta, estará voltada à preservação do meio ambiente, fortalecimento do comércio local, incentivo ao turismo e divulgação dos valores históricos do município. Da presente Indicação, dê-se ciência às_x000D_
 Secretarias Municipais de Turismo e Desenvolvimento Social; Educação e Inovação, à Associação de Moradores.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/490/193_indicacao_198_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/490/193_indicacao_198_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, o CALÇAMENTO E MELHORIA DA ILUMINAÇÃO DOS ENGENHOS UMBÚ E MUSSUMBÚ, neste Município de Goiana.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/491/194_indicacao_199_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/491/194_indicacao_199_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja construída Praça com parque de recreação de crianças e adultos, assim como equipamentos de academia da cidade, na comunidade de Boa Vista.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/492/195_indicacao_200_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/492/195_indicacao_200_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Mu­nicípio, Eduardo Honório Carneiro, para que providencie através da secretaria competente, a construção de um PSF na comunidade da Portelinha.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/493/196_indicacao_201_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/493/196_indicacao_201_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Prefeito deste Município, Senhor Eduardo Honório Carneiro, no sentido que seja concedido reajuste nas diárias dos Conselheiros Tutelares, neste município.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/494/197_indicacao_202_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/494/197_indicacao_202_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município EDUARDO HONORIO CARNEIRO, que o mesmo veja a possibilidade de implantação de Ciclovias, e Ciclofaixa, de Ponta de Pedras, até Barra de Catuama.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/495/198_indicacao_203_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/495/198_indicacao_203_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja feita a REVITALIZAÇÃO DA QUADRA POLIESPORTIVA E DOS l)ANHEIROS DA PRAÇA DUQUE DE CAXIAS.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/496/199_indicacao_204_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/496/199_indicacao_204_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Prefeito Municipal Sr Eduardo Honório, através da Obras do Município, seja realizada a CONSTRUÇÃO DO CALÇAMENTO, da Rua Vila Teimosa, situado no Distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/497/200_indicacao_205_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/497/200_indicacao_205_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a secretaria competente, versando sobre a necessidade de Pavimentação as vias de acesso ao Cemitério de Carne de Vaca.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/498/201_indicacao_206_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/498/201_indicacao_206_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sugere ao Executivo Municipal que seja adquirida uma Unidade Móvel de atendimento médico Ambulatorial, para atendimento na Zona Rural do Município, como: Engenho Mussumbu, Engenho UBU, Engenho Novo e Engenho Cana Brava.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/499/202_indicacao_207_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/499/202_indicacao_207_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado oficio ao Exmo. Sr. Prefeito do Município de Goiana-PE, o Sr. Eduardo Honório carneiro, através da Secretaria competente, para que seja priorizada a aplicação da vacinação contra o COVID19, para todos os PORTADORES DE NECESSIDADES ESPECIAIS, no âmbito do município de Goiana, a exemplo do que está ocorrendo em outros municípios da federação, mesmo que para isso haja a necessidade de um Projeto de Lei para apreciação pela Câmara Municipal de Goiana.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/500/203_indicacao_208_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/500/203_indicacao_208_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Senhor Prefeito Municipal, determinar ao setor competente, que disponibilize um carro fumacê, no Distrito de Ponta de Pedras.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/501/204_indicacao_209_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/501/204_indicacao_209_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Mu­nicípio, Eduardo Honório Carneiro, para que providencie através da Secretaria de Obras do município, a manutenção da ponte de ma­deira e de acesso a pedestre ao Assentamento do Engenho U u, zona rural do município de Goiana.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/502/205_indicacao_210_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/502/205_indicacao_210_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja feita a INSTITUIÇÃO DE DISTRIBUIÇÃO E FORNECIMENTO DE ABSORVENTES HIGIENICOS NAS UNIDADES BASICAS DE SÁUDE DA SEDE E DOS DISTRITOS DE GOIANA, PARA ÀS MULHERES DE BAIXA RENDA QUE TEM DIFICULDADES DE  COMPRAR O PRODUTO. Isso inclui também as jovens da rede pública  de ensino que, muitas vezes, perdem mais de 40 dias por ano letivo por falta do protudo</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/503/206_indicacao_211_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/503/206_indicacao_211_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Prefeito do Município junto à Secretaria competente, que veja a possibilidade de que seja feita uma fiscalização mais intensa nas margens do Canal da Boa Vista._x000D_
 Dê-se ciência à Secretaria de Agricultura, Pesca e Meio Ambiente, a Associação de moradores da Boa Vista, o Blog de Eduardo França, o Radialista Gerlan Roberto, o Blog do Andersen Pereira.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/504/207_indicacao_212_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/504/207_indicacao_212_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, a IMPLEMENTAÇÃO DE AUXÍLIO MUNICIPAL PARA OS ARTISTAS DO MUNICÍPIO, DEVIDO A PROVÁVEL NÃO REALIZAÇÃO DOS FESTEJOS JUNINOS, neste Município de Goiana.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/505/208_indicacao_213_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/505/208_indicacao_213_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Oficio ao Exmo. Sr. Prefeito Municipal, Eduardo Honório, bem como a Secretaria de Cultura e Obras competente, para que seja construído um Centro de Artesanato no centro de Ponta de Pedras.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/506/209_indicacao_214_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/506/209_indicacao_214_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Prefeito deste Município, Senhor Eduardo Honório Carneiro, no sentido que seja construído uma sede própria para o Conselho Tutelar no Distrito, neste município.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/507/210_indicacao_215_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/507/210_indicacao_215_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado oficio ao Senhor Prefeito do Município, solicitando que confeccionado um busto em bronze, do ex-Prefeito deste Município, Osvaldo Rabelo Filho ( Osvaldinho ), o qual propomos que seja instalado no início da Praça da Bandeira, nesta Cidade, nas proximidades do Beco Domingos Ramos.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/508/211_indicacao_216_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/508/211_indicacao_216_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação que seja feito a CONSTRUÇÃO DE UM CREMATÓRIO PÚBLICO MUNICIPAL, VISANDO ATENDER A POPULAÇÃO DA SEDE E DOS DISTRITOS, NESTA CIDADE.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/509/212_indicacao_217_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/509/212_indicacao_217_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Prefeito Municipal Sr. Eduardo Honório, através da Obras do Município, seja realizada a CONSTRUÇÃO DO CALÇAMENTO, da Rua bica do Araça da, situado no Distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>Carlos Viegas, Mário do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/510/218_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/510/218_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretária de Saúde, Dra. Nádia Virgínia, no sentido que seja tomada todas as providências para que a Regulação do SAMU seja feita em nosso Município.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/511/219_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/511/219_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado ofício ao Exmo. Sr. Prefeito do Município de Goíana-PE, o Sr. Eduardo Honório carneiro, através da Secretaria competente, para que aplicado ASFALTO NAS RUAS DO BAIRRO DE FLECHEIRAS neste município de Goiana-PE.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/512/220_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/512/220_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a indica ao prefeito, através da Secretaria competente versando sobre a necessidade da construção ou implantação de pontos de moto táxi, com a devida cobertura para abrigar os profissionais e trazer melhores condições para o embarque e desembarque dos passageiros, localizado em todo o município de Goiana - PE.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/513/221_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/513/221_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados oficios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a indica ao prefeito, através da Secretaria competente versando sobre a necessidade de construção de abrigos de passageiro no município de Goiana - PE.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/514/222_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/514/222_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, a REFORMA COM PAISAGISMO E IMPLEMENTAÇÃO DE LÂMPADAS LED NO TREVO QUE LIGA GOIANA À FLEXEIRAS SENTIDO CONDADO, neste Município de Goiana.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/515/222_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/515/222_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Prefeito do Município de Goiana, Eduardo Honório Carneiro, na forma prevista no Regimento Interno desta Casa, solicitando que o mesmo providencie a restauração da Praça do Rosário, localizada em frente a igreja católica de Tejucupapo, e que seja implantada na mesma equipamentos para a academia popular de saúde ao ar livre.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/516/224_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/516/224_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação de que seja feita FAIXAS DE PEDESTRES EM FRENTE AS ESCOLAS MUNICIPAIS E INSTALAÇÕES DE PLACAS DE TRÂNSITO COM O A VISO: "ÁREA ESCOLAR", PARA GARANTIR A SEGURANÇA DOS ALUNOS, PROFESSORES E PAIS, AO ENTRAR E SAIR DAS REFERIDAS ESCOLAS, NESTA CIDADE.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/517/225_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/517/225_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da Secretaria Competente revitalização limpeza e capinação e academia da cidade para praça do Mutirão.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/518/226_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/518/226_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Oficio ao Excelentíssimo Prefeito Municipal de Goiana/PE, Eduardo Honório e a Secretaria de Obras Competente, para que seja construído Vestiários nos Campos de Futebol dos distritos de Catuama, Barra de Catuama, Ponta de Pedras, Carne de Vaca e Tejuculpapo deste Município.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/519/227_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/519/227_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que  seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, o CALÇAMENTO E SANEAMENTO DA RUA LOTEAMENTO JOÃO ALVES E RUA ADJACENTES, CENTRO, neste Município de Goiana.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/520/228_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/520/228_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que no sentido de que seja unificado o percentual de risco de vida a 40% (quarenta por cento) da Guarda Municipal.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/521/229_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/521/229_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja feita a DESOBSTRUÇÃO DA GALERIA NA RUA BOM JESUS, ENFRENTE A IGREJA BRASIL PARA CRISTO, POIS O ESGOSTO ENCONTRA-SE A CÉU ABERTO.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/522/230_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/522/230_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja Oficiado ao Exmo. Sr. Eduardo Honório, Prefeito Municipal, e ao Secretario de Obras, a instalação de FAIXAS DE PEDESTRES, EM FRENTE A UNIDADE MISTA, ESCOLA HEROINAS DE TEJUCUPAPO E COSTA E SILVA, na localidade do Distrito e Tejucupapo.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/523/231_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/523/231_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a indica ao prefeito, através da Secretaria competente versando sobre a possibilidade de implantar uma base do SAMU descentralizada, que funcionará como posto de atendimento avançado de ambulância e equipes assistenciais no distrito de São Lourenço/PE.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/524/233_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/524/233_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado oficio ao EXMO. Sr. PREFEITO MUNICÍPAL Sr. Eduardo Honório, Quer através da secretaria de obras do município seja realizada a. CONSTRUÇAO DE UM CALÇADAO PADRONIZADO NA ORLA MARITIMA DA PRAIA DE CARNE DE VACA.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/525/234_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/525/234_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ofício ao Prefeito do Município de Goiana, Sr. Eduardo Honório Carneiro, com cópia a Secretária de Urbanismo, Obras e Patrimônio Arquitetônico, Sra. Isabella Soares Lopes, solicitando aos mesmos a realização de estudos e elaboração de um projeto para a viabilização de recurso financeiro para calçamento e saneamento da Vila Teimosa, tendo como pontos de referência a casa de 17 (dezessete), e a Igreja Brasil para Cristo, em Tejucupapo.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/526/235_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/526/235_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja Oficiado ao Exmo. Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana, no sentido que sejam adotadas as providências cabíveis, para IMPLANTAÇÃO DO PROJETO WI-FI LIVRE, neste Município</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/527/236_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/527/236_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro, viabilizando a elaboração de um projeto de Lei que institua a aprendizagem profissional aos jovens no âmbito da administração pública do Munícipio.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/661/i237.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/661/i237.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Oficio ao Exmo. Sr. Prefeito Municipal, Eduardo Honório bem como a Secretária de Obras Competente, que seja Asfaltada a Estrada da Ensiada sentido Catuama a Barra de Catuama dessa Cidade.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/528/238_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/528/238_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ofício ao Prefeito do Município de Goiana, Sr. Eduardo Honório Carneiro, com cópia a Secretária de Urbanismo, Obras e Patrimônio Arquitetônico, Sra. Isabella Soares Lopes, solicitando aos mesmos a realização de estudos e elaboração de um projeto para a viabilização de recurso financeiro para calçamento e saneamento na Rua do Céu, nas margens da PE-49, em Tejucupapo.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/529/239_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/529/239_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sugere ao Executivo Municipal, no sentido de que seja instalada uma usina de oxigênio na UPA- Dep. Osvaldo Rabelo de Goiana tendo em vista a crise sanitária da Covid-19 e seus agravantes clínicos.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/530/240_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/530/240_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja CRIADO UM PONTO DE "DISTRIBUIÇÃO DE LEITES E PÃES, DO PROGRAMA VACA MECANICA" NA COMUNIDADE BALDO DO RIO, ONDE O MESMO PODERÁ TAMBÉM ATENDER AS COMUNIDADES IMPOEIRA, VILA OPERÁRIA E CURTUME.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/531/241_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/531/241_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja REALIZADA A CONSTRUÇÃO DE UMA LOMBADA, na Rua do Curtume, nesta cidade, de acordo com abaixo assinado em anexo.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/532/242_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/532/242_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação que seja INCLUÍDO NO PLANO DE VACINAÇÃO/IMUNIZAÇÃO CONTRA O COVID - 19, COMO PRIORIDADE, OS FEIRANTES DE GOIANA, TENDO EM VISTA QUE OS MESMOS TRABALHAM COM O PÚBLICO, ONDE ESTÃO DIRETAMENTE E DIARIAMENTE EXPOSTOS AO VÍRUS.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/533/243_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/533/243_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Prefeito Municipal, Eduardo Honório, através do órgão competente, para que os motoristas da Associação dos Transportes Alternativos do Município de Goiana-ATAMUG, sejam incluídos no Plano Nacional de Imunização (PNI), e sejam vacinados contra o Covid-19, nesta cidade de Goiana-PE.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/534/244_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/534/244_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Prefeito Municipal, Eduardo Honório, através do órgão competente, para que os profissionais que trabalham na formação de condutores, bem como da categoria de instrutores, Diretores e Recepcionistas de Autoescola sejam incluídos no Plano Nacional de Imunização (PNI), e sejam vacinados contra o Covid-19, por considerar a essencialidade atividades das Autoescolas, nesta cidade de Goiana-PE.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/535/245_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/535/245_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da secretaria competente pavimentação, calçamento e saneamento básico para a rua: Itapirema no loteamento Flexeiras.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/536/246_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/536/246_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Exmo. Sr. Eduardo Honório Carneiro - Prefeito deste Município e ao Secretário de Educação, Ilmo. Fernando Veloso, que seja destinado aos profissionais da Educação 60% dos precatórios do FUNDEF, neste Município.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/537/247_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/537/247_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Prefeito Municipal, através da Secretaria de Obras do Município, no sentido de que seja realizado a CONSTRUÇÃO DO CALÇAMENTO, na Rua Miranda, localizada no Distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/538/248_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/538/248_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a indica ao prefeito, através da Secretaria competente versando Construção de um Centro de Convivência do Idoso em Goiana, sede e distritos no município de Goiana - PE.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/539/249_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/539/249_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação que seja feita A INSTALAÇÃO DE UM SEMÁFORO E FAIXA DE PEDESTRE NA RUA DR. MANOEL BORBA, ENFRENTE AO SUPERMERCADO "EVANGÉLICO", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/540/250_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/540/250_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Senhor Prefeito Municipal, determinar ao setor competente, que veja a possibilidade da Pavimentação da Rua Projetada, localizado nas Malvinas, no Distrito de Ponta de Pedras.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/541/251_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/541/251_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da Secretaria competente pavimentação calçamento e saneamento básico para travessa: Faixa do Gás no Bela Vista II por trás do Clone.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/542/252_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/542/252_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Exmo. Sr. Eduardo Honório Carneiro - Prefeito deste Município, que sejam implantadas LIXEIRAS SELETIVAS, nas ruas centrais desta Cidade, assim como, nas praças, escolas e postos de saúde, destinadas a coleta de lixo reciclável, evitando assim que o lixo seja jogado maneira inadequada nas vias públicas e bueiros.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/543/253_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/543/253_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Oficio ao Excelentíssimo Prefeito Municipal de Goiana/PE, Eduardo Honório e a Secretaria Competente, para que seja criado um Ponto de Distribuição de Leites e Pães, do Programa Vaca Mecânica nas Malvinas onde também ira atender as comunidades da Cocota e Sitio-Invacão em Ponta de Pedras desta cidade.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/544/254_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/544/254_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, com cópia a Secretária de Urbanismo, Obras e Patrimônio Arquitetônico, Sra. Isabella Soares Lopes, solicitando aos mesmos a realização de instalação de iluminação no campo do Trincheiras, em Tejucupapo.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/545/255_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/545/255_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Prefeito Municipal, Eduardo Honório, através da Secretaria competente, determinar que proceda a limpeza de galerias, da 2ª Travessa Manoel Carlos de Mendonça, cruzamento com a Rua do Maruim, próximo a lomba eletrônica - PE-62, nesta cidade de Goiana-PE.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/546/256_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/546/256_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado oficio ao EXMO. Sr. PREFEITO MUNICIPAL, Quer através da secretaria de ação sociais do município, no sentido de quer seja retomada as atividades do posto dos correios na comunidade quilombola de povoação de são Lourenço.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/547/257_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/547/257_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a Secretaria competente versando sobre o Elaboração e Produção de cartilha/Livrete educativo sobre o Bicentenário da Junta Governativa de Goiana 1821-2021.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/548/258_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/548/258_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município em exercício Senhor Eduardo Honório Carneiro, que o mesmo veja a possibilidade de descentralizar o Bolsa Família de Goiana, e colocar um ponto de apoio, em Tejucupapo.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/549/259_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/549/259_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja construída com a brevidade possível, uma creche no distrito de Tejucupapo deste Município, visando proporcionar as mães que necessitam trabalhar fora, mais proteção e segurança para seus filhos, que por muitas vezes, ficam sozinhos em casa ou sob a responsabilidade de irmãos menores de idade, expostas a todos os tipos de perigo.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/550/260_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/550/260_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, a EXPANSÃO DA REDE ELETRICA E IMPLEMENTAÇÃO DE LAMPADAS LED NA COMUNIDADE PORTELINHA, neste Município de Goiana.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/551/261_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/551/261_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que no sentido de que haja inclusão dos profissionais que trabalham em supermercados de nosso município no grupo prioritário da vacinação contra a Covid-19.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/552/262_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/552/262_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie atrvés da secretaria competente um laboratório municipal de Análises Clínicas para cidade de Goiana.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/553/263_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/553/263_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Oficio ao Exmo. Sr. Prefeito Municipal, Eduardo Honório bem como a Secretaria Competente, que seja destinado novos Bancos de Feira, para a Feira de Ponta de Pedras.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/554/264_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/554/264_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, com cópia a Secretária de Urbanismo, Obras e Patrimônio Arquitetônico, Sra. Isabella Soares Lopes, solicitando aos mesmos a retomada da obra de calçamento e saneamento básico do Loteamento Arizona, conhecido por Copa Cigana, em Tejucupapo.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/555/265_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/555/265_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sugere ao Executivo Municipal, no sentido de que seja visto junto a PERPART, considerando o parcelamento de solo irregular da Comunidade da Bela Vista indico a Vossa Excelência a tomada de providências para a urgente e necessária REGULARIZAÇÃO FUNDIÁRIA.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/556/266_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/556/266_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, o CURSO DE FORMAÇÃO PARA GUARDAS MUNICIPAIS EFETIVOS, neste Município de Goiana.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/557/267_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/557/267_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja COLOCADO BANCOS PADRONIZADOS NAS MARGENS DO RIO, LOCALIZADO NAS COMUNIDADES BALDO DO RIO E IMPOEIRA, CONHECIDO COMO RIO GOIANA, O QUAL FOI UM PORTO MUITO IMPORTANTE PARA ESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/558/268_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/558/268_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja elaborado um projeto para implementação do Programa Aluguel Social (PAS), para atender as famílias de baixa renda que não tem imóvel próprio.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/559/269_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/559/269_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, com cópia a Secretária de Urbanismo, Obras e Patrimônio Arquitetônico, Sra. Isabella Soares Lopes, solicitando aos mesmos a construção de uma praça com academia popular ao ar livre, no distrito do Gambá.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/560/270_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/560/270_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado oficio ao EXMO. Sr. PREFEITO MUNICÍPAL Sr. Eduardo Honório, Quer através da secretaria de serviços público seja feita a manutenção do pátio de evento da trincheira onde realizado o espetáculo batalha das heroínas de tejucupapo quer fica no distrito de tejncupapo.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/561/271_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/561/271_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Mu-nicípio, Eduardo Honório Carneiro, para que providencie através da secretaria competente que erga estatueta com placa narrando trajetória política do saudoso Carlos de Joca ex: vereador e ex: vice- prefeito na Praça Maria Camarão em tejucupapo.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/562/272_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/562/272_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado ofício ao Exmo. Sr. Prefeito do Município de Goiana, o Sr. Eduardo Honório Carneiro, através da Secretaria competente, para que seja colocados refletores no Campo de Futebol de Povoação de São Lourenço distrito do município de Goiana-PE.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/563/273_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/563/273_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, com cópia a Secretária de Política Sociais, Sra. Christiana de Uma, versando sobre a necessidade de Implantar o programa de vale-glís saciai que contemple as famfllas do Município de Golana-PE.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/564/274_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/564/274_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Oficio ao Exmo. Sr. Prefeito Municipal, Eduardo Honório bem como a Secretária de Trânsito Competente, através do Secretário Sr. Lamenha Lins, para que seja criado um Ponto de Desembarque de Passageiros para o Transporte Alternativo De Goiana ATAMUNG ao lado do Banco ltaú. Afim de organizar o trânsito desse Município.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/565/275_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/565/275_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Exmo. Sr. Eduardo Honório Carneiro - Prefeito deste Município, que seja criado um Food Park, pois um espaço deste modelo, vai gerar emprego e renda para nossos munícipes e despertar ovos e empreendedores.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/566/276_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/566/276_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a AVALIAR, EM CARÁTER EMERGENCIAL, A DIMINUIÇÃO DO INTERVALO ENTRE AS DOSES DE VACINAS APLICADAS NO MUNICÍPIO DE GOIANA_PE. Da presente indicação dê ciência à Sec. de Saúde Nádia Virgínia, a imprensa falada e escrita do Munícipio de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/662/i277.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/662/i277.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Oficio ao Exmo. Sr. Prefeito Municipal, Eduardo Honório bem como a Secretária de Obras Competente, que seja Instalado Postes com Lâmpadas de Led no Cemitério de Ponta de Pedras.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/581/278_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/581/278_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da secretaria competente um Parque polo recreativo municipal contendo quadra, ciclovia, pista de caminhada e área verde para que as famílias possam desfrutar em seus momentos de laser e que o parque seja chamado Oswaldo Rabelo Filho em Flexeiras.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/582/279_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/582/279_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado ao Prefeito do Município Eduardo Honório Carneiro, que veja a possibilidade da reabertura do Memorial da Prefeitura Municipal de Goiana-Memorial Dilermando de Barros Carvalho, criada pela Lei Municipal Nº 1920/2003.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/583/280_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/583/280_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe apelo ao Prefeito do Município Eduardo Honório Carneiro, que veja a possibilidade de enviar a esta Casa Legislativa um Projeto de Lei alterando a Lei Nº 1886/2001 que institui o Programa de Garantia de Renda Mínima associado a ações socioeducativas, e determina outras providências -Bolsa Escola.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/584/281_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/584/281_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe apelo ao Prefeito do Município Eduardo Honório Carneiro, que veja a possibilidade da reabertura da Casa das Heroínas no distrito de Tejucupapo, no Município de Goiana, criada pela Lei Municipal Nº 1941/2004.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/585/282_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/585/282_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe apelo ao Prefeito do Município Eduardo Honório Carneiro, que veja a possibilidade da reabertura da Escola de Governo Municipal da Prefeitura Municipal de Goiana, criada através da Lei Nº 1896/2001 e alterada pela Lei Nº 1901/2002.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/586/283_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/586/283_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, com cópia ao Secretário de Serviços Públicos e Abastecimentos, Sr. Márcio Barbosa dos Santos, versando sobre a necessidade de instalação de banheiros químicos nas feiras livres do Município de Goiana-PE.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/587/284_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/587/284_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a Realização do Calçamento e Saneamento do Loteamento Expedicionário Henrique Fenelon, situado no Centro da Cidade de Goiana, reiterando a Indicação nº 148/2021, de autoria do Vereador Eduardo Batista.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/588/285_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/588/285_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a Realização do Calçamento e Saneamento do Loteamento Guedes, situado no Centro da Cidade de Goiana, reiterando a Indicação Nº 161/2021, de autoria do Vereador lbson Gouveia.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/589/286_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/589/286_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, o pedido para implantação de pavimentação na artéria compreendida entre a rua de acesso à UPA Deputado Osvaldo Rabelo e a Rua Historiador Antonio Corrêa de Oliveira Andrade Filho situada no Loteamento Boa Vista, no centro de Goiana.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/590/287_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/590/287_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da Secretaria competente a construção de uma praça no loteamento São Pedro na praia de Pontas de Pedras em frente a mercearia São Pedro.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/591/288_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/591/288_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretária de Obras, Sra. Isabella Soares, no sentido que seja criada ciclofaixas na sede e distrito, neste Município.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/592/290_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/592/290_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, com cópia a Secretária de Urbanismo, Obras e Patrimônio Arquitetônico, Sra. Isabel/a Soares Lopes, solicitando aos mesmos a realização de estudos e elaboração de um projeto para a viabilização de recurso financeiro para calçamento e saneamento na Segunda Travessa Arizona, ponto de referência casa de irmão Cícero da Ambulância, em Tejucupapo.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/593/291_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/593/291_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado oficio ao EXMO. Sr. PREFEITO MUNICÍPAL Sr. Eduardo Honório, Quer através da secretaria de obras deste município veja a possibilidade de construí um ponto de apoio para os moto taxista de São Lourenço e Tejucupapo.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/594/292_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/594/292_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, o pedido para implantação de pavimentação em asfalto na Rua do Bom Jesus, situada no centro de Goiana.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/595/293_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/595/293_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, o pedido para implantação de calçamento e saneamento básico na Travessa Cana Brava, que inicia ao final da Rua Engenho Mussumbu, na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/596/294_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/596/294_2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a urgente necessidade de uma ação conjunta e preventiva no sentido da avaliação dos riscos, identificação, poda e remoção das árvores com maior potencial de acidentes em decorrência das chuvas, estabelecendo-se convênio com a UFRPE.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/597/295_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/597/295_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a Realização da Reforma/Revitalização da Praça do Abrigo, situado no Centro da Cidade de Goiana - empenho neste sentido, junto aos órgãos competentes. Da presente indicação, dê-se ciência à Sec. Obras lsabella Soares, bem como ao Prefeito do Município de Goiana, imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/598/296_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/598/296_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sugere ao Executivo Municipal, no sentido de que seja enviado projeto de Lei criando o auxilio fardamento para a Guarda Municipal de Goiana.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/599/297_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/599/297_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Prefeito Municipal Eduardo Honório, para que através da Secretaria de Obras Urbanismo e Patrimônio Arquitetônico, a possibilidade de construir uma Unidade do Programa Vaca Mecânica na Comunidade Quilombola de Povoação de São Lourenço - Distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/600/298_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/600/298_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da secretaria competente, pavimentação com calçamento e saneamento básico para o loteamento São Pedro em Pontas de Pedras.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/601/299_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/601/299_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que O PODER EXECUTIVO JUNTO COM A CONCESSIONÁRIA COMPESA (Companhia Pernambucana de Saneamento) EFETUE A MANUTENÇÃO URGENTE DA ESTRUTURA METÁLICA QUE SUSTENTA O CANO QUE ABSTAÇE ÁGUA PARA A CIDADE, LOCALIZADO NO RIO GOIANA, ENTRE A COMUNIDADE BAWO DO RIO E IMPOEIRA.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/602/300_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/602/300_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a Secretaria competente, versando sobre a necessidade de Incluir no Ensino de Noções Básicas sobre a Lei Federal nº 11.340, de 7 de agosto de 2006 (Lei Maria da Penha), como atividade extracurricular, nas escolas municipais de Goiana.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/603/301_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/603/301_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a Secretaria competente, versando sobre a necessidade de construção de mercado público municipal nas comunidades de flexeira, gambá, atapuz, São Lourenço e carne de vaca, no município de Goiana- PE.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/604/302_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/604/302_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Oficio ao Excelentíssimo Prefeito Municipal de Goiana/PE, Eduardo Honório e a Secretaria de Obras Competente, para que seja Construído e Instalado Rampas e Corrimão no PSF de Ponta de Pedras dessa Cidade.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/605/304_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/605/304_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Prefeito deste Município, senhor Eduardo Honório Carneiro, solicitando a REFORMA DO TREVO que liga o centro ao bairro de Flexeiras, além da PAVIMENTAÇÃO DO LOCAL e também a construção de um MONUMENTO EM HOMENAGEM AOS CABOCLINHOS, que tem como a capital destes, o nosso município.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/606/305_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/606/305_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sugerir ao Executivo Municipal, a participação prioritária de Goiana no Programa Habitacional Casa Verde Amarela, em parceria com o Governo Federal, pedimos que der ciência as rádios , blogs e mídias locais essa indicação.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/607/306_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/607/306_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe apelo ao Prefeito do Município Eduardo Honório Carneiro, para a implantação de uma Academia da Saúde, na Comunidade de Carrapicho.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/608/307_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/608/307_2021.pdf</t>
   </si>
   <si>
     <t>Indicação sobre a necessidade de criação de um Centro de reabilitação Pós-Covid-19 no município de Goiana.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/609/309_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/609/309_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que interceda junto ao setor competente da municipalidade no sentido de providenciar a LIMPEZA TOTAL DAS CAIXAS D'ÁGUA DAS ESCOLAS MUNICIPAIS, no município de\Goiana-PE.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/610/311_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/610/311_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Ed ardo Honório Carneiro, a IMPLEMENTAÇÃO DA PRAÇA DA SAÚDE NA PRAÇA DO TANQUINHO, RUA DO TAQUINHO 2, neste Município de Goiana.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/611/312_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/611/312_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município EDUARDO HONORIO CARNEIRO, que o mesmo veja a possibilidade de realizar a construção de um "MIRANTE TURISTICO", no Farol Santa Helena, em Ponta de Pedras.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/612/313_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/612/313_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja DESENVOLVIDO O APLICATIVO DIGITAL: "MULHER SEGURA", HAJA VISTA A FACILICITAÇÃO NA RAPIDEZ DE A AOCORRENCIAS EM CASOS QUE DEFLAGAM VIOLENCIA CONTRA A MULHER EM LOCAIS PÚBLICOS E PRIVADOS.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/613/314_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/613/314_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe apelo ao Prefeito do Município Eduardo Honório Carneiro, a inclusão da Comunidade de Carrapicho, bem como Malvinas e Porto, no Programa da Vaca Mecânica.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/614/315_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/614/315_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja construído uma Praça de Diversão na Rua da Igreja em Ponta de Pedras.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/615/316_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/615/316_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que veja a possibilidade de retomar e concluir a obra do calçadão, no Distrito Ponta de Pedras.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/616/317_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/616/317_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, a IMPLEMENTAÇÃO DE UMA LOMBADA PARA REDUÇÃO DE VELOCIDADE, NA RUA DO LINDO AMOR, neste Município de Goiana.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/617/318_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/617/318_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja implantada uma Fábrica de Gelo, nos Distritos de Ponta de Pedras e Tejucupapo.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/618/319_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/618/319_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que veja a possibilidade de retomar e concluir a obra do CEO, nas Malvinas, Distrito de Ponta de Pedras.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/619/320_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/619/320_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que providencie através da secretaria competente uma Vaca Mecânica ou posto equivalente, para ficar localizada nas mediações da Faixa do Gás, para que atenda. Bela vista, Flexeiras e a nova comunidade próximo a Redimix.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/620/321_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/620/321_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretária de Educação, Sr. Fernando Veloso, no sentido que seja criado um núcleo de apoio a saúde mental aos alunos rede da pública municipal e também para os profissionais da educação, visando ter apoio de Psicólogo para cuidar da mente nesse período pandêmico, onde a saúde mental foi e está sendo tão bombardeada.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/621/322_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/621/322_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Prefeito desta Município, Senhor Eduardo Honório Carneiro, de que seja edificada uma Quadra Poliesportiva, coberta, no distrito de Tejucupapo, deste Município, cujo objetivo é o de proporcionar mais atividades esportivas e, assim sendo, melhor qualidade de vida aos jovens daquela localidade.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/622/323_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/622/323_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que através da Secretaria de Urbanismo, Obras e Patrimônio Arquitetônico, veja a possibilidade de resolver a questão fundiária na comunidade quilombola de povoação de São Lourenço, no distrito de Tejucupapo, Goiana, com o propósito de desapropriação do terreno onde fica localizado o campo de futebol, dando título de posse ao clube Bonsucesso Futebol Clube, que já utiliza o campo há mais de cinco décadas.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/623/324_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/623/324_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Prefeito o deste Município, senhor Eduardo Honório Carneiro, solicitando a REFORMA E ATUALIZAÇÃO DO , ACERVO, FÍSICO E DIGITAL DOS LIVROS, DA BIBLIOTECA PUBLICA MUNICIPAL, a qual se encontra em péssimo estado de conservação devido à falta de manutenção, por estar fechada há muitos anos, localizada na Avenida Marechal Deodoro da Fonseca, popularmente conhecida como Rua Direita, no município de Goiana-PE.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/624/325_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/624/325_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretária de Obras, Sra. Isabella Soares, no sentido que seja reformada a Praça Laura Nogueira, na Vila Castelo Branco, nesta cidade.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/625/326_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/625/326_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja FEITO O CALÇAMENTO DA RUA POR TRÁS DA ANTINGA FÁBRICA DE TERCIDOS - FITEG, NO LOTEAMENTO FITEG, NESTA CIDADE. _x000D_
 Da presente indicação, dê-se ciência a imprensa falada e escrita do município de Goiana.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/626/327_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/626/327_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja construído um Skate Park com rampas e pistas na região do município de Goiana.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/627/328_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/627/328_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe para a REALIZAÇÃO DE CURSO DE CAPACITAÇÃO AOS PROFISSIONAIS DO SAMU E DA REDE DE ATENÇÃO BÁSICA NA IDENTIFICAÇÃO E DIRECIONAMENTO AOS PACIENTES QUE APRESENTEM TRANSTORNOS PSIQUICOS. Da presente indicação, dê-se ciência à Sec. De Saúde Lícia Maciel, a Coord. do SAMU Paula Brito, a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/628/329_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/628/329_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviado ofício ao Excelentíssimo Sr. Prefeito Munícipio de Goiana, Eduardo Honório Carneiro. versando sobre Projeto de Lei para que seja implementado coleta seletiva de lixo e outras providências, no município de Goiana - PE.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/629/330_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/629/330_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja A REVITALIZAÇÃO DA PRAÇA RIO BRANCO, LOCALIZADA NO FINAL DA RUA DA PONTE, A PEDIDOS DOS MORADORES SITUADOS PERTO DA REFERIDA PRAÇA.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/663/i332.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/663/i332.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município em exercício Senhor Eduardo Honório Carneiro, que o mesmo veja a possibilidade de realizar o calçamento e o Saneamento básico, na Rua da Igreja, em Ibiapicu, em Tejucupapo.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/630/333_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/630/333_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que que seja encaminhada ao Exmo. Senhor Eduardo Honório, Prefeito do Município de Goiana, com cópia a Secretária de Urbanismo, Obras e Patrimônio Arquitetônico, Sra. Isabella Soares Lopes, versando sobre a necessidade de construção de vestiário e iluminação com refletores no campo do Guarani, no distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/631/344_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/631/344_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feita A CALÇADA DAS LATERAIS E DO FUNDO DA ESCOLA MUNICIPAL DR. BENIGNO ARAÚJO, LOCALIZADA NA VILA CASTELO BRANCO.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/664/i335.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/664/i335.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam  enviados ofícios ao Excelentíssimo  Sr Prefeito do Munícipio de Goiana, Eduardo Honório, versando sobre o Projeto de Lei para que seja implementada uma biblioteca pública municipal e outras providências; no munícipio de Goiana-PE.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/632/336_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/632/336_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana Eduardo Honório Carneiro versando sobre Projeto de Lei para que seja criado o Programa Municipal de Incentivo ao Esporte e instituído o Fundo Municipal de Apoio ao Esporte, no município de Goiana-PE.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/633/337_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/633/337_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja feita UMA PRAÇA PÚBLICA COM TRÊS QUIOSQUES NO TERRENO BALDIO QUE FICA AS MARGENS DO RIO GOIANA NA COMUNIDADE IMPOEIRA, NESTE MUNICÍPIO. Referência: sentido rua principal onde encontra-se alguns bares, no terreno supracitado.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/634/338_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/634/338_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito O CALÇAMENTO E SANEAMENTO BÁSICO DA RUA BELA VISTA NO GAMBÁ DE BAIXO, DISTRITO DO GAMBÁ. Referência: rua onde fica o antigo armazém de construção.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/635/339_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/635/339_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Oficio ao Exmo. Sr. Prefeito Municipal, Eduardo Honório em como a Secretária Municipal de Educação, Instituir uma Clínica Escola do Autismo no centro de Goiana-PE com profissionais especializados na área.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/636/340_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/636/340_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da secretaria competente bicicletario em lugar adequado próximos os órgãos públicos e praças da cidade de Goiana, e de seus distritos.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/637/341_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/637/341_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado oficio ao exmo. SR. Prefeito Municipal, Sr. Eduardo Honório, para que através da Secretaria de serviços públicos, veja a possibilidade da instalação de refletores e câmeras de vídeo monitoramento na barragem de água quer abastece a comunidade quilombola de povoação de São Lourenço, distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/638/342_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/638/342_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, Prefeito do Município de Goiana, com cópia a Secretária de Urbanismo, Obras e Patrimônio Arquitetônico, Sra. Isabella Soares Lopes, versando sobre a necessidade de construção de vestiário e iluminação com refletores no campo de povoação de São Lourenço.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/639/343_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/639/343_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja feita UMA LOMBADA NA RUA PROFESSOR MANUEL TORRES, ENFRENTE AO NÚMERO 23 NA VILA CASTELO BRANCO.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/640/344_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/640/344_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviado ofício ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro, versando sobre Projeto de Lei para que seja implementado um Conselho Municipal de Segurança pública e um Fundo Municipal de Segurança Pública, e outras providências, no município de Goiana - PE.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/641/345_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/641/345_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, Prefeito do Município de Goiana, com cópia a Secretária de Urbanismo, Obras e Patrimônio Arquitetônico, Sra. Isabella Soares Lopes, versando sobre a necessidade de melhorias no campo no distrito do Gambá, a construção de vestiário e iluminação com refletores.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/660/346_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/660/346_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana  a indicação para que DISPONIBILIZE EM CADA PRAÇA PÚBLICA DO MUNICÍPIO DE GOIANA, UM GUARDA MUNICIPAL, PARA QUE O MESMO MANTENHA A SEGURANÇA DO LOCAL.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/642/347_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/642/347_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que DISPONIBILIZE EM CADA UNIDADE BÁSICA DE SAÚDE DO MUNICÍPIO DE GOIANA, UM GUARDA MUNICIPAL, PARA QUE O MESMO MANTENHA A SEGURANÇA DO LOCAL INDICADO.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/643/348_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/643/348_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam restaurados todos os campos do nosso distrito e sede, modelando em Campos Society, nesta cidade.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/644/349_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/644/349_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Oficio ao Exmo. Sr. Prefeito Municipal, Eduardo Honório bem como a Secretária de Obras competente, para que seja Reformada a Quadra Esportiva do Colégio Manuel César De Albuquerque em Ponta de Pedras.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/645/350_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/645/350_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que  seja acrescentado mais 1 (um) ônibus para o trecho FLEXEIRAS -BARRA DE CATUAMA, nesta cidade. Tendo em vista a superlotação com aglomeração de servidores no ônibus e atraso devido à distância do percurso.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/646/351_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/646/351_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Exmo. Sr. Eduardo Honório Carneiro -Prefeito deste Município, em conjunto com a Secretaria de Educação, através do Ilmo. Secretário Fernando Veloso, que seja concedido vale transporte para utilização efetiva em despesas de deslocamento residência-trabalho e vice-versa, aos Profissionais da Educação e forme estabelecido na Legislação vigente, nesta cidade.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/647/352_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/647/352_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que providencie através da secretaria competente a construção de lombadas, na rua Engenho Gutiuba próximo a barbearia de Weliton, também em frente à escola Lourenço Gadelha e Flexeiras.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/648/354_2021_3.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/648/354_2021_3.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviado ofício ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro, versando sobre Projeto de Lei para que seja implementado um Fundo Municipal de Segurança Pública, e ativação do Conselho Municipal de Segurança Pública. e outras providências, no município de Goiana - PE.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/649/355_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/649/355_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que  seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja IMPLEMENTADO O SISTEMA DE ESTACIONAMENTO ROTATIVO ZONA AZUL, NAS RUAS: MARECHAL DEODORO DA FONSECA (rua direita), LUIZ GOMES, DR. MANOEL BORBA, SANTA TERESA, MARTÍRIOS, 15 DE NOVEMBRO (rua onde fica localizado o Banco do Brasil), CORDEIRO DE FARIAS, HONÓRIO MONTEIRO (rua onde fica localizado o INSS), FREI CANECA (rua onde fica localizada a praça do Carmo) E RUA DAS QUINTAS, NESTA CIDADE.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/650/357_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/650/357_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado o Exmo. Sr. Eduardo Honório, Prefeito Municipal, por meio da Secretaria competente, acerca da relevante necessidade de implementação na Sede e nos Distritos de um convênio entre a Rede Pública Municipal de Ensino com as Bandas Curíca e Saboeira visando construir e proporcionar aos alunos educação musical.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/651/358_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/651/358_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, a IMPLANTAÇÃO DO PROGRAMA SOPA FAMÍLIA, neste Município de Goiana.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/652/359_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/652/359_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe apelo ao Prefeito do Município Eduardo Honório Carneiro, a instalação de um centro de Zoonose no nosso município.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/665/i363.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/665/i363.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Senhor Prefeito do Município Eduardo Honório, determinar ao setor competente, que veja a possibilidade de executar a pavimentação da Rua do Chafariz, localizado na Cocota, em Ponta de Pedras, neste Município.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/653/364_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/653/364_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a instalação de equipamentos de energia fotovoltaica nos prédios públicos municipais.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/654/365_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/654/365_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a Contratação em Caráter Emergencial de uma Empresa para e realização do serviço de manutenção do sistema de iluminação pública, no município de Goiana-PE. Da presente indicação, dê-se ciência à Sec. De Serviços Públicos, a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/655/366_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/655/366_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que  seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de _Goiana, a indicação para a CRIAÇAO DO CENTRO DE SAUDE DE REFERENCIA A SAUDE DO HOMEM, no município de Goiana-PE. Da presente indicação, dê-se ciência à Sec. De Saúde Lícia Maciel, a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/656/367_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/656/367_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a Implantação de um Protocolo de Gestação de Baixo Risco, na rede de atenção básica, no município de Goiana-PE. Da presente indicação, dê-se ciência à Sec. De Saúde Lícia Maciel, a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/657/368_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/657/368_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que que seja oficiado ao Excelentíssimo Sr. Prefeito do Município, Sr. Eduardo Honório Carneiro, através das secretarias competentes, no sentido de que seja implementado o Festival de Férias, neste período de verão, nas praias de Ponta de Pedras, Catuama e Carne de Vaca.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/658/369_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/658/369_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe apelo ao Prefeito do Município Eduardo Honório Carneiro, através de embasamento legal, que a prefeitura assuma as contas de energia elétrica, bem como, o funcionário responsável pela manutenção dos serviços de abastecimento d'água da comunidade de lbiapicu no distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/659/370_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/659/370_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe apelo ao Prefeito do Município Eduardo Honório Carneiro, para a inclusão dos alunos da Comunidade "Rio do Siri", no Alecrim, no Programa de Transporte Escolar.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>Indicação que dispõe que que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja feita A REVITALIZAÇÃO DA PRAÇA MÃE RAINHA, LOCALIZADA NO LOTEAMENTO CIDADE NOVA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/667/i373.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/667/i373.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Excelentíssimo Sr. Prefeito do Município, Sr. Eduardo Honório Carneiro, através das Secretarias de Serviços Públicos e Meio Ambiente, no sentido de que seja implementado o Projeto " Operação Praia limpa ", neste período de verão, nas praias de Ponta􀀁e Pedras, Catuama e Carne de Vaca.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/668/i374.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/668/i374.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que a Vereadora com assento nesta Casa Legislativa, indica à Mesa ouvido Plenário e cumpridas as formalidades regimentais, apelo ao Prefeito do Município Eduardo Honório Carneiro, a Revitalização da Área, onde fica localizado o "Obelisco" na Beira Mar, do Loteamento Nossa Senhora da Conceição, conhecido como Sítio, na Praia de Ponta de Pedras</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/669/i375.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/669/i375.pdf</t>
   </si>
   <si>
     <t>Indicação que dispões que  seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja CONSTRUÍDA NO LOTEAMENTO FITEG, UMA CRECHE, HAJA VISTA A TENDER AS MÃES DAS COMUNIDADES: IMPOEIRA, BALDO DO RIO, CURTUME, VILA OPERÁRIA, RUA A TRAZ DO CARMO E BOM TEMPO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/670/i376.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/670/i376.pdf</t>
   </si>
   <si>
     <t>Indicação que dispões que, depois de ouvido o plenário em sua forma regimental, que seja oficiado ao Exmo. Sr. Prefeito do Município, Sr. Eduardo Honório Carneiro, para que seja visto a possibilidade de se implantar um COMPAZ na sede do Município de Goiana e mais dois COMPAZ nos distritos de Tejucupapo e Ponta de Pedras.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/671/i377.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/671/i377.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que a Vereadora com assento nesta Casa Legislativa, indica à Mesa ouvido o Plenário e cumpridas as formalidades regimentais, apelo ao Prefeito do Município Eduardo Honório Carneiro, o calçamento e saneamento do Loteamento Tanquinho 02.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/672/i378.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/672/i378.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Exmo. Sr. Eduardo Honório Carneiro - Prefeito deste Município, que seja criado_x000D_
 um Food Park na praia de Ponta de Pedras, distrito desta cidade, _x000D_
 onde um espaço deste modelo, vai gerar emprego e renda para nossos munícipes e despertando novos empreendedores, e neste espaço, dispondo de áreas para alimentação comercialização de livros, artesãos, flores, músicos, lazer, e demais atividades.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/673/i379.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/673/i379.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que O vereador Ramon Aranha, através da Indicação Parlamentar, nos termos do art. 91 Regimento Interno, e, após aprovação do plenário e demais procedimentos legais, sugere a Executivo Municipal, no sentido de que seja retomado o projeto "A RUA É NOSSA".</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/674/i380.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/674/i380.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que que seja oficiado ao Prefeito deste Município, senhor Eduardo Honório Carneiro, solicitando a reserva d um ESPAÇO PARA ARENA DE PRÁTICA ESPORTIVA, na praia de Carne de Vaca, no nosso município, Goiana-PE. _x000D_
 Da decisão desta Casa Legislativa, dê-se ciência a população. Pela vias de comunicação, rádios Goiana-FM, Nova FM, e 106.3 FM.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/675/i381.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/675/i381.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário e cumprida as formalidades regimentais, seja enviado oficio ao Senhor Prefeito Eduardo Honório, determinar ao setor competente, que veja a possibilidade de desapropriar a área da pequena igrejinha de Santa Cruz, localizado no Distrito de Ponta de Pedras.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/676/i382.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/676/i382.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que  após ouvido o plenário e cumprida as formalidades regimentais, que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja REALIZADA A DESOBSTRUÇÃO DA GALERIA DA RUA AMARO VILARIM, AO LADO DA QUADRA DO SESI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/677/i383.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/677/i383.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário cumprida as _x000D_
 formalidades regimentais seja enviado Oficio ao Senhor Prefeito do Município Eduardo Honório, determinar ao setor competente, _x000D_
 para que se faça uma praça em frente a UPA Santo Amaro, no Distrito de Ponta de Pedras.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/678/i384.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/678/i384.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que o Vereador Ramon Aranha, através da Indicação Parlamentar, nos termos do art. 91 do Regimento Interno, e, após aprovação do plenário e demais procedimentos legais, sugere ao Executivo Municipal, no sentido de que seja realizada a desapropriação e que seja concedido título de posse para a ocupação do Loteamento Sindicado.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/679/i385.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/679/i385.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que a Vereadora com assento nesta Casa Legislativa, indica à Mesa ouvido o Plenário e cumpridas as formalidades regimentais, apelo ao Prefeito do Município Eduardo Honório Carneiro, a construção de prédios próprios para funcionamento das Unidades Básicas de Saúde (UBS).</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/680/i388.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/680/i388.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para a instalação de câmeras de videomonitoramento no Cemitério Público Municipal de Goiana.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/681/i389.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/681/i389.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que ouvido o Plenário e cumpridas as formalidades regimen­tais, seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que providencie através da secre­taria competente a desobstrução e recuperação de esgoto na ave­nida Itapirema próximo a churrascaria bode Gril em Flexeiras.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/682/i390.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/682/i390.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o plenário e cumprida as formalidades regimentais, que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja feita A CAPINAÇÃO E PODA DAS ÁRVORES QUE FICAM NAS MARGENS DO RIO GOIANA, LOCALIZADO NAS COMUNIDADES IMPOEIRA E BALDO DO RIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/683/i391.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/683/i391.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que o vereador Ramon Aranha, nos termos do art. 91 do Regimento Interno, e, após aprovação do plenário e demais procedimentos legais, sugere ao Executivo Municipal, no sentido de que seja Pavimentada a Rua Raul Seixas -Nova Goiana.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/684/i392.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/684/i392.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio da Secretaria de Manutenção Geral, Abastecimento e Serviços Públicos, sejam realizados os _x000D_
 serviços de LIMPEZA, MANUTENÇÃO E DESOBSTRUÇÃO DE GALERIAS DO LOTEAMENTO SINDICATO ATÉ O LOTEAMENTO BARRO VERMELHO, em Goiana.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/685/i393.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/685/i393.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que consultado o Plenário, na forma regimental, sejam enviado ofício ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro, versando sobre a manutenção das Praças; Praça da Bíblia, Praça do Artesão e Praça do Loteamento Nossa Senhora da Conceição no município de Goiana - PE.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/686/i394.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/686/i394.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que consultado o Plenário, na forma regimental seja e caminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, com cópia a Secretária de Urbanismo, Obras e Patrimônio Arquitetônico, Sra. Isabella Soares Lopes, solicitando aos mesmos a realização de estudos e elaboração de um projeto para a viabilização de recurso financeiro para calçamento e saneamento na Rua do Sapoti, dando início próximo ao colégio capela São Sebastião, e finalizando na entrada velha de Atapuz, no distrito do Gambá. Ponto de referencia, mãe de Aline.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/687/i395.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/687/i395.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário e cumpridas as formalidades regimentais, seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretária de Obras, Sra. Isabella Soares, no sentido que seja construída uma Arena Society na sede, neste Município. _x000D_
 Da decisão desta Casa Legislativa, dê-se ciência as rádios, veículos de comunicação, blogs de Goiana-PE.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/35/03_indicacao_396_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/35/03_indicacao_396_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, veja a urgente necessidade da CONSTRUÇÃO DE UMA PRAÇA PÚBLICA, na localidade da Portelinha, em Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/33/02_indicacao_397_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/33/02_indicacao_397_2021.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe acerca da IMPLANTAÇÃO DE ASFALTO NA POVOAÇÃO DE SÃO LOURENÇO, no trecho que compreende o trevo da PE-49, seguindo até a Igreja de São Lourenço, se estendendo até o trevo de saída em direção à praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/689/l399.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/689/l399.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário e cumpridas as formalidades regimentais, seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretária de Obras, Sra. Isabella Soares, no sentido que seja construída uma Arena Society em Ponta de Pedras, distrito deste Município.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/688/i400.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/688/i400.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário e cumpridas as formalidades regimentais, seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretária de Obras, Sra. Isabella Soares, no sentido que seja construída uma Arena Society na sede, neste Município.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/330/n_001_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/330/n_001_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigação de as empresas prestadoras de serviços públicos recuperarem as vias e calçadas, que danificarem, na execução de seus serviços, e dá outras providências.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/331/n_002_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/331/n_002_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe, no âmbito do Município de Goiana/PE, sobre a proibição de exercer cargos comissionados da Administração Pública Municipal, direta e indireta, e de suas Fundações, bem como, do Poder Legislativo Municipal, pessoas que tenham sido ou que venham a ser condenadas com base na Lei n°11. 340/06, por prática de violência contra a mulher, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/332/n_004_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/332/n_004_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Subprefeitura de Ponta de Pedras e da outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/333/n_005_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/333/n_005_2021.pdf</t>
   </si>
   <si>
     <t>Institui o PROGRMA BOLSA ATLETA e das outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/334/n_007_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/334/n_007_2021.pdf</t>
   </si>
   <si>
     <t>Denomina o nome da casa da cidadania de Goiana-PE e da outras providências.</t>
   </si>
   <si>
     <t>Ramon Aranha, Ana Diamante, André Rabicó, Cid do Caranguejo, Ibson Gouveia, Mário do Peixe</t>
   </si>
   <si>
     <t>Reconhece as atividades de igrejas, templos e congêneres onde se realizem qualquer tipo de culto ou cerimônia religiosa no município de Goiana-PE como atividade essencial, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/336/n_011_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/336/n_011_2021.pdf</t>
   </si>
   <si>
     <t>Denomina de Utilidade Pública e dá outras providencias.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/337/n_013_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/337/n_013_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de disponibilizar assentos e sistemas de senhas, nas casas lotéricas de Goiana/PE, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/338/n_014_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/338/n_014_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o percentual de vagas nos estacionamentos privados no âmbito do Município de Goiana, para pessoas portadoras de deficiências e idosos e dá outras providências.</t>
   </si>
   <si>
     <t>Bruno Salsa, Alexandre Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/339/n_015_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/339/n_015_2021.pdf</t>
   </si>
   <si>
     <t>Declara como essencial a prática da atividade física e do exercício físico em estabelecimentos prestadores de serviços com essa finalidade, bem como em espaços públicos, na forma que indica.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/340/n_017_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/340/n_017_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO DE SEGURANÇA NAS ESCOLAS PÚBLICAS MUNICIPAIS DE GOIANA E CERCANIAS.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/341/n_019_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/341/n_019_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração de utilidade pública da Associação de Deficientes, Familiares e Amigos de Goiana-ASDEF AG e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/342/n_021_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/342/n_021_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento do ano 2021 como BICENTENÁRIO DA JUNTA GOVERNATIVA DE GOIANA.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/343/n_022_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/343/n_022_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização de  cadeiras de rodas, nas agências bancárias, no âmbito do Município de Goiana/PE, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/344/n_023_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/344/n_023_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a visita virtual, por meio de vídeo chamadas, de familiares a pacientes internados em decorrência do novo coronavírus (COVID-19), no Município de Goiana-PE, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/345/n_024_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/345/n_024_2021.pdf</t>
   </si>
   <si>
     <t>CRIA A PATRULHA MARIA DA PENHA, NA GUARDA MUNICIPAL DE GOIANA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/346/n_025_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/346/n_025_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe, sobre o controle de acesso nas escolas públicas no âmbito do município de Goiana/PE e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/347/n027_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/347/n027_2021.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Quilombola de Povoação de São Lourenço = AQPSL = e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/348/n028_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/348/n028_2021.pdf</t>
   </si>
   <si>
     <t>Instituí, no município de Goiana-PE, Central de Monitoramento "Goiana Segura" sobre o uso de sistema de segurança por meio de Câmeras de Vídeo e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/349/n029_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/349/n029_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO, NO CALENDÁRIO DO MUNICÍPIO DA SEMANA DE CONSCIENTIZAÇÃO E COMBATE À VIOLÊNCIA CONTRA A PESSOA IDOSA.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/350/n031_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/350/n031_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA REPRESENTAÇÃO DAS BANDEIRAS NACIONAL, DO ESTADO DE PERNAMBUCO E DO MUNICÍPIO DE GOIANA, NAS ESCOLAS E NAS REPARTIÇÕES PÚBUCAS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Ana Diamante, Ibson Gouveia, Mário do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/351/no_032_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/351/no_032_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de Erradicação da Pobreza Menstrual, no Município de Goiana, e institui a "Semana da Saúde e Higiene Menstrual" e o "Dia Municipal da Dignidade Menstrual".</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública no distrito de Tejucupapo, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/352/no_034_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/352/no_034_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE DISPONIBIUZAÇÃO DE MATERIAIS PREVENTIVOS DE SAÚDE PARA OS POLOS DE ACADEMIA DA SAÚDE DO MUNICÍPIO DE GOIANA.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/353/no_035_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/353/no_035_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA JOVEM APRENDIZ NO ÂMBITO DO MUNICÍPIO DE GOIANA-PE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/354/no_036_20211.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/354/no_036_20211.pdf</t>
   </si>
   <si>
     <t>Concessão de atendimento preferencial para doadores de sangue em bancos e comércios do município de Goiana.</t>
   </si>
   <si>
     <t>Ana Diamante, Xandy da Praia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/355/no_041_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/355/no_041_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a entrega domiciliar gratuita de medicamentos de uso contínuo à pessoa portadora de necessidade especial e/ou idosa, no âmbito do Município de Goiana/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/356/no_042_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/356/no_042_2021.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação da união dos Artesão de Goiana - AUAG - e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/357/no_043_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/357/no_043_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de avaliação dentária dos alunos da rede Pública Municipal e o devido encaminhamento para o tratamento caso necessário, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/358/no_045_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/358/no_045_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de avaliação oftalmológica dos alunos da rede Pública Municipal e o devido encaminhamento para o tratamento caso necessário, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/359/no_046_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/359/no_046_2021.pdf</t>
   </si>
   <si>
     <t>Institui a inclusão do símbolo Mundial de Autismo, nas placas de atendimento preferencial dos estabelecimentos públicos e privados, no âmbito do Município de Goiana/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>Eduardo Batista, Cid do Caranguejo, Edson da Farmácia, Pedro Henrique, Ramon Aranha</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/360/no_047_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/360/no_047_2021.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público e dá outras providências.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/361/no_050_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/361/no_050_2021.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Ciclista no Município, a ser comemorado na data de 11 de março e dá outras providências.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/362/no_051_2021.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/363/no_054_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/362/no_051_2021.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/363/no_054_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade para as escolas municipais, públicas e privadas, o dever de promover treinamento de primeiros socorros aos alunos, para fins de atendimento emergencial no município de Goiana, e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/364/no_055_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/364/no_055_2021.pdf</t>
   </si>
   <si>
     <t>Institui o programa "Adote uma árvore e tome Goiana mais verde", no âmbito do Município, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/365/no_057_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/365/no_057_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o calendário de comemorações do Bicentenário da Junta Governativa de Goiana e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/366/no_058_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/366/no_058_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO DE SEGURANÇA NAS UNIDADES DE SAUDE MUNICIPAIS DE GOIANA E CERCANIAS, E DÁ OUTRAS PROVIDÊNCIAS .</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/367/no_060_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/367/no_060_2021.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Goiana, o Programa Mulher Independente, destinado ao apoio na geração de emprego e renda às mulheres em situação de violência doméstica e familiar, e dá outras providências.</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/283/pr_001_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/283/pr_001_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação, organização e funcionamento da Ouvidoria da Câmara Municipal de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>Alexandre Carvalho, Ana de Marcílio, Ana Diamante, André Rabicó, Bruno Salsa, Carlos Viegas, Cid do Caranguejo, Edson da Farmácia, Eduardo Batista, Ibson Gouveia, Mário do Peixe, Pedro Henrique, Ramon Aranha, Renato Sandre, Xandy da Praia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/284/pr_002_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/284/pr_002_2021.pdf</t>
   </si>
   <si>
     <t>Altera o § 8º do art ,7° da Resolução n.1.566/92 - Regimento Interno da Câmara Municipal de Goiana-PE, e dá outras providências.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/289/pdl_001_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/289/pdl_001_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da medalha José Pinto de Abreu, e dá outras providencias.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/290/pdl_002_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/290/pdl_002_2021.pdf</t>
   </si>
   <si>
     <t>Outorga o titulo de cidadania honorária e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/291/pdl_003_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/291/pdl_003_2021.pdf</t>
   </si>
   <si>
     <t>Outorga a medalha José Pinto de Abreu, e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/292/pdl_004_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/292/pdl_004_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre indicação de representantes da Câmara Mun. de Goiana e dá outras providencias.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/293/pdl_005_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/293/pdl_005_2021.pdf</t>
   </si>
   <si>
     <t>Outorga o titulo de Cidadania honorária Goianense ao Sr. Josemir Camilo de Melo e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/294/pdl_006_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/294/pdl_006_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre indicação de representante da Câmara Municipal de Goiana, para compor a Comissão Municipal Organizadora das comemorações alusivas aos duzentos anos da JUNTA GOVERNATIVA DE GOIANA, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/295/pdl_007_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/295/pdl_007_2021.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE  CIDADANIA HONORÁRIA GOIANENSE A José Mário Gomes Marinho  E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/296/pdl_008_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/296/pdl_008_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Goianense ao Sr. Alexandre Medeiros de Albuquerque dos Santos Lima, professor, enfermeiro e empresário do município de Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/297/pdl_009_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/297/pdl_009_2021.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Goianense ao Pastor Wagner Luiz Bispo e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/298/pdl_010_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/298/pdl_010_2021.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADANIA HONORÁRIA GOIANENSE A SR. MARCOS FERNANDO SILVEIRA NOGUEIRA.  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/299/pdl_011_2011.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/299/pdl_011_2011.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário a Ivanildo Ferreira dos Santos Filho e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/300/pdl_012_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/300/pdl_012_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre indicação de representantes da Câmara Municipal de Goiana, em Conselhos Municipais e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/301/pdl_013_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/301/pdl_013_2021.pdf</t>
   </si>
   <si>
     <t>Fixa a Proposta Parcial Orçamentária da Camara Municipal de Goiana, para o exercício de 2022, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/302/pdl_014_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/302/pdl_014_2021.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadania honorária goianense a Thereza Carmen Alvim de Souza, e dá outras providencias.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/303/pdl_015_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/303/pdl_015_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a APROVAÇÃO DAS CONTAS do Município de Goiana/PE, concernente ao exercício financeiro de 2017.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/304/pdl_016_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/304/pdl_016_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Goianense a Empresária e Professora Suellen dos Santos Medeiros, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/305/pdl_017_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/305/pdl_017_2021.pdf</t>
   </si>
   <si>
     <t>Outorga o título de Cidadania Honorária Goianense a Andrea Rodrigues da Silveira e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/306/pdl_018_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/306/pdl_018_2021.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Goianense a Defensora Pública Ora. Erika Karla Farias Moura Diniz e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/85/40_projeto_dec_leg_019.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/85/40_projeto_dec_leg_019.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADANIA HONORÁRIA DE GOIANA A Marcos José Rodrigues César de Albuquerque, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/307/pdl_020_2021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/307/pdl_020_2021.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária Goianense a Ana Paula de Brito e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5869,67 +5869,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/154/requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/158/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/179/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_21_ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_28-ok.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_34_1_ok.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/243/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/267/requerimento_77.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/268/requerimento_78.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/269/requerimento_79.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_80.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/271/requerimento_81.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/272/requerimento_82.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/273/requerimento_83.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento_84.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_85.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/276/requerimento_86.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_87.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento_89.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_90.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento_91.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento_92.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento_232.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/95/002_indicacao_002_2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/103/003_indicacao_003_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/131/004_indicacao_004_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/132/005_indicacao_005_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/133/006_indicacao_006_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/134/007_indicacao_007_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/135/008_indicacao_008_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/136/009_indicacao_009_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/139/012_indicacao_012_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/140/013_indicacao_013_2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/141/014_indicacao_014_2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/142/015_indicacao_015_2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/144/017_indicacao_017_2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/145/018_indicacao_018_2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/146/019_indicacao_019_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/147/020_indicacao_020_2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/148/021_indicacao_021_2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/149/022_indicacao_022_2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/150/023_indicacao_023_2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/151/024_indicacao_024_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/152/025_indicacao_025_2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/153/026_indicacao_026_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/156/027_indicacao_027_2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/159/028_indicacao_028_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/161/029_indicacao_029_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/163/030_indicacao_030_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/165/031_indicacao_031_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/167/032_indicacao_032_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/168/033_indicacao_033_2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/171/034_indicacao_034_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/174/035_indicacao_035_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/177/036_indicacao_036_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/182/037_indicacao_037_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/183/038_indicacao_038_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/185/039_indicacao_039_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/186/040_indicacao_040_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/188/041_indicacao_041_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/189/042_indicacao_042_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/191/043_indicacao_043_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/192/044_indicacao_044_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/194/045_indicacao_045_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/196/047_indicacao_047_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/197/048_indicacao_048_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/198/049_indicacao_049_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/199/050_indicacao_050_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/200/051_indicacao_051_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/201/052_indicacao_052_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/205/053_indicacao_053_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/206/055_indicacao_055_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/225/056_indicacao_056_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/226/057_indicacao_057_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/227/058_indicacao_058_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/229/060_indicacao_060_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/231/062_indicacao_062_2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/232/063_indicacao_063_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/311/064_indicacao_064_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/312/065_indicacao_065_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/313/066_indicacao_066_2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/314/067_indicacao_067_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/315/068_indicacao_068_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/316/069_indicacao_069_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/317/070_indicacao_070_2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/318/071_indicacao_071_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/319/073_indicacao_073_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/320/074_indicacao_074_2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/321/075_indicacao_075_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/322/076_indicacao_076_2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/323/077_indicacao_077_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/324/078_indicacao_078_2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/325/079_indicacao_079_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/326/080_indicacao_080_2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/327/081_indicacao_081_2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/328/082_indicacao_082_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/329/083_indicacao_084_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/381/085_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/382/085_indicacao_086_2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/383/086_indicacao_088_2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/384/087_indicacao_089_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/385/087_indicacao_090_2021_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/386/089_indicacao_091_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/387/090_indicacao_093_2021_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/388/091_indicacao_094_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/389/092_indicacao_095_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/390/093_indicacao_096_2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/391/094_indicacao_097_2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/392/095_indicacao_098_2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/393/096_indicacao_099_2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/394/097_indicacao_100_2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/395/098_indicacao_101_2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/396/099_indicacao_102_2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/397/100_indicacao_103_2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/398/101_indicacao_104_2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/399/102_indicacao_105_2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/400/103_indicacao_106_2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/401/104_indicacao_107_2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/402/105_indicacao_108_2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/403/106_indicacao_109_2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/404/107_indicacao_110_2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/405/108_indicacao_111_2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/406/109_indicacao_112_2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/407/110_indicacao_113_2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/408/111_indicacao_114_2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/409/112_indicacao_115_2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/410/113_indicacao_116_2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/411/114_indicacao_117_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/412/115_indicacao_118_2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/413/116_indicacao_119_2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/414/117_indicacao_120_2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/415/118_indicacao_121_2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/416/119_indicacao_122_2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/417/120_indicacao_123_2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/418/121_indicacao_124_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/419/122_indicacao_125_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/420/123_indicacao_126_2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/421/124_indicacao_127_2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/422/125_indicacao_128_2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/423/126_indicacao_129_2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/424/127_indicacao_130_2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/425/128_indicacao_131_2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/426/129_indicacao_132_2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/427/130_indicacao_133_2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/428/131_indicacao_134_2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/429/132_indicacao_135_2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/430/133_indicacao_136_2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/431/134_indicacao_137_2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/432/135_indicacao_138_2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/433/136_indicacao_139_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/434/137_indicacao_140_2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/435/138_indicacao_141_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/436/139_indicacao_142_2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/437/140_indicacao_143_2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/438/141_indicacao_144_2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/439/142_indicacao_145_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/440/143_indicacao_146_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/441/144_indicacao_147_2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/442/145_indicacao_148_2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/443/146_indicacao_149_2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/444/147_indicacao_150_2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/445/148_indicacao_151_2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/446/149_indicacao_152_2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/447/150_indicacao_153_2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/448/151_indicacao_154_2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/449/152_indicacao_155_2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/450/153_indicacao_156_2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/451/154_indicacao_157_2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/452/155_indicacao_158_2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/453/156_indicacao_159_2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/454/157_indicacao_160_2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/455/158_indicacao_161_2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/456/159_indicacao_162_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/457/160_indicacao_163_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/458/161_indicacao_164_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/459/162_indicacao_165_2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/460/163_indicacao_166_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/461/164_indicacao_167_2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/462/165_indicacao_168_2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/463/166_indicacao_169_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/464/167_indicacao_170_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/465/168_indicacao_171_2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/466/169_indicacao_172_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/467/170_indicacao_174_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/468/171_indicacao_175_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/469/171_indicacao_176_2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/470/173_indicacao_177_2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/471/174_indicacao_178_2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/472/175_indicacao_179_2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/473/176_indicacao_180_2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/474/177_indicacao_181_2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/475/178_indicacao_182_2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/476/179_indicacao_183_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/477/180_indicacao_185_2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/478/181_indicacao_186_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/479/182_indicacao_187_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/480/183_indicacao_188_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/481/184_indicacao_189_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/482/185_indicacao_190_2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/483/186_indicacao_191_2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/484/187_indicacao_192_2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/485/188_indicacao_193_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/486/189_indicacao_194_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/487/190_indicacao_195_2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/488/191_indicacao_196_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/489/192_indicacao_197_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/490/193_indicacao_198_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/491/194_indicacao_199_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/492/195_indicacao_200_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/493/196_indicacao_201_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/494/197_indicacao_202_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/495/198_indicacao_203_2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/496/199_indicacao_204_2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/497/200_indicacao_205_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/498/201_indicacao_206_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/499/202_indicacao_207_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/500/203_indicacao_208_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/501/204_indicacao_209_2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/502/205_indicacao_210_2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/503/206_indicacao_211_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/504/207_indicacao_212_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/505/208_indicacao_213_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/506/209_indicacao_214_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/507/210_indicacao_215_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/508/211_indicacao_216_2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/509/212_indicacao_217_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/510/218_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/511/219_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/512/220_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/513/221_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/514/222_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/515/222_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/516/224_2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/517/225_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/518/226_2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/519/227_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/520/228_2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/521/229_2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/522/230_2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/523/231_2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/524/233_2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/525/234_2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/526/235_2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/527/236_2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/661/i237.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/528/238_2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/529/239_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/530/240_2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/531/241_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/532/242_2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/533/243_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/534/244_2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/535/245_2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/536/246_2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/537/247_2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/538/248_2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/539/249_2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/540/250_2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/541/251_2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/542/252_2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/543/253_2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/544/254_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/545/255_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/546/256_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/547/257_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/548/258_2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/549/259_2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/550/260_2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/551/261_2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/552/262_2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/553/263_2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/554/264_2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/555/265_2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/556/266_2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/557/267_2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/558/268_2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/559/269_2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/560/270_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/561/271_2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/562/272_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/563/273_2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/564/274_2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/565/275_2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/566/276_2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/662/i277.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/581/278_2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/582/279_2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/583/280_2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/584/281_2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/585/282_2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/586/283_2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/587/284_2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/588/285_2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/589/286_2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/590/287_2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/591/288_2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/592/290_2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/593/291_2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/594/292_2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/595/293_2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/596/294_2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/597/295_2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/598/296_2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/599/297_2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/600/298_2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/601/299_2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/602/300_2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/603/301_2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/604/302_2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/605/304_2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/606/305_2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/607/306_2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/608/307_2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/609/309_2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/610/311_2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/611/312_2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/612/313_2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/613/314_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/614/315_2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/615/316_2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/616/317_2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/617/318_2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/618/319_2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/619/320_2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/620/321_2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/621/322_2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/622/323_2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/623/324_2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/624/325_2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/625/326_2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/626/327_2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/627/328_2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/628/329_2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/629/330_2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/663/i332.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/630/333_2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/631/344_2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/664/i335.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/632/336_2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/633/337_2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/634/338_2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/635/339_2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/636/340_2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/637/341_2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/638/342_2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/639/343_2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/640/344_2021.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/641/345_2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/660/346_2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/642/347_2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/643/348_2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/644/349_2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/645/350_2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/646/351_2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/647/352_2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/648/354_2021_3.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/649/355_2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/650/357_2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/651/358_2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/652/359_2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/665/i363.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/653/364_2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/654/365_2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/655/366_2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/656/367_2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/657/368_2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/658/369_2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/659/370_2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/667/i373.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/668/i374.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/669/i375.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/670/i376.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/671/i377.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/672/i378.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/673/i379.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/674/i380.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/675/i381.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/676/i382.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/677/i383.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/678/i384.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/679/i385.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/680/i388.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/681/i389.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/682/i390.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/683/i391.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/684/i392.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/685/i393.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/686/i394.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/687/i395.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/35/03_indicacao_396_2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/33/02_indicacao_397_2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/689/l399.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/688/i400.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/330/n_001_2021.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/331/n_002_2021.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/332/n_004_2021.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/333/n_005_2021.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/334/n_007_2021.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/336/n_011_2021.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/337/n_013_2021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/338/n_014_2021.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/339/n_015_2021.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/340/n_017_2021.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/341/n_019_2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/342/n_021_2021.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/343/n_022_2021.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/344/n_023_2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/345/n_024_2021.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/346/n_025_2021.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/347/n027_2021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/348/n028_2021.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/349/n029_2021.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/350/n031_2021.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/351/no_032_2021.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/352/no_034_2021.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/353/no_035_2021.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/354/no_036_20211.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/355/no_041_2021.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/356/no_042_2021.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/357/no_043_2021.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/358/no_045_2021.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/359/no_046_2021.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/360/no_047_2021.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/361/no_050_2021.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/362/no_051_2021.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/363/no_054_2021.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/364/no_055_2021.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/365/no_057_2021.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/366/no_058_2021.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/367/no_060_2021.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/283/pr_001_2021.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/284/pr_002_2021.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/289/pdl_001_2021.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/290/pdl_002_2021.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/291/pdl_003_2021.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/292/pdl_004_2021.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/293/pdl_005_2021.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/294/pdl_006_2021.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/295/pdl_007_2021.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/296/pdl_008_2021.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/297/pdl_009_2021.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/298/pdl_010_2021.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/299/pdl_011_2011.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/300/pdl_012_2021.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/301/pdl_013_2021.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/302/pdl_014_2021.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/303/pdl_015_2021.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/304/pdl_016_2021.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/305/pdl_017_2021.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/306/pdl_018_2021.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/85/40_projeto_dec_leg_019.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/307/pdl_020_2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/154/requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/158/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/179/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_21_ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_28-ok.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_34_1_ok.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/243/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/267/requerimento_77.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/268/requerimento_78.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/269/requerimento_79.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_80.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/271/requerimento_81.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/272/requerimento_82.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/273/requerimento_83.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento_84.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_85.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/276/requerimento_86.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_87.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento_89.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_90.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento_91.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento_92.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento_232.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/95/002_indicacao_002_2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/103/003_indicacao_003_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/131/004_indicacao_004_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/132/005_indicacao_005_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/133/006_indicacao_006_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/134/007_indicacao_007_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/135/008_indicacao_008_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/136/009_indicacao_009_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/139/012_indicacao_012_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/140/013_indicacao_013_2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/141/014_indicacao_014_2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/142/015_indicacao_015_2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/144/017_indicacao_017_2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/145/018_indicacao_018_2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/146/019_indicacao_019_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/147/020_indicacao_020_2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/148/021_indicacao_021_2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/149/022_indicacao_022_2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/150/023_indicacao_023_2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/151/024_indicacao_024_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/152/025_indicacao_025_2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/153/026_indicacao_026_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/156/027_indicacao_027_2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/159/028_indicacao_028_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/161/029_indicacao_029_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/163/030_indicacao_030_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/165/031_indicacao_031_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/167/032_indicacao_032_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/168/033_indicacao_033_2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/171/034_indicacao_034_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/174/035_indicacao_035_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/177/036_indicacao_036_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/182/037_indicacao_037_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/183/038_indicacao_038_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/185/039_indicacao_039_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/186/040_indicacao_040_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/188/041_indicacao_041_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/189/042_indicacao_042_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/191/043_indicacao_043_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/192/044_indicacao_044_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/194/045_indicacao_045_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/196/047_indicacao_047_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/197/048_indicacao_048_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/198/049_indicacao_049_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/199/050_indicacao_050_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/200/051_indicacao_051_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/201/052_indicacao_052_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/205/053_indicacao_053_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/206/055_indicacao_055_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/225/056_indicacao_056_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/226/057_indicacao_057_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/227/058_indicacao_058_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/229/060_indicacao_060_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/231/062_indicacao_062_2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/232/063_indicacao_063_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/311/064_indicacao_064_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/312/065_indicacao_065_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/313/066_indicacao_066_2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/314/067_indicacao_067_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/315/068_indicacao_068_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/316/069_indicacao_069_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/317/070_indicacao_070_2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/318/071_indicacao_071_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/319/073_indicacao_073_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/320/074_indicacao_074_2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/321/075_indicacao_075_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/322/076_indicacao_076_2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/323/077_indicacao_077_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/324/078_indicacao_078_2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/325/079_indicacao_079_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/326/080_indicacao_080_2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/327/081_indicacao_081_2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/328/082_indicacao_082_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/329/083_indicacao_084_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/381/085_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/382/085_indicacao_086_2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/383/086_indicacao_088_2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/384/087_indicacao_089_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/385/087_indicacao_090_2021_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/386/089_indicacao_091_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/387/090_indicacao_093_2021_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/388/091_indicacao_094_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/389/092_indicacao_095_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/390/093_indicacao_096_2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/391/094_indicacao_097_2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/392/095_indicacao_098_2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/393/096_indicacao_099_2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/394/097_indicacao_100_2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/395/098_indicacao_101_2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/396/099_indicacao_102_2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/397/100_indicacao_103_2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/398/101_indicacao_104_2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/399/102_indicacao_105_2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/400/103_indicacao_106_2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/401/104_indicacao_107_2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/402/105_indicacao_108_2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/403/106_indicacao_109_2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/404/107_indicacao_110_2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/405/108_indicacao_111_2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/406/109_indicacao_112_2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/407/110_indicacao_113_2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/408/111_indicacao_114_2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/409/112_indicacao_115_2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/410/113_indicacao_116_2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/411/114_indicacao_117_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/412/115_indicacao_118_2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/413/116_indicacao_119_2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/414/117_indicacao_120_2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/415/118_indicacao_121_2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/416/119_indicacao_122_2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/417/120_indicacao_123_2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/418/121_indicacao_124_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/419/122_indicacao_125_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/420/123_indicacao_126_2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/421/124_indicacao_127_2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/422/125_indicacao_128_2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/423/126_indicacao_129_2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/424/127_indicacao_130_2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/425/128_indicacao_131_2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/426/129_indicacao_132_2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/427/130_indicacao_133_2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/428/131_indicacao_134_2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/429/132_indicacao_135_2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/430/133_indicacao_136_2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/431/134_indicacao_137_2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/432/135_indicacao_138_2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/433/136_indicacao_139_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/434/137_indicacao_140_2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/435/138_indicacao_141_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/436/139_indicacao_142_2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/437/140_indicacao_143_2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/438/141_indicacao_144_2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/439/142_indicacao_145_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/440/143_indicacao_146_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/441/144_indicacao_147_2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/442/145_indicacao_148_2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/443/146_indicacao_149_2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/444/147_indicacao_150_2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/445/148_indicacao_151_2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/446/149_indicacao_152_2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/447/150_indicacao_153_2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/448/151_indicacao_154_2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/449/152_indicacao_155_2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/450/153_indicacao_156_2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/451/154_indicacao_157_2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/452/155_indicacao_158_2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/453/156_indicacao_159_2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/454/157_indicacao_160_2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/455/158_indicacao_161_2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/456/159_indicacao_162_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/457/160_indicacao_163_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/458/161_indicacao_164_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/459/162_indicacao_165_2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/460/163_indicacao_166_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/461/164_indicacao_167_2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/462/165_indicacao_168_2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/463/166_indicacao_169_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/464/167_indicacao_170_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/465/168_indicacao_171_2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/466/169_indicacao_172_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/467/170_indicacao_174_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/468/171_indicacao_175_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/469/171_indicacao_176_2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/470/173_indicacao_177_2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/471/174_indicacao_178_2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/472/175_indicacao_179_2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/473/176_indicacao_180_2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/474/177_indicacao_181_2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/475/178_indicacao_182_2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/476/179_indicacao_183_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/477/180_indicacao_185_2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/478/181_indicacao_186_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/479/182_indicacao_187_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/480/183_indicacao_188_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/481/184_indicacao_189_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/482/185_indicacao_190_2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/483/186_indicacao_191_2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/484/187_indicacao_192_2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/485/188_indicacao_193_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/486/189_indicacao_194_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/487/190_indicacao_195_2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/488/191_indicacao_196_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/489/192_indicacao_197_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/490/193_indicacao_198_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/491/194_indicacao_199_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/492/195_indicacao_200_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/493/196_indicacao_201_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/494/197_indicacao_202_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/495/198_indicacao_203_2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/496/199_indicacao_204_2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/497/200_indicacao_205_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/498/201_indicacao_206_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/499/202_indicacao_207_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/500/203_indicacao_208_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/501/204_indicacao_209_2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/502/205_indicacao_210_2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/503/206_indicacao_211_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/504/207_indicacao_212_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/505/208_indicacao_213_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/506/209_indicacao_214_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/507/210_indicacao_215_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/508/211_indicacao_216_2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/509/212_indicacao_217_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/510/218_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/511/219_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/512/220_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/513/221_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/514/222_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/515/222_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/516/224_2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/517/225_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/518/226_2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/519/227_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/520/228_2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/521/229_2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/522/230_2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/523/231_2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/524/233_2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/525/234_2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/526/235_2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/527/236_2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/661/i237.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/528/238_2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/529/239_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/530/240_2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/531/241_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/532/242_2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/533/243_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/534/244_2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/535/245_2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/536/246_2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/537/247_2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/538/248_2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/539/249_2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/540/250_2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/541/251_2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/542/252_2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/543/253_2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/544/254_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/545/255_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/546/256_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/547/257_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/548/258_2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/549/259_2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/550/260_2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/551/261_2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/552/262_2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/553/263_2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/554/264_2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/555/265_2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/556/266_2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/557/267_2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/558/268_2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/559/269_2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/560/270_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/561/271_2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/562/272_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/563/273_2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/564/274_2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/565/275_2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/566/276_2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/662/i277.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/581/278_2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/582/279_2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/583/280_2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/584/281_2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/585/282_2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/586/283_2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/587/284_2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/588/285_2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/589/286_2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/590/287_2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/591/288_2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/592/290_2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/593/291_2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/594/292_2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/595/293_2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/596/294_2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/597/295_2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/598/296_2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/599/297_2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/600/298_2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/601/299_2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/602/300_2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/603/301_2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/604/302_2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/605/304_2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/606/305_2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/607/306_2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/608/307_2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/609/309_2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/610/311_2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/611/312_2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/612/313_2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/613/314_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/614/315_2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/615/316_2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/616/317_2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/617/318_2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/618/319_2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/619/320_2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/620/321_2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/621/322_2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/622/323_2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/623/324_2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/624/325_2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/625/326_2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/626/327_2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/627/328_2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/628/329_2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/629/330_2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/663/i332.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/630/333_2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/631/344_2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/664/i335.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/632/336_2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/633/337_2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/634/338_2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/635/339_2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/636/340_2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/637/341_2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/638/342_2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/639/343_2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/640/344_2021.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/641/345_2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/660/346_2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/642/347_2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/643/348_2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/644/349_2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/645/350_2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/646/351_2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/647/352_2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/648/354_2021_3.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/649/355_2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/650/357_2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/651/358_2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/652/359_2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/665/i363.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/653/364_2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/654/365_2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/655/366_2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/656/367_2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/657/368_2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/658/369_2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/659/370_2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/667/i373.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/668/i374.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/669/i375.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/670/i376.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/671/i377.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/672/i378.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/673/i379.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/674/i380.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/675/i381.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/676/i382.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/677/i383.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/678/i384.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/679/i385.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/680/i388.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/681/i389.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/682/i390.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/683/i391.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/684/i392.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/685/i393.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/686/i394.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/687/i395.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/35/03_indicacao_396_2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/33/02_indicacao_397_2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/689/l399.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/688/i400.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/330/n_001_2021.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/331/n_002_2021.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/332/n_004_2021.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/333/n_005_2021.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/334/n_007_2021.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/336/n_011_2021.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/337/n_013_2021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/338/n_014_2021.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/339/n_015_2021.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/340/n_017_2021.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/341/n_019_2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/342/n_021_2021.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/343/n_022_2021.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/344/n_023_2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/345/n_024_2021.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/346/n_025_2021.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/347/n027_2021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/348/n028_2021.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/349/n029_2021.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/350/n031_2021.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/351/no_032_2021.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/352/no_034_2021.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/353/no_035_2021.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/354/no_036_20211.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/355/no_041_2021.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/356/no_042_2021.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/357/no_043_2021.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/358/no_045_2021.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/359/no_046_2021.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/360/no_047_2021.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/361/no_050_2021.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/362/no_051_2021.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/363/no_054_2021.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/364/no_055_2021.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/365/no_057_2021.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/366/no_058_2021.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/367/no_060_2021.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/283/pr_001_2021.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/284/pr_002_2021.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/289/pdl_001_2021.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/290/pdl_002_2021.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/291/pdl_003_2021.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/292/pdl_004_2021.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/293/pdl_005_2021.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/294/pdl_006_2021.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/295/pdl_007_2021.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/296/pdl_008_2021.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/297/pdl_009_2021.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/298/pdl_010_2021.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/299/pdl_011_2011.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/300/pdl_012_2021.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/301/pdl_013_2021.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/302/pdl_014_2021.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/303/pdl_015_2021.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/304/pdl_016_2021.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/305/pdl_017_2021.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/306/pdl_018_2021.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/85/40_projeto_dec_leg_019.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2021/307/pdl_020_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H526"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="217.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>