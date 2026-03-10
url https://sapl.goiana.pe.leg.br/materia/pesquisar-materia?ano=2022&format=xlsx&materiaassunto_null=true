--- v0 (2026-01-20)
+++ v1 (2026-03-10)
@@ -54,4713 +54,4713 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Ibson Gouveia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/15/15_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/15/15_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à	Mesa, cumpridas as formalidades regimentais, VOTO DE PROFUNDO PESAR pelo falecimento do Sr. LENILTON MORAIS DE OLIVEIRA, ocorrido no último dia 29 de janeiro de2022.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Carlos Viegas</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/14/14_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/14/14_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>CARLOS VIÉGAS JÚNIOR, Vereador com assento nesta Casa, Requeiro à Mesa, após ouvido o Plenário e cumprida as formalidades regimentais, seja Oficiado ao Exmo. Sr. Paulo Câmara, Governador do Estado de Pernambuco, e ao Exmo. Secretário Estadual de JJefesa Social Humberto FreJre de Barros, no sentido que sejam adotadas as providências cabíveis, para REATIVAÇAO DO POSTO POLICIAL DO POVOADO DE SAO LOURENÇO, distrito deste Município.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>André Rabicó</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/13/13_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/13/13_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário em sua forma regimental, que seja consignado nos trabalhos desta Casa Legislativa um VOTO DE APLAUSOS ao Senhor Riosivaldo Feliciano de Sá, pelo excelente trabalho que desempenha como enfermeiro, na unidade de saúde do Engenho Ubú, tratando todos os Goianenses de forma humana.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Eduardo Batista</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/12/12_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/12/12_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, depois de ouvido o Plenário em sua forma regimental, que seja consignado na Ata dos trabalhos desta Casa Legislativa, um VOTO DE APLAUSO ao Dr. Joaquim José de Barros Dias, pela sua promoção para o cargo de Subprocurador Geral da República, conforme Portaria PGR/MPF n. 800, de 16 de dezembro de 2021, do senhor Procurador Geral da República, Dr. Antônio Augusto Brandão de Aras.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/11/11_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/11/11_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO a Mesa, após ouvido o plenário   nos termos regimentais, que seja enviado ofício ao Senhor Diretor Presidente do Departamento de Estradas de Rodagem- DER , Dr. Maurício Canuto Mendes, com endereço na Av. Cruz Cabugá, 1033, Santo Amaro, Recife/PE, 050040-912,no sentido de que sejam tomar as devidas e urgentes providências no sentido de autoriza os serviços de sinalização da rodovia PE 62, que liga o Município de Goiana ao Município de Condado, assim como, um reparo na mesma PE, especificamente no trevo com a PE 75, neste Município.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Ana Diamante</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/10/10_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/10/10_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa, cumpridas as formalidades regimentais, VOTO DE PROFUNDO PESAR pelo falecimento da Sra. $ ENINARODRIGUES PRIMO, ocorrido no último dia 04 de fevereiro de 2022, na cidade do Goiana, Estado de Pernambuco.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/56/31_requerimento_007.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/56/31_requerimento_007.pdf</t>
   </si>
   <si>
     <t>Requerimento que consigna aos trabalhos da casa, VOTO DE APLAUSOS aos Senhores Adriano de França Oliveira, Davi Vieira de Souza, Everaldo Luiz Santos da Cruz e Reginaldo Antônio de Castro, funcionários da empresa de limpeza urbana do município, pelo excelente trabalho de limpeza que desempenham no distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/55/30_requerimento_008.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/55/30_requerimento_008.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe sobre o envio de expediente ao llmo. Sr. Secretário de Defesa Social de Pernambuco, Dr. Humberto de Freire Barros, Rua São Geraldo, nº 111, Santo Amaro, Recife/PE., solicitando que sejam envidados esforços no sentido de que seja instalada com a brevidade possível a Delegacia de Polícia do distrito de Ponta de Pedras neste Município, visando, com isto, oferecer maior segurança à população daquele distrito, que, como toda a população brasileira sofre com os altos índices de violência em nosso País.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Ramon Aranha</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/9/9_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/9/9_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa depois de ouvido o Plenário em sua forma regimental, que seja consignada na ATA dos trabalhos desta Casa Legislativa, "VOTO DE APLAUSO" a Sra. MARIA DO SOCORRO VENANCIO SILVA Professora e Gestora da Escola Municipal Irmã Marie Armelle Falguiéres, pelos relevantes serviços prestados à frente da mesma.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/8/8_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/8/8_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário em sua forma regimental, que seja incluido nos trabalhos desta Casa Legislativa um VOTO DE APLAUSOS aos integrantes da Polícia Militar de Pernambuco, RUAN NUNES VICENTE JOSÉ IDALINO DOS ANJOS, LEANDRO DE SOUSA OLIVEIRA, RONALDQ ADRIANO ANDRADE SILVA, HUGO LUIZ ALMEIDA DA SILVA, PEDRO AMÉRICO GUIMARÃES FILHO, DANIEL ALCANTARA DA SILVA, CHARLES   ALEXANDRE   ALMEIDA   MOURA,   ISAÍAS   ANTÔNIO   DE CARVALHO PINHEIRO, KELVIN EMANUEL TERROZO DE SOUZA, JORGE VITOR ARAUJO SOUZA, ARTHUR NUNES DE QUEIROZ, LUIZ HENRIQUE SOARES DE CASTILHO, ELVYS CÂNDIDO DA SILVA BARBOSA e MILLER JOSÉ BARRETO DE LIMA, pelo excelente trabalho e desempenho das atividades de polícia preventiva e ostensiva que promovem no Posto Policial da PMPE instalado no distrito de Ponta de Pedras, vinculado à 3ª Companhia Independente de Polícia Militar, em Goiana</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/38/14_requerimento_012.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/38/14_requerimento_012.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a implantação nesta Cidade, de um centro de provas para exames prático de direção, haja visto que, as pessoas que necessitam de tais serviços e que residem neste Município, carecem de se deslocarem para outros Municípios</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/233/53_requerimento_13_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/233/53_requerimento_13_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, nos termos do Art. 66, do regimento interno da Câmara Municipal de Goiana, destinar o grande expediente da sessão do dia 08 de março de 2022, para realização de homenagem, em comemoração ao Dia Internacional da mulher.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/24/requerimento_014.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/24/requerimento_014.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de Voto de Aplausos, ao Senhor Álvaro Luís Nunes Amorim, pelo honroso título de campeão no Fight Goiana 2022, competição de MMA, ocorrida no último dia 04 de março do corrente, no Ginásio Tancredo Neves, em Goiana-PE.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Pedro Henrique</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/76/requerimento_15_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/76/requerimento_15_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja encaminhado ao Excelentíssimo Senhor Diretor Geral do DER/PE, requerimento solicitando o seguinte: Construção de um Abrigo (Ponto de Ônibus) na entrada do Loteamento São Pedro e adjacências localizado na Praia de Ponta de Pedras no Km 24 da rodovia PE-49.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_16_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_16_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de Voto de Aplausos, aos Srs. ANIVALDO JOSÉ DOS SANTOS, MARCOS AURÉLIO CABRAL DA SILVA, JOSIVALDO FELICIANO DA SILVA, JANELSON LOUIS BELARMINO RODIGUES, RODRIGO JOSÉ DA SILVA, ELVES JUSTISNO DA SILVA, VANDERLAN FENELON COSTA DE FRANÇA E ELIV ALTER MIGUEL BARBOSA DOS SANTOS, organizadores do FIGHT GOIANA V ALE TUDO 2022, realizado no ultimo dia 04 de março no Ginásio Municipal Tancredo Neves.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/81/requerimento_17_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/81/requerimento_17_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja enviado expediente a llma. Sra. Secretária de Educação do município de Goiana/PE, Sra. Maria Goretti, conforme as prerrogativas deste Poder Legislativo amparada pelo art. 187, inc. 1, do Regimento Interno desta Casa Legislativa e Art. 37, inc. XIII, da Lei Orgânica do Município, ocasião em que a referida secretária prestará esclarecimentos sobre o IDEB (Índice de Desenvolvimento da Educação Básica) de Goiana e, apresentando soluções para melhorar nossa colocação, tendo em vista que estamos na 16º posição no IDEB da Zona da Mata.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/80/requerimento_18_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/80/requerimento_18_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de Voto de Aplausos, para o Deputado Eriberto Medeiros, pela feliz iniciativa de propor ao Plenário da Assembléia Legislativa do Estado de Pernambuco, o Projeto de Lei nº 2870/2021, denominando de Deputado Antônio Correia de Oliveira Andrade Filho, a PE -004, o trecho que liga a entrada da PE 062 (Condado) até a entrada da PE-075, (P /Itambé).</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/79/requerimento_19_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/79/requerimento_19_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de Voto de Aplausos, a Coordenadora da Farmácia e CAF (central de abastecimento farmacêutico) REBEKA ALVES FEITOSA DOS SANTOS RIOS e a toda sua equipe, pelo brilhante trabalho a frente destes serviços.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Cid do Caranguejo</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/78/requerimento_20_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/78/requerimento_20_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de Voto de Aplausos, ao senhor Josemares Bandeira de Sousa. administrador regional, pelos relevantes trabalhos prestados a toda comunidade quilombola de povoação de são Lourenço.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Bruno Salsa</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/77/requerimento_21_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/77/requerimento_21_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de Voto de Aplausos, a equipe do 3° CPM de Goiana-PE.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/102/requerimento_24_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/102/requerimento_24_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe consignação de Voto de Aplausos, para o Atlético Clube de Goiana, onde é motivo de honra para esta Casa Legislativa conceder esse reconhecimento a este grande clube goianense, pela passagem dos 10 anos da conquista do Bicampeonato da Copa Pernambuco em 2011 e que vem representando tão bem nossa cidade.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/378/001_req_027_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/378/001_req_027_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja registrado nos Anais desta Casa Legislativa VOTO DE PROFUNDO PESAR pelo falecimento do Senhor AMAURI DE SOUZA LIMA, ocorrido no último dia 25 de abril de 2022, na cidade do Recife-PE.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/379/002_req_028_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/379/002_req_028_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja feito um "VOTO PROFUNDO PESAR" para o Sr Arison Cavalcanti da Silva, que faleceu no último dia 06-05 na Unidade de Pronto Atendimento de Goiana (Upinha-Goiana). Do presente Requerimento, dê-se ciência aos seus Filhos Filipe Chaves Cavalcanti e Arison Cavalcanti da Silva Junior e a imprensa falada e escrita do Município de Goiana.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/380/003_req_029_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/380/003_req_029_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja feito um VOTO DE APLAUSO" para Irmã Maria de Fátima Souza Alencar {Superintendente Geral), Irmã Francisca Graças de Jesus {Diretora Geral) e toda Equipe da UPAE, que através do "Instituto Medianeiras da Paz" desempenham um excelente serviço no município de Goiana-PE, Do presente Requerimento, dê-se ciência ao Secretário de Saúde do Estado de Pernambuco o Sr. André Longo , ao Governador do Estado de Pernambuco Exmo. Sr. Paulo Câmara e a imprensa falada e escrita do Município de Goiana.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/569/001_req_030_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/569/001_req_030_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja registrado nos Anais desta Casa Legislativa VOTO DE PROFUNDO PESAR pelo falecimento do Senhor CLODOMIRO TAVARES DE SÁ, ocorrido no dia 02 de maio de 2022, na cidade de Goiana-PE.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Mário do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/690/31_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/690/31_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que consultado o Plenário, na forma Regimental, "VOTO DE APLAUSO" a todos Os Garis do Município de Goiana, por seus serviços prestados, com dedicação, dignidade e esforços.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/691/33_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/691/33_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que consultado o Plenário, na forma Regimental, "VOTO DE APLAUSO" aos Defensores Públicos, por seus serviços prestados, com muita dedicação, em que também, homenageá-los por seu Dia: 19 de maio 2022.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/692/35_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/692/35_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja oficiado ao Sr. Eduardo Batista, Presidente desta Casa Legislativa, no sentido que seja realizada uma Audiência Pública para discussão com o Procon, Simuss e Simprong, para debatermos sobre o empréstimo dos servidores com o Banco Gerador nossa cidade.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/693/36_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/693/36_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que cumpridas as formalidades regimentais, VOTO DE PROFUNDO PESAR pelo falecimento do Senhor CARLOS HENRIQUE DE ALMEIDA CASTRO, médico e ex-prefeito do município de Altinho-PE, ocorrido no último dia 22 de maio de 2022, no Hospital São Marcos, em Recife</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Alexandre Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/694/37_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/694/37_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que após ouvido o Plenário, nos termos legais e regimentais, que seja_x000D_
 consignado nos trabalhos desta Casa Legislativa um VOTO DE APLAUSOS aos_x000D_
 Senhores MARCOS PAULO AURÉLIO DOS SANTOS e GILBERTO CORDEIRO DE ANDRADE JUNIOR, em reconhecimento à grande iniciativa e ao excelente trabalho_x000D_
 desempenhado com a realização da Exposição Histórica Revisitando a História de Goyanna nas páginas de livros e jornais que o tempo não apagou, realizada pela Câmara Municipal de Goiana, na Igreja da Misericórdia, no período de 02 a 31 de maio_x000D_
 de 2022, em Goiana.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/695/38_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/695/38_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que cumpridas as formalidades regimentais, VOTO DE PROFUNDO PESAR pelo falecimento da Sra. NADHYNE FENELON VALLOIS, ocorrido no último dia 29 de maio de 2022, vítima fatal dos deslizamentos e enchente causadas pelas chuvas, na cidade do Recife, Estado de Pernambuco.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/696/39_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/696/39_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja consignado nos trabalhos desta Casa Legislativa, um VOTO DE APLAUSO para a equipe F1 do Sesi, onde foi premiada na categoria "Melhor Desempenho_x000D_
 Feminino" do torneio Nacional de Robótica, tendo algumas qualidades responsáveis pela premiação como (iniciativa, capacidade de liderança, coordenação e comunicação), onde gerou destaque as alunas do GRT Sesi Goiana, Júlia Letícia, Thayná Suellen e Yasmin Ellen, tendo também na mesma_x000D_
 equipe os alunos Arthur Lima, Adryan Lucas e Eduardo de Freitas participado desta conquista, sob a liderança dos Professores Jonas Brito e Vitor Andrade, que aconteceu nos dias 26 a 29 de maio, na capital São Paulo.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Edson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/697/40_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/697/40_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que seja consignado nos trabalhos desta Casa Legislativa um VOTO DE APLAUSOSA TODOS QUE FAZEM O ALCOOL EM GEL POR TEREM COLABORADOCOM O POVO DE GOIANA DURANTE A PANDEMIA E NA ULTIMA ENCHENTE EM GOIANA.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/742/requerimento_no_041_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/742/requerimento_no_041_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que após ouvido o Plenário, nos termos legais e regimentais, que seja consignado nos trabalhos desta Casa Legislativa um VOTO DE APLAUSOS ao Senhor VEREADOR MÁRIO DO PEIXE, em reconhecimento ao grande trabalho de solidariedade às vítimas das chuvas e enchentes ocorridas no final do mês de maio, em Goiana.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/743/requerimento_no_043_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/743/requerimento_no_043_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que depois de ouvido o plenário em sua forma regimental, que seja enviado expediente ao Exmo. Governador do Estado de Pernambuco, o Sr. Paulo Saraiva Câmara, através da Secretaria de Defesa Social, pelo Secretário llmo. Dr. Humberto Freire de Barros, que seja realizado em caráter de urgência, mutirão para emissão de documentos, tais como (RG, CPF, certidão de nascimento, certidão de casamento, e demais documentos), visto a necessidade que caso requer, sendo este pleito aclamado para obtenção desses documentos necessários para cidadania, nesta cidade.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Renato Sandre</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/744/requerimento_no_044_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/744/requerimento_no_044_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que depois de ouvido o Plenário em sua forma regimental, que seja consignado nos trabalhos desta Casa Legislativa, um VOTO DE APLAUSO para o Colégio Santa Helena, situado na Avenida ltapirema, n° 20, Loteamento Flexeiras na Pessoa da Diretora Sra. MARIA HELENA DA SILVA SANTANA e a Vice-Diretora VERA LÚCIA DA SILVA SANTANA pelos seus relévantes trabalhos prestados à Educação no nosso Município durante seus 36 anos de existência principalmente também, pela notória participação nos Jogos Regionais Estudantis na Categoria Mirim chegando a Semi-Final. Equipe: Treinador; Elber Belo, Assitentes; Ingrid Kelly Ferreira, Leandro Melo e Mario Laureano, Jogadores; Pedro Arthur, Augusto Barbosa, Weslley Vinicius, Alcides Fernandes, Pedro Luiz, Allyson Vinicius, Kauã Victor, Deyvid Rykelme, Wallacy Victor, Italo Lauriano, Marcelo Gabriel e Caio Douglas.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/745/requerimento_no_045_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/745/requerimento_no_045_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento que dispõe que após ouvido o Plenário e cumpridas as formalidades Regimentais, que  seja registrado nos Anais desta Casa Legislativa VOTO DE PROFUNDO PESAR pelo falecimento do Senhor GENIVAL LUIZ DA SILVA (PROFESSOR VAVÁ), ocorrido no _x000D_
 dia 23 de junho de 2022, na cidade do Recife-PE.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/804/46_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/804/46_2022.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa cumpridas as formalidades regimentais, que seja_x000D_
 consignado na Ata dos Trabalhos desta Casa legislativa, VOTO DE_x000D_
 PROFUNDO PESAR, aos familiares do conceituado goianense LAÉRCIO_x000D_
 TAVARES DA ROCHA NETO, ocorrido no dia 04 de julho de 2022, na_x000D_
 cidade do Recife/PE, o qual deixa um grande legado moral e profissional.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/</t>
+    <t>http://sapl.goiana.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja registrado nos Anais desta Casa Legislativa Voto de Profundo Pesar pelo falecimento do Senhor JOSÉ MARIANO DE QUEIROZ, ocorrido no dia 24 de julho de 2022, na cidade do Recife-PE.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/784/req_48.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/784/req_48.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja concedido Voto de Aplausos para os artistas e grupos goianenses, que participaram da 30ª edição do Festival de Inverno de Garanhuns (FIG).</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/792/req_49.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/792/req_49.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja encaminhado Ofício ao prefeito do Município solicitando informações e fornecimento de documentação referente à readequação da Praça Laura Nogueira, localizada na Vila Castelo Branco, em Goiana, com os seguintes requisitos: planilhas de execução, acompanhada das medições e pagamentos; atestado de conclusão da obra; relatórios da comissão municipal responsável pela fiscalização de execução; melhorias de capinação; podas de árvores; melhorias na iluminação da praça; e o fornecimento de fotos do antes e depois da obra).</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Xandy da Praia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/793/req_50.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/793/req_50.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado nos trabalhos desta Casa Legislativa um Voto de Aplausos ao senhor Gerlan Roberto da Silva, radialista na Goiana FM 89,7, em Goiana.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/803/51_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/803/51_2022.pdf</t>
   </si>
   <si>
     <t>Requer a Mesa que, consultado o Plenário, na forma regimental, sejam_x000D_
 concedidos pela esta casa, versando sobre voto de aplauso aos artesã_x000D_
 Antônio Carlos Laurentino e Edvaldo Manoel Nunes por representar_x000D_
 Goiana no 17° Salão de Arte Popular da FENEARTE, onde foi campeão_x000D_
 com a peças Homem da meia noite e Pietá Guarani monumentos_x000D_
 Religiosos.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/807/req_52.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/807/req_52.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado nos trabalhos desta Casa Legislativa Voto de Aplausos ao Centro Educacional Ciranda de Letras, em especial aos jogadores Victor Simplício, Vinícius Simplício, Willians Félix, Marcílio Júnior, Ivson José, Heytor Guerra, Felipe Estevão, ao técnico Gutemberg Guerra e ao senhor Marcílio Moraes, pela conquista do terceiro lugar, na fase estadual dos Jogos Escolares de Pernambuco, representando e enaltecendo o nome do nosso município de Goiana no Estado.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/813/req_53.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/813/req_53.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado nos trabalhos desta Casa Legislativa Voto de Aplausos aos jovens atletas Marcílio de Moraes da Silva Júnior, Willians Félix da Silva e Ivson José da Silva, jogadores goianenses convocados para a Seleção Pernambucana Sub-17 de Futsal.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Requer à Mesa, consultado o Plenário, na forma regimental, realização de Audiência Pública para tratar do Programa Jovem Aprendiz, no município de Goiana-PE.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/838/req_55.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/838/req_55.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, consultado o Plenário, na forma regimental, que seja consignado Voto de Aplausos a todos os profissionais de Educação Física, em alusão ao Dia do Profissional de Educação Física, que acontece neste dia 01 de setembro.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/839/req_56.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/839/req_56.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, consultado o Plenário, na forma regimental, que seja consignado Voto de Aplausos à Academia Aquárius, pelos seus 39 anos de existência e excelência em serviços prestados no segmento, sendo pioneira aqui em nosso Município.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/847/req_57.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/847/req_57.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado um Ofício à Neonergia para que veja a possibilidade de viabilizar o prolongamento da rede elétrica na Rua da Matinha e na Rua da Caixa D’Água da Compesa, localizadas na comunidade da Cocota, e na Rua das Malvinas I, na comunidade das Malvinas, no distrito de Ponta de Pedras, no município de Goiana.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/849/req_58.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/849/req_58.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado nos trabalhos desta Casa Legislativa Voto de Aplausos para o Goiana Vale Tudo (GVT), através do presidente Anivaldo José dos Santos (Adi), e aos atletas que competiram no último dia 03/09, na Quadra Municipal, tornando Goiana referência em evento de MMA.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/857/req_59.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/857/req_59.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado nos trabalhos desta Casa Legislativa Voto de Aplausos para todos os Núcleos de Apoio a Saúde da Família (NASF), implantados em Goiana, pelos excelentes serviços prestados no município de Goiana.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/863/req_60.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/863/req_60.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Profundo Pesar, pelo falecimento da Senhora Maria Ângela da Fonseca, conhecida como Galega da Colônia, ocorrido no dia 07 de setembro do ano corrente, em Goiana.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Ana Diamante, Eduardo Batista</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/864/req_61.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/864/req_61.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja registrado nos Anais desta Casa Legislativa, Voto de Profundo Pesar, pelo falecimento da Senhora Maria Auxiliadora Tavares Rabelo (Dôra), ocorrido no dia 10 de setembro de 2022, no Hospital Dom Helder Camara, na cidade do Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/865/req_62.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/865/req_62.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos ao Senhor Wellington de Lima Gomes, popularmente conhecido por Wellington Fest, Instrutor de Trânsito, Decorador, Cerimonialista e Promotor de Eventos, pelos relevantes serviços prestados no município de Goiana.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/879/req_63.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/879/req_63.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Profundo Pesar pelo falecimento do Senhor Severino Figueiredo Pia, ocorrido no último dia 17 de setembro  de 2022, na cidade de Goiana.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/880/req_64.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/880/req_64.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos para a brilhante estudante do Sesi Goiana, Anniely Santana Brito de Miranda, que, aos 15 anos de idade, escreveu o livro intitulado “O brilho da lua de fogo”, no que esta Casa Legislativa muito se digna em homenageá-la por este grande feito, em Goiana.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/885/skm_c224e22122005440-girado_parte_024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/885/skm_c224e22122005440-girado_parte_024.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos à Sra. Silvana Viana da Silva e toda a equipe de identificação da Casa da Cidadania Tenente Câmara, pelo brilhante trabalho que vem prestando, com muita dedicação, à nossa cidade de Goiana.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/890/mocao_de_aplausos_-_leonardo_ferreira_bezerra.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/890/mocao_de_aplausos_-_leonardo_ferreira_bezerra.pdf</t>
   </si>
   <si>
     <t>Requerimento para, após ouvido o plenário, nos termos legais e regimentais, que seja consignado nos trabalhos desta Casa Legislativa, congratulações nos termos desta Moção de Aplausos ao Excelentíssimo Senhor Leonardo Ferreira Bezerra, em reconhecimento dos seus relevantes serviços prestados ao desenvolvimento desta cidade.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja registrado nos Anais desta Casa Legislativa, Voto de Profundo Pesar pelo falecimento do Senhor Geraldo Guedes Corrêa, ocorrido no dia 30 de setembro de 2022, na cidade de Goiana-PE.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/903/skm_c224e22122005440-girado_parte_018.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/903/skm_c224e22122005440-girado_parte_018.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos para os alunos da 5ª Série B e ao professor Eletiano da Silva Moura, da Escola Municipal Dr. Ludovico Correia, pelo Projeto ASF (Abelha Sem Ferrão), que também escreveram o livro “As Aventuras das Malhadinhas, Abelha Aventureira”, na cidade de Goiana.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/913/skm_c224e22122005440-girado_parte_017.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/913/skm_c224e22122005440-girado_parte_017.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Profundo Pesar pelo falecimento da Senhora Maria da Conceição Almeida  de Menezes, ocorrido no dia 08 de outubro de 2022, em Goiana.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/923/skm_c224e22122005440-girado_parte_015.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/923/skm_c224e22122005440-girado_parte_015.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado um Ofício ao Diretor Presidente do Departamento de Estradas de Rodagem de Pernambuco (DER-PE), Sr. Maurício Canuto Mendes, para que veja a possibilidade de implantação de redutores de velocidade (lombadas) na Rodovia PE-49, no trecho compreendido entre o trevo de acesso à comunidade de Carrapicho (entrada da Ilha de Itapessoca) até próximo à comunidade de Carrapicho II (nas imediações da Caixa D’Água), no município de Goiana.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/927/skm_c224e22122005440-girado_parte_014.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/927/skm_c224e22122005440-girado_parte_014.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos ao Senhor Leonardo Ferreira Bezerra, em reconhecimento dos seus relevantes serviços prestados para o desenvolvimento do município de Goiana.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/933/skm_c224e22122005440-girado_parte_012.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/933/skm_c224e22122005440-girado_parte_012.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado um Ofício ao Diretor da Rodotur Transporte, Dr. Kênio Filizzola, para que analise a possibilidade de voltar com os ônibus perfazendo o percurso Catuama/Barra de Catuama, e vice-versa, no distrito de Ponta de Pedras, no município de Goiana._x000D_
 _x000D_
 Autor: Eduardo Batista</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/934/skm_c224e22122005440-girado_parte_010.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/934/skm_c224e22122005440-girado_parte_010.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Profundo Pesar pelo falecimento do Sr. Clóvis Guimarães Filho, ocorrido no dia 20 de outubro de 2022, na cidade de Petrolina-PE._x000D_
 _x000D_
 Autor: Alexandre Carvalho</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos à Senhora Antônia Lúcia Rodrigues Pontual, pelo brilhante trabalho que vem prestando, com muita dedicação, à nossa cidade de Goiana._x000D_
 _x000D_
 Autor: Ana Diamante</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/941/skm_c224e22122005440-girado_parte_009.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/941/skm_c224e22122005440-girado_parte_009.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa Voto de Aplausos ao Senhor José Roberto de Almeida, por seus relevantes serviços prestados no Centro Universitário Tiradentes, em Goiana.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/951/req_77.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/951/req_77.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja solicitado ao Prefeito do Município o encaminhamento a este Poder Legislativo Municipal de informações detalhadas sobre o Convênio nº 002 - Auxílio Concessão -, publicado no Portal da Transparência, que tem como objeto "... o apoio financeiro para a abertura da 33ª Copa do Interior de Seleções, Edição 2022, juntamente com a realização da Fanfest da Copa do Interior (divulgação do jogo), tendo como responsável pelo evento a Federação Pernambucana de Futebol", no valor de R$ 152.500,00, e como favorecida a Liga Desportiva de Goiana; cujos detalhes devem constar as despesas efetivamente realizadas e cobertas pelo valor referido._x000D_
 _x000D_
 Autor: Vereador Renato Sandré</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/956/req_78.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/956/req_78.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja registrado nos Anais desta Casa Legislativa Voto de Profundo Pesar pelo falecimento da Senhora Maria do Rosário de Albuquerque Cunha Rabello, ocorrido no último dia 04 de novembro de 2022, no Hospital Santa Joana, na cidade do Recife-PE.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/957/req_80.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/957/req_80.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado nos trabalhos desta Casa Legislativa um Voto de Aplausos para as três escolas mais bem colocadas do resultado geral nos 32º Jogos Escolares de Goiana, sendo em 1º lugar, a Escola Ciranda de Letras; no 2º lugar, o Colégio Santa Emília de Rodat; e em 3º lugar, a Escola Municipal Capela São Sebastião.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/949/req_81.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/949/req_81.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, VOTO DE PROFUNDO PESAR, à família do Ex-Atleta Goianense, do Sr. Alexandre Meneses, aos 50 anos, pelo seu falecimento no dia 13 de novembro de 2022, na cidade de Moita Bonita, no Estado de Sergipe.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário e cumpridas as formalidades Regimentais, que seja registrado nos Anais desta Casa Legislativa VOTO DE PROFUNDO PESAR pelo falecimento do Senhor NELSON SEBASTIÃO PEREIRA, popularmente conhecido como Nelson Ferragens, ocorrido no último dia 22 de novembro de 2022, no Hospital Português, na cidade do Recife-PE.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/972/skm_c224e22122005440-girado_parte_002.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/972/skm_c224e22122005440-girado_parte_002.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja registrado nos Anais desta Casa Legislativa Voto de Profundo Pesar pelo falecimento do jovem Auricélio do Nascimento Santos Filho, ocorrido no último dia 13 de novembro de 2022, na cidade de Goiana-PE.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/990/req_86.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/990/req_86.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos para os brilhantes escritores Anderson Cordeiro de Moura e Carlos André Cavalcanti, que escreveram o livro “O imaginário do criptojudaísmo”, caso da família Soeiro 1591-1595, no que esta Câmara muito se digna em homenageá-los por este grande feito, em Goiana.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/37/indicacao_001_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/37/indicacao_001_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente O SENEAMENTO BÁSICO E CALÇAMENTO, NA RUA ESTRADA VELHA DO CONDADO, NA MACAIBEIRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/39/05_indicacao_002_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/39/05_indicacao_002_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, para que seja feita A INSTALAÇÃO DE ILUMINAÇÃO DA PONTE LOCALIZADA NA COMUNIDADE IMPOERIA, NESTA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/61/37_indicacao_003.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/61/37_indicacao_003.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que seja providenciado com urgência junto ao Secretário de Segurança Cidadã, Transporte e Transportes Urbanos - SESTRAN, A PINTURA DE TODOS OS REDUTORES DE VELOCIDADE (QUEBRA­ MOLAS) localizados na Cidade de Goiana e Distritos</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/40/06_indicacao_004_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/40/06_indicacao_004_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe acerca da IMPLANTAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA que se faz necessária, das referidas ruas que tem acesso a PE 075, Rua do Bom Jesus, Rua José Raul Siqueira,Rua da Massangana, Rua do Bom Negócio, Av. são Luiz, Estrada Antiga João Pessoa, Lot. Santa Emília, Rua Almeida João Inácio, Rua do Sindicato, Rua da Subestação, Travessa Santo Antônio, Rua Manoel Carlos de Mendonça, Rua da Cruz, Rua do Supermercado Alves, Rua do Arame, Rua Professor Mário Rodrigues no Nascimento e Rua São Pedro.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/44/08_indicacao_005_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/44/08_indicacao_005_2022.pdf</t>
   </si>
   <si>
     <t>Indicação Parlamentar, nos termos do art. 91 do Regimento Interno, e, após aprovação do plenário e demais procedimentos legais, sugere ao Executivo Municipal que seja providenciado com urgência junto a Secretário de Segurança Cidadã, Transporte e Transportes Urbanos -SESTRAN, SINALIZAÇÃO EM TODA A RODOVIA OSVALDO RABELO, antiga estrada de Cajueiro.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/43/07_indicacao_006_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/43/07_indicacao_006_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, no sentido que sejam equiparados os vencimentos do pessoal do apoio administrativo da Secretaria de Educação e Inovação com o pessoal administrativo das demais secretarias, tendo em visto a obediência ao Princípio da Isonomia que deve norteara Administração Pública.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/20/20_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/20/20_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o plenário em sua forma regimental, que seja oficiado ao Exmo., Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana, e a Secretária de Educação, Sra. Maria Goretti, no sentido que sejam equiparados os vencimentos do pessoal do apoio administrativo da Secretaria de Educação e Inovação com o pessoal administrativo Vªs demais secretarias, tendo em visto a obediência ao Princípio da Isonomia que deve nortear a Administração Pública</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/19/19_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/19/19_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa que, consultado o Plenário, na forma regimental, sejam enviado ofício ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro, versando sobre a construção de uma Escola no Engenho Mussumbu, município de Goiana - PE.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/60/36_indicacao_009.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/60/36_indicacao_009.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a implantação de Academias de Saúde nas comunidades: Engenho Diamante, Engenho Mussumbu e Engenho Ubú no município de Goiana - PE</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/59/35_indicacao_010.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/59/35_indicacao_010.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a Realização da Construção de uma Escola de Ensino Fundamental na Comunidade de Mussumbú, situado na Cidade de Goiana - empenho neste sentido, junto aos órgãos competentes. Da presente indicação, dê-se ciência à secretária de educação Sra. Goretti Carneiro Pessoa, à Sec. Obras lsabella Soares e a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/18/18_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/18/18_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa que, consultado o Plenário, na forma regimental, seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a Realização do Recapeamento Asfáltico do trecho que vai da rua Soledade até a Estrada de Cima, situado na Cidade de Goiana - empenho neste sentido, junto aos órgãos competentes. Da presente indicação, dê­ se ciência, à Sec. Obras lsabella Soares e a imprensa falada.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/17/17_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/17/17_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a concessão Vale/Auxilio Alimentação aos membros do Conselho Tutelar da Cidade de Goiana/PE, bem como um adicional de risco de vida no percentual de 30% (trinta por cento) do salário mínimo vigente.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/16/16_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/16/16_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio da Secretaria de Obras, veja a urgente necessidade de uma reforma e ampliação da UBS, de Flexeiras tipo li em Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/7/7_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/7/7_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>INDICO a Mesa. Após ouvido e cumprida as formalidades regimentais, que seja encaminhado ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja INSTALADA UMA ACADEMIA AO AR LIVRE NA COMUNIDADE DO BOM TEMPO, NESTA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/58/34_indicacao_015.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/58/34_indicacao_015.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre um apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, o CALÇAMENTO NO LOTEAMENTO TANQUINHO 2, neste Município de Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/6/6_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/6/6_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa após ouvido o Plenário e cumprida as formalidades Regimentais, seja feito apelo ao Exmo . Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, o CALÇAMENTO NA RUA ENGENHO MARIUNA, BOM TEMPO, neste Município de Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/5/5_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/5/5_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos regimentais,  que  seja  encaminhado  ao  Prefeito  deste  Município, Senhor Eduardo Honório, ofício propondo, a PINTURA URGENTE DO GUINDASTE, na Comunidade do Baldo do Rio, em Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/57/33_indicacao_018.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/57/33_indicacao_018.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação de a IMPLANTAÇÃO DE UMA UBS para comunidade da Portelinha em Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/31/10_indicacao_019.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/31/10_indicacao_019.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a urgente necessidade de IMPLANTAÇÃO DE CALÇAMENTO E RECUPERAÇÃO DO CANAL DE ESGOTO DO LOTEAMENTO NOVA SOLEDADE em Goiana-PE.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/4/4_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/4/4_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário e cumpridas as fonnalidades regimentais, seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretária de Obras, Sra. lsabella Soares, no sentido que seja reformada a Praça Laura Nogueira, na Vila Castelo Branco, nesta cidade.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/3/3_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/3/3_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta casa legislativa nos tennos legais e regimentais, que seja encaminhado ao prefeito deste município, senhor Eduardo Honório, oficio propondo, por intennédio da Secretaria de Urbanismo, Obras e Património Arquitetônico para quer, veja a possibilidade de ser resolvida a questão fundiária do principal campo que é usado a décadas pelos times de futebol da comunidade quilombolas de povoação de são Lourenço.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Ana de Marcílio</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/2/2_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/2/2_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Vereadora  com  assento  nesta  Casa  Legislativa,  indica  à   Mesa ouvido o Plenário e cumpridas as formalidades regimentais, apelo ao Prefeito do Município Eduardo Honório Carneiro, a inclusão da Comunidade de Carrapicho, bem como Malvinas e Porto, no Programa da Vaca Mecânica.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/54/27_indicacao_026.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/54/27_indicacao_026.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre Realização do Recapeamento			Asfáltico	de toda extensão da Rua Desembargador Edmundo Jordão (Rua das Quintas), situado na Cidade de Goiana -	empenho neste sentido, junto aos órgãos competentes. Da presente indicação, dê-se ciência, à Sec. Obras lsabella Soares e a imprensa falada e escrita do Município de Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/53/26_indicacao_027.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/53/26_indicacao_027.pdf</t>
   </si>
   <si>
     <t>Indicação que faz um apelo ao Prefeito do Município junto à Secretaria competente, viabilizar a implantação e melhoria do sistema de abastecimento d'água na comunidade de Carrapicho, na área conhecida como Malvinas ou Rua de Trás.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/51/25_indicacao_028.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/51/25_indicacao_028.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre o encaminhamento ao prefeito deste município, senhor Eduardo Honório, oficio propondo, por intermédio da Secretaria de Urbanismo, Obras e Património Arquitetônico para quer, veja a possibilidade de ser feita a reforma da principal praça da comunidade quilombolas de povoação de são Lourenço.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/50/24_indicacao_029.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/50/24_indicacao_029.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação de implantação de calçamento, com a devida drenagem para escoamento das águas pluviais, no Loteamento João Alves, contemplando a Rua Bento Celestino (artéria que vai da Rua João Lira até à Rodovia PE-75) e suas travessas, no centro de Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1/1_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1/1_2022_adobe_scan_23_de_fev._de_2022.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, por intermédio da Secretaria de Saúde,a CONTRATAÇÃO PARA A UNIDADE MISTA DE TEJUCUPAPO AS ESPECIALIDADES MÉDICAS: GINECOLOGISTA, UROLOGISTA, NEUROLOGISTA, PEDIATRA, PSIQUIATRA E CARDIOLOGISTA.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/49/22_indicacao_031.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/49/22_indicacao_031.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a urgente necessidade de IMPLANTAÇÃO DE CALÇAMENTO COM DRENAGEM PARA AS ÁGUAS PLUVIAIS, na comunidade da Portelinha, em Goiana.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/45/18_indicacao_032.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/45/18_indicacao_032.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a IMPLANTAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA gue se faz necessária, na Rua da Igreja, Nova Goiana, que tem acesso a PE 062 .</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/47/20_indicacao_034.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/47/20_indicacao_034.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio da Secretaria competente, veja a urgente necessidade de IMPLANTAÇÃO DE NOVA PONTE NO ENGENHO UBÚ , em Goiana</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/48/21_indicacao_035.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/48/21_indicacao_035.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre encaminhamento de ofício ao Prefeito deste Município, senhor Eduardo Honório, ofício propondo, A REVITALIZAÇÃO E INSTALAÇAO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA RIO BRANCO, LOCALIZADA NAS ENTRADAS DAS COMUNIDADES IMPOEIRA E BALDO DO RIO, em_x000D_
 Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/27/07_indicacao_036.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/27/07_indicacao_036.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe em caráter de urgência a IMPLANTAÇÃO PARA CONSTRUÇÃO DE UMA PRAÇA NO TANQUINHO 2, que se faz necessária para comunidade</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/32/11_indicacao_037.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/32/11_indicacao_037.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação de providências no sentido para que seja concedido Subvenção a Sociedade 12 de Outubro "Saboeira" e Curica.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/36/13_indicacao_038.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/36/13_indicacao_038.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a CONTRATAÇÃO DE UM CAMINHÃO BAÚ, PARA FAZER O TRANSPORTE ADEQUADO DA CARNE BOVINA, CARNE SUINA E CARNE CAPRINA, VINDO DO MATADOURO LOCALIZADO NA CIDADE DE ITAMBÉ PARA GOIANA</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/26/06_indicacao_039.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/26/06_indicacao_039.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a criação de uma Faixa de Pedestre no Cruzamento do Loteamento Rocha com a Rua Rosa e Silva na Altura da Estrada de Cima, no município de Goiana-PE</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/34/12_indicacao_041.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/34/12_indicacao_041.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a instalação de câmeras de videomonitoramento no Cemitério Público Municipal de Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/30/09_indicacao_043.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/30/09_indicacao_043.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe um apelo ao Prefeito do Município junto à Secretaria competente, que viabilize uma ambulância para a comunidade de Carrapicho.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/28/08_indicacao_044.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/28/08_indicacao_044.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a concessão de reajuste nas diárias dos Conselheiros Tutelares, neste município.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/23/indicacao_046.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/23/indicacao_046.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe acerca da IMPLANTAÇÃO, de um Centro de Referencia a pacientes que apresentam problemas cardíacos (GOIANA CARDIO) , no município de Goiana-PE.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/42/16_indicacao_048.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/42/16_indicacao_048.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a realização com a maior brevidade possível a reforma da quadra de esportes denominada Ariston, localizada na Rua dos Melões, em frente ao bar do Fagner, em Tejucupapo, neste Município.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/41/15_indicacao_049.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/41/15_indicacao_049.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação da realização da DRAGAGEM URGENTE DO RIO GOIANA, localizado nas comunidades: lmpoeira e Baldo do Rio, em Goiana.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Ana Diamante, Ibson Gouveia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/25/indicacao_050.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/25/indicacao_050.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre envio de ofício ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro, versando sobre a construção do Centro de Produção e Comercialização do Artesanato Goianense, no município de Goiana- PE</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/21/indicacao_051.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/21/indicacao_051.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a A SOLICITAÇÃO DE CALÇAMENTO E SANEAMENTO NO LOTEAMENTO TANQUINHO 02, VISANDO A MELHORIA DA QUALIDADE DE VIDA DOS SEUS RESPECTIVOS MORADORES.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/70/indicacao_52_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/70/indicacao_52_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe acerca da REALIZAÇÃO DE ASFALTAMENTO PARA A RUA EULÃLIO RIBEIRO (Rua Baldo do Rio), em Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/22/indicacao_053.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/22/indicacao_053.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação em caráter de urgência, da implantação de CALÇAMENTO COM DRENAGEM PARA AS ÁGUAS PLUVIAIS, na rua do Itapirema, localizado no Loteamento de Flexeiras, em Goiana-PE .</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/46/19_inidicacao_033.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/46/19_inidicacao_033.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a possibilidade de Estágios remunerados para os estudantes dos cursos de licenciatura e Ed. Física</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/52/indicacao_55_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/52/indicacao_55_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação de calçamento no Loteamento Tenente Manoel dos Prazeres, que tem acesso pela Rua das Quintas, em Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/69/indicacao_56_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/69/indicacao_56_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe acerca da construção de uma Escola Municipal, na Praia de Barra de Catuama, neste Município.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/68/indicacao_57_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/68/indicacao_57_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, ratificando o pedido para a implantação de calçamento na 3ª Travessa do Loteamento São Rafael, no centro de Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/67/indicacao_58_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/67/indicacao_58_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, veja a possibilidade de pavimenta em paralelepípedo a rua do campo quer fica na comunidade de atapus.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/66/indicacao_59_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/66/indicacao_59_2022.pdf</t>
   </si>
   <si>
     <t>Indicação para a o chamamento público em caráter de urgência, dos agentes de saúde que assim foram aprovados, que ainda restam e que já realizaram o curso introdutório, para desempenhar tal função no município de Goiana-PE. Da presente indicação, dê-se ciência à Sec. De Saúde Lícia Maciel, a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/65/indicacao_60_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/65/indicacao_60_2022.pdf</t>
   </si>
   <si>
     <t>Indicação Parlamentar, nos termos do art.1 do Regimento Interno, e, após aprovação do plenário e demais procedimentos legais, sugere ao Executivo Municipal, no sentido de que seja visto junto a SECRETARIA DE POLÍTICA SOCIAS E DESPORTOS, considerando a ausência do serviço de entrega de leite e pão na Comunidade da Bela Vista indico a Vossa Excelência a tomada de providências para a urgente e necessária distribuição de Leite e Pão do PROGRAMA VACA MECÂNICA, através da ASSOCIAÇÃO DOS MORADORES UNIDOS DA ELA VISTA -AMUBEV, para essa comunidade.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_61.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_61.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, o envio, em caráter de urgência de um Oficio para Banco Bradesco, solicitando o aumento da margem de empréstimo consignado para os servidores do município de Goiana-PE. Da presente indicação. dê-se ciência à Sec. de Finanças, Sr. Jones Pimentel, a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_62.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_62.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, ofício propondo, a IMPLEMENTAÇÃO DE UM POÇO ARTESIANO NA COMUNIDADE DO BOM TEMPO, em Goiana.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/285/indicacao63-2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/285/indicacao63-2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, no sentido que seja instalado, um Restaurante Popular, visando atender à população que se alimenta fora de casa, prioritariamente aos extratos sociais mais vulneráveis, ou seja, pessoas que se encontram em situação de insegurança alimentar, principalmente àquelas aquelas de baixa renda.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_64.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_64.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação da urgente necessidade do CALÇAMENTO E SANEAMENTO DA RUA RAUL SEIXAS, RUA FRANCISCO ALVES, TRAVESSA FRANCISCO ALVES E A CONTINUIDADE DOCALÇAMENTO DA RUA VICENTE CELESTINO que se faz necessária para comunidade.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_65.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_65.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe acerca da urgente necessidade de IMPLANTAÇÃO DE ACADEMIA DA CIDADE E REFORMA, na praça do Mutirão, em Goiana.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_66.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_66.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, no sentido de que sejam providenciados com a brevidade possível, para a Unidade Mista de Tejucupapo, equipamentos específicos para realização de exames de Ultrassom e Endoscopia, a fim de oferecer um pouco mais de comodidade à população daquele distrito, que, sempre que necessita de realizar os citados exames, precisa se deslocar para Goiana e/ou outras localidades.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_68.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_68.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente,  que veja a possibilidade de renovar o Convênio para a Autarquia de  Ensino Superior de Goiana com estágios remunerado parra os estudantes dos cursos de Direito e Administração.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_69.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_69.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, no sentido de que seja adquirido por esta Prefeitura Municipal, por meio de desapropriação, um terreno com as dimensões necessárias para construção de um campo de futebol, no distrito de Tejucupapo, a fim de oferecer àquela comunidade a oportunidade de praticar esporte, sem necessitar se deslocar para localidades circunvizinhas.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_70_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_70_2022.pdf</t>
   </si>
   <si>
     <t>Indicação de necessidade de UMA CONSTRUÇÃO DE POÇO ARTESIANO, QUADRA DE ESPORTE, CONSTRUÇÃO DE TRÊS SALAS E O RETORNO DO PROGRAMA EJA PARA ESCOLA PROFESSORA ZILMA GEMIR BARACHO, NA COMUNIDADE DA NOVA GOIANA.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/63/indicacao_71.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/63/indicacao_71.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, que veja a possibilidade da viabilidade da Iluminação Pública no trecho que compreende do Trevo de acesso à Praia de Carne de Vaca, nas margens da PE-49, até o Bar do Carlos, naquela localidade.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_73.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_73.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, que veja a possibilidade de viabilizar a construção um pórtico no trevo de acesso ao bairro de Nova Goiana, com os seguintes dizeres: "Nova Goiana, Bairro Multicultural".</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/125/indicacao_74.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/125/indicacao_74.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, no sentido que sejam adotadas as providências cabíveis, para RESTAURAÇÃO DO MERCADO PÚBLICO, neste Município.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_75.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_75.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente a construção de uma praça na Rua do Céu, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Edson da Farmácia, Ana Diamante, Mário do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_76.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_76.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe acerca da IMPLANTAÇÃO e CONSTRUÇAO DE BANHEIROS PÚBLICOS, E PADRONIZAÇAO DOS BANCOS, E PROJETO DE ILUMINAÇÃO ADEQUADO PARA FEIRA DE FLEIXEIRAS. Em Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/71/indicacao_77-2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/71/indicacao_77-2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe acerca da desapropriação, de terreno e construído na sede deste Município, um Novo Cemitério, pois o mesmo que hoje é utilizado não mais suporta pela superlotação de túmulos, ficando sem espaço para sepultamentos e as pessoas transitarem.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_78.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_78.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente a REGULARIZAÇAO DO ABASTECIMENTO DE ÁGUA DA USINA MARAVILHA, em Goiana.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_79.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_79.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, que veja a possibilidade da construção de uma praça pública em frente a UPA - SANTO AMARO, no Distrito de Ponta de Pedras.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/64/indicacao_80_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/64/indicacao_80_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, que seja efetivado o complemento do calçamento na Rua Projetada, que vai da estação de gás até à empresa Canaã Polpa de Frutas, ligando a Rodovia PE-62 à Rodovia PE-75, no Loteamento Bela Vista II, em Goiana.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/72/indicacao_83_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/72/indicacao_83_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe acerca da IMPLANTAÇÃO E CONSTRUÇÃO DE UMA VACA MECANICA OU POSTO EQUIVALENTE, no Engenho Úbu, em Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/73/indicacao_84_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/73/indicacao_84_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe acerca da solicitação,  de construção de uma praça na comunidade de Sarapió, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/74/indicacao_85_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/74/indicacao_85_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe acerca da INSTALAÇÃO DE UM SEMÁFORO, no trecho que faz a travessia da rua da praia para o barro vermelho, em Goiana.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_86.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_86.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe, após aprovação do plenário e demais procedimentos legais, sugere ao Executivo Municipal determinar a desapropriação do Motel Parati no Bairro de Flexeiras para que seja implantado um Mercado Público Municipal, neste Município.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_87.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_87.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, que veja a possibilidade de reabrir a Biblioteca Pública Municipal, no distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_88.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_88.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, no sentido que sejam adotadas as providências cabíveis, para CONSTRUÇÃO DO MATADOURO PÚBLICO, neste Município.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/106/indicacao_89.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/106/indicacao_89.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, a Realização do Cursos de Pimeiros, tanto para Guarda Municipal quanto para os fiscais de trânsito, no munícipio  de Goiana-PE.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao_90_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao_90_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe acerca da solicitação, de que sejam tomadas, em caráter de urgência, através da Secretari Municipal competente, as providências cabíveis para aquisição de dois ônibus para a secretaria de esportes.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/107/indicacao_91.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/107/indicacao_91.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, versando sobre a instituição do serviço voluntário no âmbito da administração direta e indireta, no Município de Goiana -PE.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_92.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_92.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe acerca da urgente necessidade de IMPLANTAÇÃO DE BICICLETÁRIOS NAS PRAÇAS PÚBICAS, em Goiana.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_93.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_93.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente a substituição de algumas lâmpadas de vapor mercúrio por lâmpadas de LED, onde for necessário em todo o Loteamento Frei Luciano.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_94.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_94.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação de CONSTRUÇÃO DE UMA PRAÇA PUBLICA, na Usina das Maravilhas. em Goiana.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_95.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_95.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, que sejam tomadas em caráter de urgência através da Secretaria Municipal competente, as providências cabíveis para realização de reformas e melhorias as quadras das escolas IV Centenário, Diogo Dias, Marrie Armene e São Sebastião, uma vez que os alunos das escolas municipais mencionadas necessitam de um olhar especial por parte do Munícipio, em especial para segurança e bem estar na realização de suas atividades de lazer.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_96.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_96.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, a ILUMINAÇÃO DO LARGO DO ALVORADA ATÉ AS IMEDIAÇÕES DA FÁBRICA DA KLABIN, NA PE-75, COMO TAMBÉM NA PE 62, ATÉ O SENAI,  NO MUNICÍPIO DE GOIANA.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_98.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_98.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, no sentido que sejam adotadas as providências cabíveis, para RESTAURAÇÃO O ESTÁDIO MUNICIPAL, neste Município.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_99.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_99.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, versando sobre Projeto de Lei para que seja criado o Programa Municipal de Incentivo ao - Esporte e instituído o Fundo Municipal de Apoio ao Esporte, no município de Goiana-PE.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_100.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_100.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, veja a urgente necessidade de DESAPROPRIAÇÃO DO ANTIGO CICLO OPERÁRIO, PARA CONSTRUÇÃO DE UMA POLICLÍNICA COM ESPECIALIDADES, que se faz necessário.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_101.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_101.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, A IMPLEMENTAÇÃO DE UM PONTO DO PROGRAMA "VACA MECÂNICA" NA COMUNIDADE BALDO DO RIO, HAJA VISTA A DISTRIBUIÇÃO DE PÃO E LEITE, nas comunidades: Baldo do Rio, lmpoeira, Curtume e Vila Operária, em Goiana.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_102.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_102.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, veja a urgente necessidade de ALAMBRADO ARQUIBANCADAS, ILUMINAÇAO, GRAMADO, DRENAGEN, E TODA REVITALIZAÇÃO NECESSÁRIA PARA O CAMPO DE FLEIXEIRAS, em Goiana.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/96/indicacao_103.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/96/indicacao_103.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, veja a urgente necessidade do CONTRATO DE LOCAÇÃO SOBRE OS ESPAÇOS ESPORTIVOS DO SESC GOIANA, que se faz necessário.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/97/indicacao_104.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/97/indicacao_104.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação de REFORMA E REVITALIZAÇÃO DO MINICAMPO no Engenho Ubú, em Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/98/indicacao_105.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/98/indicacao_105.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, versando sobre a instituição e regulamentação da patrulha agrícola municipal, no Município de Goiana - PE</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_106.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_106.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, que veja a possibilidade da reabertura da Escola de Governo Municipal da Prefeitura Municipal de Goiana, criada através da Lei Nº 1896/2001 e alterada pela Lei Nº 1901/2002.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/100/indicacao_107.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/100/indicacao_107.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação de CONSTRUÇÃO DE UMA CRECHE ESCOLA, NO LOTEAMENTO FITEG, em Goiana.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/101/indicacao_108.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/101/indicacao_108.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, veja a urgente necessidade de RECOMPERAÇÃO DE ESGOTO PROXÍMO A BODE GRIL, na avenida ltapirema no loteamento Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/234/indicacao_109.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/234/indicacao_109.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, que veja a possibilidade da reabertura da Casa das Heroínas no distrito de Tejucupapo, no Município de Goiana, criada pela Lei Municipal Nº 1941/2004.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/235/indicacao_110.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/235/indicacao_110.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, a construção de pista de skate, com certa urgência, em nosso município.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/236/indicacao_111.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/236/indicacao_111.pdf</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/237/indicacao_112.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/237/indicacao_112.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, veja a urgente necessidade de IMPLANTAÇÃO DE UM COMPLEXO ESPORTIVO COM ESTÁDIO, MINICAMPO E QUADRA POLI ESPORTIVA, na PE 62 OU PE 75 em Goiana</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/238/indicacao_113.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/238/indicacao_113.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, versando sobre a isenção da taxa de Contribuição de Iluminação Pública (CIP), para famílias de baixa renda inscritas no Cadastro Único (Auxílio Brasil), no município de Goiana/PE.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/370/008_ind_114_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/370/008_ind_114_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, a CRIAÇÃO DE UMA DEFENSORIA PÚBLICA MUNICIPAL, em Goiana.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/239/indicacao_115.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/239/indicacao_115.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe sobre a solicitação do setor competente, solicitando a revitalização, com a substituição dos postes grandes de iluminação e das lâmpadas antigas por lâmpadas de Led, a implantação de novos bancos e a reforma dos canteiros centrais da Rua da Conceição, no centro de Goiana.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/371/007_ind_116_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/371/007_ind_116_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Prefeito do Município Eduardo Honório Carneiro, que veja a possibilidade da reabertura do Memorial da Prefeitura Municipal de Goiana-Memorial Dilermando de Barros Carvalho, criada pela Lei Municipal Nº 1920/2003.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/372/006_ind_117_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/372/006_ind_117_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja avaliado a progressão dos servidores,_x000D_
 que deram entrada na atualização da progressão do plano de cargos e carreira no município de Goiana-PE. Da presente indicação, dê-se ciência à Sec. De Administração Jones Pimentel, a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/373/005_ind_120_2022_completa.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/373/005_ind_120_2022_completa.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio da Secretaria competente veja a urgente necessidade de IMPLANTAÇÃO DE CALÇAMENTO COM DRENAGEM PARA AS ÁGUAS PLUVIAIS, na rua Travessa Sem Saída da Faixa do Gás no loteamento de Bela Vista-II, em Goiana.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/374/004_ind_121_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/374/004_ind_121_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado ofício ao Excelentíssimo Sr. Prefeito do Município de Goiana, Eduardo Honório Carneiro, e à Secretaria competente, versando sobre a instituição e regulamentação da Patrulha Rural Municipal, no Município de Goiana -PE</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/375/003_ind_125_2022_completa.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/375/003_ind_125_2022_completa.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio da Secretaria competente, veja a urgente necessidade de IMPLANTAÇÃO DE AGENDAMENTO VIRTUAL NOS POSTOS DE SAÚDE VISANDO DIMINUIR AS FILAS E TRAZER DIGNIDADE AO POVO, em Goiana.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/376/002_ind_127_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/376/002_ind_127_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao prefeito deste município, senhor Eduardo Honório, oficio propondo, por intermédio da Secretaria de Urbanismo, Obras e Património Arquitetônico para quer, veja a possibilidade de fazer a reforma da quadra poliesportiva que fica localizada na comunidade quilombola de povoação de São Lourenço Goiana Pe.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/377/001_ind_128_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/377/001_ind_128_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Eduardo Honório Prefeito Municipal, através da Secretária de Obras do Município, seja REALIZADO O CALÇAMENTO DA RUA CELINA DE OLIVEIRA, rua em frente a praça da bíblia.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/570/011_ind_129_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/570/011_ind_129_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que oficiado ao Exmo. Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana, e a Secretária de Políticas Sociais e Desportos, Sra. Christiana Lima Pereira, no sentido que sejam adotadas providências para Criação de uma casa de acolhimento a pessoa em situação de rua, onde disponibilizará três refeições por dia, serviço de vigilância 24 horas, atividades complementares e acompanhamento assistencial e psicológico, momentos de jogos, horta comunitária, atividades tisicas e dinâmica com oficinas, direção espiritual, entre outras programações, neste Município.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/571/010_ind_130_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/571/010_ind_130_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, a SUBSTITUIÇÃO DE TODAS AS LÂMPADAS DE VAPOR MERCÚRIO, DOS POSTES, DAS COMUNIDADES IMPOEIRA, BALDO DO RIO, CURTUME E VILA OPERÁRIA, POR LÂMPADAS DE LEDS, em Goiana.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/572/009_ind_131_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/572/009_ind_131_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Eduardo Honório Prefeito Municipal, através da Secretária de Obras do Município, seja VIABILIZADA A CONSTRUÇÃO DE UMA PRAÇA NO ANTIGO CAMPO DO BOM TEMPO.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/573/008_ind_132_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/573/008_ind_132_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio do Gabinete do Prefeito, veja a urgente necessidade DO MUNICÍPIO CRIAR UM CONVÊNIO COM A INSTITUIÇÃO FILANTRÓPICA DO ABRIGO SÃO JOSÉ, que se faz necessário.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/574/007_ind_133_2022_completo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/574/007_ind_133_2022_completo.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio da Secretaria competente, veja a urgente necessidade de CONSTRUÇÃO DE UMA QUADRA ESPORTIVA, entre Flexeiras e Nova Goiana em um terreno localizado por traz do Samu, em Goiana</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/575/006_ind_134_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/575/006_ind_134_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que eja encaminhado ao Prefeito deste Município, senhor Eduardo Honório, oficio propondo, por intermédio da Secretaria de Urbanismo, Obras e Património Arquitetônico, para que veja a possibilidade de pavimentar em paralelepípedo a Rua das Oliveiras, que fica na comunidade de Atapuz em Goiana PE</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/576/005_ind_135_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/576/005_ind_135_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro, através da Secretaria competente, versando sobre apresentação de Plano de Ação para os Festejos Juninos 2022, no município de Goiana -PE.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/577/004_ind_137_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/577/004_ind_137_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a IMPLATAÇÃO DO PISO SALARIAL DE TODA CLASSE DA ENFERMAGEM, APROVADO PELO CONGRESSO NACIONAL NO ULTIMO DIA 04-05 EM BRASILIA, aqui no município de Goiana-PE. Da presente indicação, dê-se ciência à Sec. De Saúde Lícia Maciel, a imprensa falada e escrita do Município de Goiana e região.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/578/003_ind_139_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/578/003_ind_139_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a Secretaria competente versando sobre a necessidade de desapropriação por motivo de Salvaguarda do Museu e Acervo do Mestre Zé do Carmo no município de Goiana - PE.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/579/002_ind_140_2022_completo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/579/002_ind_140_2022_completo.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Prefeito deste Município, senhor Eduardo Honório Carneiro, solicitando que sejam tomadas, em caráter de urgência, através da Secretaria Municipal competente, as providências cabíveis para realização do calçamento da Rua do Ouro, localizada no Distrito de Alecrim, local em que se encontra instalada a Caixa D'água da Prefeitura, uma vez que referida localidade está ficando cada dia mais com difícil acesso aos moradores, em especial nos dias de chuva.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/580/001_ind_141_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/580/001_ind_141_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio da Secretaria competente, veja a urgente necessidade de IMPLANTAÇÃO DE PLACAS COM ORIENTAÇÃO PARA ALONGAMENTO NAS ACADEMIAS AO AR LIVRE NAS PRAÇAS DE GOIANA, em toda Goiana.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/698/142_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/698/142_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Prefeito do Município Eduardo Honório Carneiro, a instalação de equipamentos de energia fotovoltaica nos prédios públicos municipais.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/699/143_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/699/143_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a Criação do Projeto "Domingo da Gente" no município de Goiana-PE. Da presente indicação, dê-se ciência à Seco de trânsito de transporte, Sr. Romolo Lamenha Lins, a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/700/144_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/700/144_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Exmo. Sr. Eduardo Honório Carneiro- Prefeito deste Município, e a secretária de educação, sra. Maria Goretti de Araújo Carneiro Pessoa, no sentido que seja implantada escola municipal em tempo integral com inclusão de cursos técnicos, medida esta ser de maior relevância e de muita importância para desenvolvimento de nossos jovens goianenses, sendo construído na sede e distrito, neste município.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/701/145_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/701/145_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro e a Secretaria competente versando sobre necessidade de Implantação de Guarda Patrimonial nas nossas Igrejas Históricas restauradas, tombadas pelo IPHAN no município de Goiana PE.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/702/146_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/702/146_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, a CARAVANA DA SAÚDE PARA A USINA MARAVILHA, em Goiana.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/703/147_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/703/147_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado Ofício ao Prefeito do Município, Sr. Eduardo Honório, ratificando o pedido para implantação de iluminação pública em toda a extensão da Rodovia Osvaldo Rabêlo Filho (antiga Estrada do Cajueiro), em Goiana.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/704/148_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/704/148_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Oficio ao Excelentíssimo Prefeito Municipal de Goiana/PE, Eduardo Honório e a Secretaria de Obras Competente Isabella Soares, para que seja construído um Centro Esportivo em Ponta de Pedras distrito dessa cidade.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/705/149_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/705/149_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formalizado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, para que proceda junto à Gerência Regional dos Correios, a efetivação_x000D_
 de convênio para reimplantação da Agencia de Correios Comunitário-AGC, no Povoado de São Lourenço.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/706/150_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/706/150_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviado ofício ao Excelentíssimo Sr. Prefeito do Município de Goiana, Eduardo Honório Carneiro, e à Secretaria competente, versando sobre a concessão do direito a um dia de folga anual, às servidoras públicas municipais e empregadas celetistas, para a realização de exames de controle de câncer, no Município de Goiana - PE</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/707/151_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/707/151_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio da Secretaria ; competente, veja a urgente necessidade de SER CONSTRUIDA UMA NOVA ESCOLA MUNICIPAL PARA COMUNIDADE DE FLEXEIRAS, em Goiana.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/708/152_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/708/152_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado Ofício ao Prefeito do Município, Sr. Eduardo Honório, ratificando o pedido para implantação de pavimentação da artéria compreendida entre_x000D_
 a rua de acesso à UPA Deputado Osvaldo Rabelo e a Rua Historiador Antônio Corrêa de Oliveira Andrade Filho, situada no Loteamento Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/709/153_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/709/153_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a ANTECIPAÇÃO DA IMPLATAÇÃO PEC 22-2011_x000D_
 que institui um piso salarial nacional de dois salários mínimos, equivalente a R$ 2.424,00 em 2022, para os agentes comunitários de saúde e de combate às endemias , aqui no município de Goiana-PE. Da presente indicação, dê-se ciência à Seco De Saúde Lícia Maciel, a imprensa falada e escrita do Município de Goiana e região.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/710/154_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/710/154_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Prefeito do Município junto à Secretaria competente, que envie a esta Casa Legislativa, um Projeto de Lei para desapropriação e doação de terrenos para pessoas que não tenham casa própria.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/711/155_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/711/155_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Prefeito deste Município, senhor Eduardo Honório Carneiro, solicitando que sejam tomadas, em caráter de urgência, através da Secretaria Municipal_x000D_
 competente, as providências cabíveis para aquisição de instrumentos musicais para Banda Marcial Nunes Machado, bem como seja viabilizado uma ajuda de custos para os alunos que a_x000D_
 compõem e uniformes para todos.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/712/156_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/712/156_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Prefeito, Senhor Eduardo Honório Goiana, a indicação para a CREDENCIAMENTO AO INCE TIVO FINANCEIRO FEDERAL DE CUSTEIO PARA ATIVIDADES FíSICAS NA ATENÇÃO_x000D_
 PRIMARIA A SAÚDE, BASEADO NA PORTARIA DO MINISTÉRIO DA SAÚDE N° 1.105, DE 15 DE MAIO DE 2022. Da presente indicação, dê-se ciência à Seco De Saúde Lícia Maciel, a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/713/157_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/713/157_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, por intermédio da Secretaria de Saúde, QUE SEJA IMPLANTADO O CAPS NOS DISTRITOS DE TEJUCUPAPO E PONTA DE PEDRAS, PARA MELHOR ATENDER A POPULAÇÃO DAQUELA LOCALIDADE</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/714/158_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/714/158_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Município de Goiana, Eduardo Honório Carneiro, através da Secretaria competente versando sobre a requalificação_x000D_
 do sistema de iluminação pública na Avenida Marechal Deodoro da Fonseca, na sede do Município de Goiana - Pe.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/715/159_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/715/159_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o plenário, na forma regimental, sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Município de Goiana, Eduardo Honório Carneiro através das Secretarias competentes versando sobre requalificação da Feira Livre de Flexeiras, sede do município de Goiana - PE, que tradicionalmente acontece aos domingos naquela comunidade, dotando-a de novos bancos padronizados, qualificação_x000D_
 para os feirantes e plantão administrativos das pastas responsáveis por segurança, limpeza e organização do comércio ambulante.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Indicação que dispõe que cumpridas as formalidades regimentais, apelo ao Prefeito do Município junto a Secretaria competente, que_x000D_
 veja a possibilidade de viabilizar a ampliação do sistema de_x000D_
 abastecimento d'água no Loteamento Canoé, localizado na Praia de Carne de Vaca.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/717/162_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/717/162_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para que seja realizado a Limpeza de Galerias e Canal que fica localizado no Barro Vermelho no Loteamento Santa Emília, no município de Goiana-PE. Da presente indicação, dê-se ciência à Seco de Servo Públicos Eliane da Silva, a imprensa falada e escrita do Município de Goiana e do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/718/163_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/718/163_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado Ofício ao Prefeito do Município, Sr. Eduardo Honório, ratificando o pedido de construção de uma Garagem Municipal para abrigar as máquinas e a frota de veículos' da Prefeitura de Goiana</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/719/164_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/719/164_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio do Gabinete do Prefeito, veja a urgente necessidade PRÉ·VESTIBULAR GRATUITO PARA OS JOVENS DE BAIXA RENDA DO MUNICÍPIO, PRÉ·JOVEM PARA O ENEM, que se faz necessário.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/720/165_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/720/165_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que que seja oficiado ao Prefeito deste Município, senhor Eduardo Honório Carneiro, solicitando que sejam tomadas, em caráter de urgência, através da Procuradoria Municipal, as providências cabíveis e necessárias para edição de projeto de lei do executivo que verse sobre a implementação de beneficio fiscal do imposto de transmissão intervi vos de bens imóveis - ITBI, unicamente sobre as transações imobiliárias realizadas no âmbito dos programas minha casa minha vida e casa verde e amarela.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/721/166_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/721/166_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhada ao Exmo. Senhor Eduardo Honório, prefeito do Município de Goiana, a indicação para a IMPLANTAÇÃO DO "AuxíLiO DESASTRES NATURAIS" ,EM CARÁTER EMERGENCIAL, NO VALOR DE ATÊ 10MIL REAIS, PARA TODAS AS FAMíLIAS QUE TIVERAM SUAS CASAS E MÓVEIS DESTRUíDAS PELAS CHUVAS, NO MUNiCíPIO DE GOIANA PE. Da presente indicação, dê-se ciência à Sec. de Politicas Sociais Chistiana de Lima Pereira, a imprensa falada e escrita do Município de Goiana e do Estado_x000D_
 de Pernambuco.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/722/167_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/722/167_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio da Secretaria competente, veja a urgente necessidade de CONSTRUÇÃO DE CASAS EM LOCAL ADEQUADO PARA AS Famílias VITIMAS DAS ENCHENTES DA COMUNIDADE DO BALDO DO RIO E DE ONDE PORVENTURA HOUVER NECESSIDADE, em Goiana.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Ana Diamante, Mário do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/723/168_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/723/168_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam enviados ofícios ao Excelentíssimo Sr. Prefeito do Munícipio de Goiana, Eduardo Honório Carneiro, EM REGIME DE URGÊNCIA, viabilizar o encaminhamento, para esta Casa Legislativa, de Projeto de lei que venha criar um Auxilio Emergencial, que possa beneficiar as famílias desabrigadas no município de Goiana - PE.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/724/169_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/724/169_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário em sua forma_x000D_
 regimental, que seja formulado apelo ao excelentíssimo Sr._x000D_
 Prefeito do Município EDUARDO HONÓRIO CARNEIRO, que o_x000D_
 mesmo veja a possibilidade de criar um Auxílio Moradia, para as_x000D_
 vítimas dos desastres causados pelas fortes chuva na cidade e nos_x000D_
 distritos.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/725/170_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/725/170_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que cumpridas as formalidades regimentais, apelo ao Prefeito do Município Eduardo Honório Carneiro, a_x000D_
 construção de Poços Artesianos em todas as Escolas da Rede_x000D_
 Municipal de Goiana</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/726/171_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/726/171_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, o ENCAMINHAMENTO DE UM PROJETO DE LEI, A ESTE PODER LEGISLATIVO, VERSANDO SOBRE O PERDÃO DE MULTAS E JUROS, EM 100%, DOS CONTRIBUINTES INADIMPLENTES DE IPTU E ALVARÁ DE FUNCIONAMENTO, ASSIM COMO TAMBÉM, 40% DE DESCONTO NO VALOR DO PAGAMENTO A VISTA E 300/0 NO PARCELAMENTO EM ATÉ 12 MESES. Esta propositura_x000D_
 tem como base o Art. 7°, inciso I, como, também, o Art. 36, inciso 11,da Lei Orgânica do Município de Goiana.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/727/172_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/727/172_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Eduardo Honório Prefeito Municipal e a Gerência Regional dos Correios, solicitando a implantação de uma Agencia do Correi s_x000D_
 Comunitário-ACC, na Comunidade de Bela Vista 11.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/728/173_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/728/173_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio do Gabinete do Prefeito, veja a urgente necessidade DA IMPLEMENTAÇÃO DA ACADEMIA DA SAÚDE NA PRAÇA DOS ANJOS, LOTEAMENTO NOSSA SENHORA DA CONCEiÇÃO, que se faz necessário.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/729/174_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/729/174_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito apelo ao Prefeito do Município Eduardo Honório Carneiro, a instalação de um centro de Zoonose no nosso município.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/730/176_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/730/176_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Prefeito deste Município, senhor Eduardo Honório Carneiro, solicitando que sejam tomadas, em caráter de urgência, através da Secretaria Municipal de_x000D_
 Saúde, as providências cabíveis e necessárias para que seja enviada a Caravana da Saúde para o Loteamento Nossa Senhora da Conceição, mais especificamente na Praça dos Anjos</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/731/178_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/731/178_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Exmo. Sr. Eduardo Honório Carneiro - Prefeito deste Município, que além de ser implantado o Auxílio Goiana, seja também entregue um KIT CASA contendo uma geladeira e um fogão, destinado as famílias que tiveram suas casas atingidas pelas chuvas, nesta cidade.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/732/179_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/732/179_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, a CAPINAÇÃO DAS RUAS: MASSANGANA E SUAS ADJACENTES, E RUA DJALMA RAPOSO E SUAS ADJACENTES, em Goiana.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/733/180_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/733/180_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado Ofício ao Prefeito do Município, Sr. Eduardo Honório, ratificando o pedido para que seja implantado o calçamento do Loteamento Osvaldo Rabelo, na localidade conhecida popularmente como "Casas de Gesso", em Goiana.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/734/181_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/734/181_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Eduardo Honório Prefeito Municipal e ao Governo do Estado de Pernambuco através das secretarias competentes, para que seja feito um_x000D_
 mutirão em caráter de urgência para retiradas de documentos (RG, CPF, CERTIDÕES DE NASCIMENTOS, CASAMENTOS E DEMAIS_x000D_
 DOCUMETOS), das pessoas que foram atingidas pelas enchentes em nosso município.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/735/182_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/735/182_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio do Gabinete do Prefeito, veja a urgente necessidade SUBSTITUIÇÃO DA ILUMINAÇÃO PÚBLICA DO MUNICÍPIO_x000D_
 DAS LÃMPADAS VAPOR DE MERCÚRIO POR LÂMPADAS LED, que se faz necessário.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/736/183_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/736/183_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado Ofício ao Prefeito do Município, Sr. Eduardo Honório, pedido para a implantação de um plantão médico, aos sábados e domingos, enquanto não for disponibilizada uma ambulância, na comunidade de Carrapicho, em Goiana.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/737/184_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/737/184_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja feito e enviado Ofício ao Excelentíssimo Prefeito Municipal de Goiana/PE,_x000D_
 Eduardo Honório e a Secretaria de Obras Competente, para que seja construído Vestiários nos Campos de Futebol dos distritos de Catuama, Barra de Catuama, Ponta de Pedras, Carne de Vaca e Gambá deste Município.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/746/ind_185_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/746/ind_185_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sugere ao Executivo Municipal a entrega de Título de Legitimação de Posse aos moradores que hoje ocupam o terreno do CVT - Centro Vocacional Tecnológico (antiga Fábrica de Blocos) cita a Rua do Bom Negó􀀂io, neste Município.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/738/186_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/738/186_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado Oficio ao Exmo. Sr. Eduardo Honório Prefeito Municipal, solicitando que através das secretarias competentes sejam realizados em caráter de urgência o serviço de dedetização e controle de pra s nas residências atingidas pelas enchentes em nossa cidade.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/739/187_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/739/187_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja oficiado ao Exmo. Sr. Eduardo Honório Carneiro - Prefeito deste Município e a Secretária de Educação, Ilma. Sra. Maria Goretti, que seja destinado aos profissionais da Educação 60% dos precatórios do FUNDEF, neste município.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/740/188_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/740/188_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que sejam tomadas, em caráter de urgência,_x000D_
 competente, as providências cabíveis para construção de vestiarias, lances de arquibancadas no campo da Vila Bom Tempo, uma vez que a população daquela localidade necessita de um olhar_x000D_
 especial por parte do Munícipio, em especial para segurança e bem-estar na realização de suas atividades de lazer.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/741/189_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/741/189_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio da Secretaria de Manutenção e Serviços Públicos, veja a urgente necessidade de COLETORES DE LIXO NO COMÉRCIO DE GOIANA, que se faz necessário.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/747/ind_190_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/747/ind_190_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário desta Casa Legislativa, nos termos regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, a CARAVANA DA SAÚDE PARA A COMUNIDADE DA IMPOEIRA, em Goiana.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/765/ind_191_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/765/ind_191_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio da Secretaria de Urbanismo Obras e Patrimônio, veja a urgente necessidade da REFORMA COM PAISAGISMO E IMPLEMENTAÇÃO DE LÂMPADAS LED NO TREVO QUE LIGA GOIANA À FLEXEIRAS SENTIDO CONDADO, que se faz necessário.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/748/ind_192_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/748/ind_192_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que cumpridas as formalidades regimentais, apelo ao Prefeito do Município junto a Secretaria competente, que veja a possibilidade de viabilizar a implantação de uma rotatória no largo que fica por trás do Colégio Sagrada Família e ao lado da Escola Marie Arméllie Falguiéres.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/749/ind_194_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/749/ind_194_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que consultado o Plenário, na for a regime , sejam enviado ofício ao Excelentíssimo Sr. Prefeito do Município de Goiana, Eduardo Honório Carneiro, e à Secretaria competente, solicitando Projeto de Lei regulamentando os transportes que levam os profissionais de Educação Municipal de Goiana aos distritos.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/750/ind_195_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/750/ind_195_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário e cumprida às formalidades regimentais, seja formalizado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, JUNTO A SECRETARIA DE URBANISMO, OBRAS E PATRIMÔNIO ARQUITETÔNICO, VEJA A POSSIBILIDADE DE PAVIMENTAR A RUA DAS FLORES, LOCALIZADA NA COMUNIDADE DO SITIO GAMBÁ.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/751/ind_196_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/751/ind_196_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que cumpridas as formalidades regimentais, apelo ao Prefeito do Município junto a Secretaria competente, que seja solucionada a situação da Bueira do campo na Comunidade do Gambá.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/752/ind_197_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/752/ind_197_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o plenário, e cumprida ás formalidades regimentais seja feito e enviado Oficio ao Excelentíssimo Prefeito Municipal de Goiana/PE, Eduardo Honório e a Secretaria de Obras Competente, para que seja reformada a Praça dos Golfinhos no centro de Ponta de Pedras distrito desse município.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/753/ind_198_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/753/ind_198_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário, que seja oficiado ao Exmo. Sr. Prefeito do Município, Sr. Eduardo Honório Carneiro, a CONSTRUÇÃO DO CALÇAMENTO e SA EAME TO BÁSICO, na Rua da Escola Santa Maria em Meia Légua.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/754/ind_199_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/754/ind_199_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio da Secretaria competente, veja a urgente necessidade de CONCLUSÃO DO CALÇAMENTO DA RUA CLARA NUNES FINAL COM A MACAIBEIRA E O CONSERTO NO INÍCIO DA RUA, na comunidade da Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/755/ind_200_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/755/ind_200_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio da Secretaria de Urbanismo Obras e Patrimônio, veja a urgente necessidade de IMPLEMENTAÇÃO DE UMA LOMBADA PARA REDUÇÃO DE VELOCIDADE, NO LOTEAMENTO CORAÇÃO DE JESUS, S/N, (EM FRENTE A ESCOLA AUGUSTO GONDIM), que se faz necessário.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/756/ind_202_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/756/ind_202_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário desta Casa Legislativa, nos termos regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, a CARAVANA DA SAÚDE PARA A COMUNIDADE DO BALDO DO RIO, em Goiana.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/757/ind_203_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/757/ind_203_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município EDUARDO HONORIO CARNEIRO, que o mesmo veja a possibilidade de enviar para a Unidade Mista de Tejucupapo um BUCOMAXILOFACIAL, para ser realizado implante dentário e cirurgia ortognatias, para as pessoas carentes, para t}ue as mesmas, tenham melhor qualidade de vida.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/758/ind_204_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/758/ind_204_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe seja oficiado ao prefeito de Goiana, através da Secretaria de Saúde ou da Secretaria competente, as providências cabíveis e necessárias para que seja ampliada, prorrogada até dezembro do corrente ano, a campanha intitulada Álcool em Gel, através da qual o Governo Municipal oferece a todos os cidadãos uma das mais eficazes forma de prevenção da disseminação do Coronavírus, uma vez que os números divulgados pelo Governo Estadual demonstram, sem sombra de dúvidas, uma nova onde de contágio</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/759/ind_205_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/759/ind_205_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que  ouvido o Plenário e cumprindo às formalidades regimentais, seja formalizado apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Honório Carneiro, JUNTO À SECRTERIA DE URBANISMO, OBRAS E PATRIMÔNIO ARQUITETÔNICO, VEJA A POSSIBILIDADE DE PAVIMENTAR A RUA DO SOL, LOCALIZADA NA COMUNIDADE DO SITIO GAMBÁ.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/760/ind_206_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/760/ind_206_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que seja enviado oficio ao Senhor Prefeito Eduardo Honório, para determinar ao setor competente, que veja a possibilidade da Secretaria de Esporte e Juventude criar um convênio com alguma academia de ginástica de Goiana, para os atletas que estão participando da Seleção Goianense durante a SSº Copa do Interior. A iniciativa da propositura, visa oferecer um treinamento físico para os atletas da seleção de Goiana, oferecendo uma preparação física de melhor qualidade e com equipamentos profissionais.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/761/ind_207_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/761/ind_207_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário desta Casa Legislativa, nos termos regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, a CARAVANA DA SAÚDE PARA A COMUNIDADE DA VILA OPERÁRIA, em Goiana.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/762/ind_208_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/762/ind_208_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, pedido para que, por intermédio da Secretaria competente, veja a urgente necessidade de CONSERTO E REVITALIZAÇÃO DOS BANCOS DA RUA DIREITA DE ACORDO COM A NECESSIDADE, em Goiana.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/763/ind_209_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/763/ind_209_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário e cumprida as formalidades Regimentais, seja enviado Oficio ao Exmo. Sr. Eduardo Honório Prefeito Municipal, solicitando que através da secretaria de Agricultura, Pesca e Meio Ambiente que institua um auxilio emergencial para os Agricultores e criadores de animais, que tiveram suas plantações e criações atingidas p as fortes chuvas na cidade de Goiana, causando perdas e prejuízos significativos aos mesmos.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/764/ind_210_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/764/ind_210_2022.pdf</t>
   </si>
   <si>
     <t>Indicação que dispõe que após ouvido o Plenário e cumpridas as formalidades regimentais, seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretária de Saúde, Ilma. Sra. Lícia  Maciel, no sentido que seja incluída a Caravana da Saúde na Rua da Praia, nas proximidades da clínica veterinária, visto ali muitos dos que residem são idosos e crianças, com isto contemplaria as ruas dos arredores tais como o Barro Vermelho e ruas adjacentes, no centro desta cidade.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/779/211_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/779/211_2022.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para que veja a urgente necessidade de um médico psiquiatra pedriático para a Policlínica do município de Goiana.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/772/212_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/772/212_2022.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, versando sobre a implantação de um monumento, uma estátua com estrutura em bronze, do ex-prefeito Osvaldo Rabelo Filho, sentado em um banco no Calçadão de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/773/213_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/773/213_2022.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade de implantação de uma lombada na Rua Pedro Eurico, no Loteamento Bela Vista II (em frente à casa do Sr. Jackson), em Goiana.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/780/214_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/780/214_2022.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a construção de uma praça pública, com três quiosques, no terreno que fica às margens do Rio Goiana, na comunidade da Impoeira, em Goiana.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/774/215_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/774/215_2022.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, pedido de implantação de calçamento e saneamento básico no Sítio Meia Légua, distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/781/216_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/781/216_2022.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando que seja construído um Posto de Saúde da Família, no Engenho Mussumbú, em Goiana.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/775/217_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/775/217_2022.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, sugestão ao Prefeito do Município para estudar a possibilidade da implantação de uma Academia da Saúde, na praça situada em frente ao Abrigo dos Idosos, na Rua da Soledade, em Goiana.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/782/218_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/782/218_2022.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formalizado Apelo ao Prefeito do Município, para que veja a possibilidade de realizar o esgotamento sanitário em um trecho do calçamento da Rua da Conceição, localizada no povoado de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/776/219_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/776/219_2022.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação do calçamento da rua situada por trás da antiga Fiação de Tecidos de Goiana (Fiteg), em Goiana.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/777/220_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/777/220_2022.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhadoao Prefeito do Município pedido para que veja a urgente necessidade deimplantação de uma ciclovia da Avenida Nunes Machado até o trevo de Flexeiras, emGoiana.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Ofício propondo a revitalização das praças Duque de Caxias, da Bandeira e João Pessoa, em Goiana.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/786/ind_222.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/786/ind_222.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, pedido de construção de uma praça, com Academia de Saúde, na Rua do Cemitério (por trás do Colégio Heroínas de Tejucupapo), no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/787/ind_223.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/787/ind_223.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município pedido para instituir, anualmente, um campeonato de desportos, no qual deverão competir as seguintes modalidades: futebol de campo, futsal, voleibol, handebol, ciclismo, natação, atletismo, capoeira, jiu-jitsu e taekwondo; em Goiana.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/788/ind_224.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/788/ind_224.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para construção de uma praça, com academia ao ar livre, em um terreno localizado por trás da base do Samu,  na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/802/ind_225.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/802/ind_225.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício propondo a realização da Caravana da Saúde na comunidade do Curtume, em Goiana.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/794/ind_226.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/794/ind_226.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao prefeito do Município solicitando a inclusão da comunidade de Ibeapicú, no distrito de Tejucupapo, em Goiana, no Programa Vaca Mecânica.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/795/ind_227.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/795/ind_227.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a instalação de câmeras de monitoramento nas comunidades de Gambá, Atapuz, Carrapicho, Ibeapicú, São Lourenço, Tejucupapo, Ponta de Pedras, Catuama, Barra de Catuama e demais localidades adjacentes, em Goiana.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/796/ind_228.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/796/ind_228.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município pedido para criar um Food Park na sede de Goiana, dispondo de áreas para alimentação, comercialização de livros, artesãos, flores, músicos, lazer e demais atividades, um espaço que vai gerar emprego e renda para os munícipes e despertar novos empreendedores.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/797/ind_229.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/797/ind_229.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para fornecer kit padrão Celpe e mão de obra na instalação, para as famílias moradoras da Portelinha que estejam no Cadastro Único e comprovem baixa renda, em Goiana.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/829/ind_230.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/829/ind_230.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, seja feita sugestão ao Executivo Municipal para que seja providenciada a instalação de Internet livre Wi Fi, no Calçadão da Misericórdia, no centro de Goiana.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/799/ind_231.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/799/ind_231.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao prefeito do Município solicitando a inclusão da comunidade de Nova Goiana, em Goiana, na Caravana da Saúde.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/800/ind_232.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/800/ind_232.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município pedido para construir um Pátio de Eventos na Rua da Igreja, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/801/ind_233.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/801/ind_233.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando providências cabíveis para que seja enviada a Caravana da Saúde para a localidade dos Sem Terra,  em Goiana.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/808/ind_234.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/808/ind_234.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício propondo a realização da manutenção das praças da Bíblia e dos Anjos, esta localizada no Loteamento Nossa Senhora da Conceição, em Goiana.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/809/ind_235.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/809/ind_235.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município pedido para que seja realizada a Caravana da Saúde na comunidade do Engenho Mussumbú, em Goiana.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/810/ind_236.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/810/ind_236.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município pedido para construir uma Praça no final da Rua do Cemitério, no distrito de Ponta de Pedras, em Goiana, ao lado da Academia da Saúde, a ser denominada de Praça Isaías Trajano.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/811/ind_237.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/811/ind_237.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando, através da Secretaria de Manutenção e Serviços Públicos, a implantação de postes de iluminação pública nas imediações do Condomínio Portal de Goiana Residence I, localizado na PE-62, em Goiana.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/812/ind_238.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/812/ind_238.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido de construção de uma Praça com academia ao ar livre na margem da PE-75, próximo à concessionária da Yamaha, na comunidade do Mutirão,em Goiana.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município versando sobre a criação  de um ambulatório LGBTQIA+, em Goiana.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/815/ind_240.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/815/ind_240.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a podação das árvores da Praça Rio Branco, assim como das árvores das margens do Rio Goiana, localizado nas comunidades da Impoeira e do Baldo do Rio, em Goiana.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/816/ind_241.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/816/ind_241.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município pedido para que seja adequado e equipado o Cine Polytheama visando a utilização para Cinema e Teatro pela população, em Goiana.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/817/ind_242.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/817/ind_242.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado ao Ofício ao Prefeito do Município, Ofício solicitando que sejam implantados um abrigo para ponto de ônibus e rondas da Guarda Municipal, nos horários de pico, nas imediações do Condomínio Portal de Goiana Residence I, localizado na Rodovia PE-062, em Goiana.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/818/ind_243.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/818/ind_243.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja feito Apelo ao Prefeito do Município, solicitando a construção de poço artesiano e canalização da água no Engenho Ubú, em Goiana.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a realização de uma edição da Caravana da Saúde para atender à comunidade do Loteamento Boa Vista, tanto a parte baixa como a parte alta da referida localidade, em Goiana.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/820/ind_245.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/820/ind_245.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, para avaliar a possibilidade, junto à Secretaria de Saúde, de promover a extensão do horário de atendimento, nos dias de semana, de segunda a sexta-feira, das 17h até às 21h, e a implantação de plantões médicos nos finais de semana, aos sábados e domingos, na Unidade Básica de Saúde (UBS) da comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/825/ind_246.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/825/ind_246.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao prefeito do Município para que veja a possibilidade de viabilizar a colocação de 02 diques de contenção, um nas imediações do Bar da Balsa e outro nas proximidades das caiçaras dos pescadores, na orla da praia de Carne de Vaca.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/835/ind_247.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/835/ind_247.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a desobstrução, em caráter de urgência, de todas as galerias da Rua do Bom Jesus, em Goiana.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/826/ind_248.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/826/ind_248.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município pedido para que seja realizada uma Caravana da Saúde, na comunidade da Macaibeira, popularmente conhecida como Casas de Gesso, na Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/827/ind_249.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/827/ind_249.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado ao Ofício ao Prefeito do Município, solicitando que seja realizada uma Caravana da Saúde, no Loteamento Sindicato, em Goiana.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/828/ind_251.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/828/ind_251.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja feito Apelo ao Prefeito do Município, solicitando a implantação de faixa de pedestre e sinalização no cruzamento da Rua da Praia com o Loteamento Barro Vermelho, na PE-75, em Goiana.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de uma lombada na Rua Manuel Torres, em frente ao número 23, na Vila Castelo Branco, em Goiana.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/836/ind_254.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/836/ind_254.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado ao Ofício ao Prefeito do Município, solicitando que, através do Departamento de Estradas de Rodagem (DER), sejam implantadas lombadas ou quebra-molas nas imediações do Condomínio Portal Residence I, na Rodovia PE-62, em Goiana.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/832/ind_255.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/832/ind_255.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja feito Apelo ao Prefeito do Município, solicitando a implantação do calçamento da Avenida Liberdade e da Rua Paulo Abouana, na comunidade da Bela Vista, em Goiana.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade de perfuração de poço artesiano na Escola Iracema Nogueira, na Vila Mutiraão, em Goiana.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/834/ind_257.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/834/ind_257.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a realização dos serviços de pavimentação nas vias de acesso da comunidade da Bica do Araçá, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/841/ind_258.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/841/ind_258.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, seja feita sugestão ao Executivo Municipal para que seja providenciada a instalação de refletores na quadra municipal do distrito de Tejucupapo, em Goiana. _x000D_
 _x000D_
 | Autor: Renato Sandré</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/842/ind_259.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/842/ind_259.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja feito Apelo ao Prefeito do Município, solicitando a implantação de uma lombada para redução de velocidade, na Rua do Lindo Amor, no centro de Goiana.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/843/ind_260.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/843/ind_260.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a  solicitando a construção de uma quadra poliesportiva num terreno pertencente à Prefeitura de Goiana, localizado na Quadra G-5, visando atender às crianças, adolescentes e jovens residentes no Loteamento Nossa Senhora da Conceição (conhecido como Sítio) e na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/844/ind_261.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/844/ind_261.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, pedido para a implantação de canaletas de concreto para escoamento das águas pluviais nas barreiras e encostas da comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/846/ind_262.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/846/ind_262.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício propondo a revitalização da Praça Mãe Rainha,na Cidade Nova, em Goiana.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/850/ind_263.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/850/ind_263.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício propondo que a Compesa realize, com urgência, a torca do cano que faz o abastecimento d’água para a cidade, localizado no Rio Goiana, entre as comunidades do Baldo do Rio e da Impoeira, em Goiana.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/851/ind_264.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/851/ind_264.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, para que o mesmo veja a possibilidade de mandar colocar um Portal com a expressão  “BEM VINDO A TEJUCUPAPO, TERRA DAS HEROÍNAS”, na entrada da Rodovia Osvaldo Rabelo Filho (antiga Estrada do Cajueiro), em Goiana.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/858/ind_265.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/858/ind_265.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, para que veja a possibilidade, junto à Secretaria de Saúde, de implantar uma Unidade Básica de Saúde (UBS) na comunidade de Ibeapicú, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/852/ind_266.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/852/ind_266.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja feito Apelo ao Prefeito do Município, solicitando a implantação de calçamento e drenagem da Rua Osvaldo Rabelo, em Goiana.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/866/ind_267.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/866/ind_267.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que sejam enviados Ofícios ao Prefeito do Município, para que seja realizado um estudo de incidência de câncer de mama, em Goiana.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>Carlos Viegas, Mário do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/867/ind_268.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/867/ind_268.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, para que, através das secretarias de Obras e de Educação, seja construída uma creche, na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/869/ind_269.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/869/ind_269.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a criação de uma Escola Técnica Municipal destinada à qualificação profissional de adolescentes e jovens e inserção no mercado de trabalho no pólo econômico de Goiana.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/870/ind_270.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/870/ind_270.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, versando sobre a inclusão, no serviço de saúde, de um médico especializado na área vascular e um médico especializado em Neurologia para atender ao público adulto, em Goiana.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/871/ind_271.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/871/ind_271.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, para que o mesmo veja a possibilidade de mandar colocar um Portal com a expressão “BEM VINDO A CARNE DE VACA”, na entrada da praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/872/ind_272.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/872/ind_272.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, para que o mesmo veja a possibilidade de mandar colocar um Portal com a expressão “BEM VINDO A PONTA DE PEDRAS”, na entrada do distrito e praia de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/873/ind_273.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/873/ind_273.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, para que o mesmo veja a possibilidade de mandar colocar um Portal com a expressão “BEM VINDO A ATAPUZ”, na entrada da praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/874/ind_274.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/874/ind_274.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, para que o mesmo veja a possibilidade de pavimentar a Rua do Goiti, no povoado de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/875/ind_275.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/875/ind_275.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a substituição de todas as lâmpadas de vapor de mercúrio, por lâmpadas de led, dos postes  da Usina Maravilhas, em Goiana.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/881/ind_276.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/881/ind_276.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na Rua do Campo, na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/882/ind_277.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/882/ind_277.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, para que o mesmo veja a possibilidade de pavimentar a Rua das Malvinas, localizada na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/883/ind_278.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/883/ind_278.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a implantação de postes de iluminação pública, na PE-62, no trecho compreendido entre a lanchonete Cana e Coco e o letreiro “Ame Flexeiras”, na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/884/ind_279.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/884/ind_279.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município,pedido para que veja a urgente necessidade de construção de um anexo da Curica e da Saboeira para ensinar música às crianças de Flexeiras e das comunidades vizinhas, em Goiana.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a inclusão do Programa Aprendiz Legal, no município de Goiana.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/887/ind_282.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/887/ind_282.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a realização, de forma manual e mecânica, do serviço de limpeza, em Goiana.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/888/ind_283.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/888/ind_283.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de calçamento na Segunda e Terceira Travessas da Rua Deputado Ulysses Guimarães, localizada no Loteamento Nova Soledade, no centro de Goiana.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/889/ind_284.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/889/ind_284.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando que ofereça, junto com a Atamug, o Curso de Transporte Coletivo de Passageiros para os motoristas do transporte regular, em Goiana.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/892/ind_285.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/892/ind_285.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhada ao Prefeito do Município, a Indicação para a implantação de postes com luminárias de Led em toda a “Curva do S”, situada na estrada que dá acesso do distrito de Ponta de Pedras à praia de Catuama, em Goiana.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/893/ind_286.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/893/ind_286.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na Rua José Joaquim, na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/894/ind_287.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/894/ind_287.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, para que sejam realizadas ações direcionadas ao Novembro Azul, no tocante à prevenção e combate ao câncer de próstata, em Goiana.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/898/ind_288.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/898/ind_288.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na Rua Adilson Tavares, na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja feito Apelo ao Prefeito do Município, solicitando a construção de uma sede própria para o Procon, em Goiana.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/904/ind_290.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/904/ind_290.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a desapropriação do terreno onde funciona o campo de futebol da comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_minha_escola_de_cara_nova2.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_minha_escola_de_cara_nova2.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa que, consultado o Plenário, na forma regimental, seja enviado ofício ao Excelentíssimo Sr. Prefeito do Município de Goiana, Eduardo Honório Carneiro, e à Secretaria competente, dispondo sobre a adesão ao programa “Minha Escola de Cara Nova”, no Município de Goiana - PE</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/907/ind_292.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/907/ind_292.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido para que seja implantado o calçamento na localidade do Sítio Ibeapicú, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a extensão  do percurso da rota de ônibus escolar no sentido de Barro Vermelho até as imediações da Cadeia Pública, em Goiana.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/918/ind_294.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/918/ind_294.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na Rua da Prainha, na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/909/ind_295.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/909/ind_295.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para construir uma quadra de esportes na Nova Goiana, em um terreno por trás da Escola Municipal Zilma Gemir Baracho, em Goiana._x000D_
 _x000D_
 Autor: Vereador Edson da Farmácia</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/914/ind_296.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/914/ind_296.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município para que seja realizado Torneio de Verão nas praias de Goiana, com inscrição prévia dos participantes, em diversas modalidades, como vôlei, futebol, corrida, jogos de mesa, e afins, atraindo pessoas de várias idades para participarem, durante o mês de janeiro.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/910/ind_297.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/910/ind_297.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, para que veja a possibilidade de pavimentar a Rua Granja Santa Maria, localizada na comunidade de Meia Légua, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/915/ind_298.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/915/ind_298.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, para que providencie a recuperação do muro da Escola São Sebastião, na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/919/ind_299.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/919/ind_299.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, para que providencie a recuperação do muro da Escola João Carneiro de Melo, na comunidade de Carrapicho, distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/916/ind_300.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/916/ind_300.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a instalação de lixeiras na Praça José Nascimento de Barros, localizada na Av. Nunes Machado, junto ao edifício do Ministério Público, no centro de Goiana.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município para que, junto ao Comandante do Corpo de Bombeiros Militar, Tenente Braga, notifique a Secretária de Saúde, Sra. Lícia Maciel, para devido auxílio no planejamento de ações voltadas para a inclusão de Posto Salva Vidas na orla de nossas praias, objetivando assegurar e salvaguardar a vida dos banhistas, em Goiana.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/917/ind_304.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/917/ind_304.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade de fornecer kits de primeiros socorros para as escolas municipais de Goiana, e treinamento para os funcionários com equipe especializada.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/921/ind_305.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/921/ind_305.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a reabertura dos banheiros anteriormente existentes e a instalação de banheiros químicos para atender ao público nas áreas concentradas no centro comercial de Goiana.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/924/ind_306.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/924/ind_306.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a instalação de banheiros químicos para atender ao público na área onde funciona o Food Park, na Rua da Misericórdia, no centro de Goiana.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/922/ind_307.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/922/ind_307.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja feito Apelo ao Prefeito do Município, solicitando a implantação de  calçamento e drenagem da Primeira Travessa Manoel Carlos de Mendonça, em Goiana.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/925/ind_308.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/925/ind_308.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Ofício propondo a implantação de banheiros públicos no campo de futebol da comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/926/ind_309.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/926/ind_309.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando que viabilize uma ambulância para atender aos moradores da praia de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício propondo a implantação  de um posto da Casa da Cidadania na comunidade de Atapuz, em caráter de urgência, visando ofertar a emissão de Registro Geral (RG), Carteira de Reservista, entre outros documentos, em Goiana.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/929/ind_311.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/929/ind_311.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a reforma do Cemitério Público de Catuama, em Goiana._x000D_
 _x000D_
 Autor: Xande da Praia</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/930/ind_312.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/930/ind_312.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a implementação do Projeto Praia Limpa, durante o período do verão, nas praias de Ponta de Pedras, Catuama  e Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para firmar parceria com o Sesc Ler, visando realizar aulas de natação para os alunos da rede municipal, do Ensino Fundamental I e II, em Goiana._x000D_
 _x000D_
 Autor: Edson da Farmácia</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício propondo a manutenção do semáforo localizado na Rodovia PE-75, na travessa da Rua do Arame para a Vila Mutirão (próximo ao Supermercado Alves), em Goiana._x000D_
 _x000D_
 Autor: Mário do Peixe</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/937/ind_316.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/937/ind_316.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja feito Apelo ao Prefeito do Município, para disponibilizar cadeiras de rodas para todas as escolas municipais, a fim de atender a casos emergenciais, em Goiana._x000D_
 _x000D_
 Autor: Ibson Gouveia</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/942/ind_318.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/942/ind_318.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de pavimentação em asfalto na Rua da Conceição, situada no centro de Goiana.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/943/ind_319.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/943/ind_319.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja feito Apelo ao Prefeito do Município, para que veja a possibilidade de melhorar a iluminação no trevo que dá acesso ao distrito de Tejucupapo, na Rodovia PE-49, em Goiana.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/946/ind_320.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/946/ind_320.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja feito Apelo ao Prefeito do Município, para que veja a possibilidade de melhorar a iluminação no trevo que dá acesso à comunidade de Atapuz, na Rodovia PE-49, em Goiana._x000D_
 _x000D_
 Autor: André Rabicó</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/944/ind_321.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/944/ind_321.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a criação do Programa “Pró-Emprego”, que estabelece incentivos fiscais, sociais e ambientais às empresas, no município de Goiana.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/947/ind_322.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/947/ind_322.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de pavimentação em asfalto na Rua Clóvis Fontenelle Guimarães (antiga Travessa da Conceição), situada no centro de Goiana.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/958/ind_323.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/958/ind_323.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade de melhorar a iluminação na Povoação de São Lourenço, no trecho que compreende o trevo da Rodovia PE-49, seguindo até a Igreja de São Lourenço, se estendendo até o trevo de saída em direção à praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/952/ind_324.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/952/ind_324.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade de disponibilizar exames de Endoscopia na Unidade Mista de Saúde, no distrito de Tejucupapo, em Goiana._x000D_
 _x000D_
 Autor: Ver. André Rabicó</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/963/ind_326.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/963/ind_326.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício propondo a implantação de lombadas no Curtume de Cima, no início da rua, assim como, em frente da casa do Irmão João, e, também, próximo à Assembleia de Deus, no sentido Loteamento Fiteg, em Goiana.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/964/ind_327.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/964/ind_327.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade de implantar câmeras de videomonitoramento na Unidade Mista de Saúde, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/965/ind_328.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/965/ind_328.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando o pedido de construção de um Velório Municipal no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/953/ind_329.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/953/ind_329.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado apelo ao Prefeito do Município, para que viabilize uma ambulância para atender aos moradores da praia de Barra de Catuama, no distrito de Ponta de Pedras, em Goiana._x000D_
 _x000D_
 Autor: Ver. Ana de Marcílio</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/966/ind_330.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/966/ind_330.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade de implantação de placas na Praça, com orientação para alongamento na academia de ginástica ao ar livre, na Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/954/ind_331.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/954/ind_331.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, que seja feito apelo ao Prefeito do Município, para que proceda estudos e providencie a realização de um torneio municipal de Xadrez, em Goiana._x000D_
 _x000D_
 Autor: Ver. Ibson Gouveia</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/955/ind_332.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/955/ind_332.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, para que veja a necessidade de instalar câmeras de monitoramento em pontos estratégicos do calçadão de Ponta de Pedras, em Goiana._x000D_
 _x000D_
 Autor: Ver. Pedro Henrique</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/959/ind_333.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/959/ind_333.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a recuperação das estradas vicinais da zona rural de Goiana.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/960/ind_334.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/960/ind_334.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a cessão de uso do prédio municipal onde funcionou a primeira escola da Povoação de São Lourenço, localizado na Rua da Matriz, s/nº, para a AQPSL – Associação Quilombola de Povoação  de São Lourenço, em Goiana, conforme Ofício nº 343/2021, enviado ao Chefe do Executivo.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/961/ind_335.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/961/ind_335.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido para construção e implantação de uma Creche Escola, na povoação de São Lourenço, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/967/ind_336.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/967/ind_336.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade de construir uma praça na lateral do Campo de Flexeiras, com academia de ginástica ao ar livre, e área de recreação infantil, na Estrada Velha de Condado, em Goiana.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/973/ind_337.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/973/ind_337.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, versando sobre a necessidade de viabilização da implantação de aulas de robótica na rede municipal de ensino de Goiana.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/974/ind_338.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/974/ind_338.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de pavimentação em asfalto na Travessa do Rosário, situada no centro de Goiana.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/978/ind_339.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/978/ind_339.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo um mutirão para emissão de documentos (RG, CPF, Reservista, Certidão de Nascimento e Certidão Casamento, entre outros), na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/975/ind_340.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/975/ind_340.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formalizado Apelo ao Prefeito do Município para que veja a possibilidade de desapropriar um terreno para a construção de um cemitério no Sítio Gambá, em Goiana.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/979/ind_341.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/979/ind_341.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município versando sobre a necessidade de viabilização da contratação de monitor para cada um dos ônibus de transporte escolar de Goiana.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/980/ind_342.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/980/ind_342.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, para que veja a possibilidade de instalar uma Academia da Saúde, na comunidade das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/981/ind_343.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/981/ind_343.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja feito Apelo ao Prefeito do Município, para que realize uma operação tapa buracos na comunidade do Mutirão, em Goiana.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/991/ind_344.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/991/ind_344.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de pavimentação em asfalto na Rua Padre Batalha, situada no centro de Goiana.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/992/ind_345.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/992/ind_345.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formalizado Apelo ao Prefeito do Município, para que veja a possibilidade de construir banheiros públicos nas orlas das praias de Carne de Vaca, Ponta de Pedras e Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/982/ind_346.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/982/ind_346.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando que seja idealizado um projeto para construir uma pracinha na Rua São Luiz, às margens da PE-75, em Goiana</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/996/ind_347.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/996/ind_347.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de pavimentação em asfalto em todo o entorno da Praça do Artesão, situada no centro de Goiana.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/997/ind_348.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/997/ind_348.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando que seja licitada e executada a reforma e requalificação da Praça Frei Luciano, localizada na Cidade Nova, em Goiana</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/998/ind_349.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/998/ind_349.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a capinação da Rua Francisco Alves, localizada na Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/999/ind_350.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/999/ind_350.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade da reabertura do posto médico da Usina Santa Teresa, em Goiana.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/993/ind_351.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/993/ind_351.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade de fornecer equipamentos de proteção individual para os trabalhadores dos cemitérios existentes em Goiana, e que realize DDS com técnico de Segurança do Trabalho antes de suas atividades diárias.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/994/ind_352.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/994/ind_352.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município para que o mesmo veja a possibilidade de aumentar os cachês dos músicos e cantores que abrilhantam as festividades de Goiana.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>Mário do Peixe, Ana de Marcílio</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1003/ind_353.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1003/ind_353.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na Rua do Honório, localizada na praia de Barra de Catuama, em Goiana.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>Eduardo Batista, Ana de Marcílio</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1004/ind_354.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1004/ind_354.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Ofício solicitando a construção de uma Quadra Poliesportiva na Escola Municipal Capela São Sebastião, localizada na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1085/ind_355.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1085/ind_355.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a construção de uma Quadra Poliesportiva na Escola Municipal Adélia Carneiro Pedrosa, localizada na povoação de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1005/ind_356.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1005/ind_356.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando que seja idealizado um projeto no sentido de construir uma pracinha na comunidade da Boa Vista, por trás da Escola Augusto Gondim, em Goiana.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1086/ind_357.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1086/ind_357.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a construção de uma Quadra Poliesportiva na Escola Municipal Manuel César, localizada no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1006/ind_358.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1006/ind_358.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando que seja licitado e executado o calçamento e saneamento da Rua João Alves, no Loteamento Boa Vista (por trás da floricultura Florar), em Goiana.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1007/ind_359.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1007/ind_359.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Ofício solicitando a construção de uma Quadra Poliesportiva na Escola Municipal Costa e Silva, localizada no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>Ibson Gouveia, Pedro Henrique</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1008/ind_360.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1008/ind_360.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade de implementação de faixa de pedestre na Avenida Nunes Machado, em frente à Compesa, à Faculdade de Goiana (FAG) e na entrada da Rua do Curtume, em Goiana.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico em frente à Oficina de “Cara Velha”, na Margem da PE-75, em Goiana.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Eduardo Honório Carneiro</t>
   </si>
   <si>
     <t>Substitui o Projeto de Lei nº 017/2022, de autoria do Poder Executivo Municipal, que “Autoriza o Poder Executivo a implantar o Programa de Auxílio ao Pescador Artesanal, por meio da doação do “Kit Pescador”, e dá outras providências”.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/769/pl1922.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/769/pl1922.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Coesão de Uso de Bem Móvel Público, para outras Secretárias, de veículos que não estejam mais adequados à Resolução nº 01 de 20 de abril de 2021, do ministério da Educação/ FNDE, e dá outras providências.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Ensino Superior Para Todos – PROMESP GOIANA,  e dá outras providências.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>Altera o art. 18 da Lei nº 2.473/2021 e o art. 7º da Lei nº 2.491/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>Regulamenta o Serviço de Transporte Escolar no Município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>Dispõe sobre a progressão vertical por titulação acadêmica e dá outras providencias.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho e Fundo Municipal dos Direitos da Pessoa Idosa, e dá outras providências.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à abertura de Crédito Adicional Suplementar ao Orçamento Geral do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa sobre a Lei Orçamentária para o exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/971/pl_0402022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/971/pl_0402022.pdf</t>
   </si>
   <si>
     <t>Revisa, para o exercício de 2023, o Plano Plurianual 2022/2025 do Município de Goiana.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/977/pl_n_-_042-_2022_-_consignado_-_26.10.22.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/977/pl_n_-_042-_2022_-_consignado_-_26.10.22.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as regras de consignações em folha de pagamento, no âmbito do Poder Executivo Municipal de Goiana, revoga a Lei nº 2038/2007, e dá outras providências.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.556/2022, que “Dispõe sobre o Programa de Combate à Poluição nas Praias do Município de Goiana e dá outras providências”.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei 044/2022, da Comissão de Constituição, Justiça e Redação - Autoriza o Chefe do Poder Executivo Municipal a proceder à abertura de Crédito Adicional Suplementar ao Orçamento Geral do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1099/projeto_de_lei_n_-_046-2022_-_beneficios_eventuais_no_ambito_da_politica_publica_-_alterado_por_pb_30.11.22.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1099/projeto_de_lei_n_-_046-2022_-_beneficios_eventuais_no_ambito_da_politica_publica_-_alterado_por_pb_30.11.22.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre os benefícios eventuais, no âmbito da política pública de Assistência Social no Município, e dá outras providências</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no Orçamento Geral do Município do exercício financeiro de 2022, na parte relativa ao Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1000/projeto_de_lei_049-2022_-_grupo_de_apoio_ocupacional_ao_magisterio.docx.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1000/projeto_de_lei_049-2022_-_grupo_de_apoio_ocupacional_ao_magisterio.docx.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação do Plano de Cargos, Carreira e Remuneração do Grupo Ocupacional de Apoio Administrativo ao Magistério, revoga as Leis Municipais n.º 2.193/2012 e 2026/2007, e dá outras providências.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1100/projeto_de_lei_n_050_-_2022_14.12.2022_revisado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1100/projeto_de_lei_n_050_-_2022_14.12.2022_revisado.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público (Praça João Carlos de Mendonça), e dá outras providências.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1084/projeto_de_lei_n_051_-_2022_14.12.2022_revisado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1084/projeto_de_lei_n_051_-_2022_14.12.2022_revisado.docx</t>
   </si>
   <si>
     <t>Denomina de Doutor Alcides Rodrigues de Sena, a Praça localizada à Rua Luiz Gomes, no centro de Goiana.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1101/projeto_de_lei_n_052-_2022_14.12.2022_revisado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1101/projeto_de_lei_n_052-_2022_14.12.2022_revisado.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de logradouro público (Praça José Augusto Miranda), e dá outras providências.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1102/projeto_de_lei_n_053-_2022_14.12.2022_revisado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1102/projeto_de_lei_n_053-_2022_14.12.2022_revisado.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público (Praça Severino Índio da Fonseca), e dá outras providências.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1569/pl_0392022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1569/pl_0392022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Gratificação de Produtividade Fiscal (GPF), substituindo as Gratificações de Desempenho de Atividade de Fiscalização Tributária (GDAFT) e de Desempenho de Atividade Administrativa Tributária (GDAAT), revoga a Lei nº 2.034/2007, define competências e garantias dos Fiscais de Tributos, e dá outras providências.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1613/projeto_de_lei_049-2022_-_grupo_de_apoio_ocupacional_ao_magisterio.docx.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1613/projeto_de_lei_049-2022_-_grupo_de_apoio_ocupacional_ao_magisterio.docx.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação do Plano de Cargos, Carreira e Remuneração do Grupo Ocupacional de Apoio Administrativo ao Magistério, revoga as Leis Municipais nºs 2.193/2012 e 2026/2007, e dá outras providência.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/93/48_projeto_de_lei_001.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/93/48_projeto_de_lei_001.pdf</t>
   </si>
   <si>
     <t>Dispõe, sobre a Criação do Programa Permanente de Reforço Escolar aos alunos matriculados nas Unidades Municipais de Ensino, no âmbito do Município de Goiana e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/92/47_projeto_de_lei_002.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/92/47_projeto_de_lei_002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do direito a um dia de folga anual, às servidoras públicas municipais e empregadas celetistas, para a realização de exames de controle de câncer, no âmbito do Município de Goiana e dá outras providências</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>Eduardo Batista, Edson da Farmácia, Ramon Aranha</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/368/pl_003_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/368/pl_003_2022.pdf</t>
   </si>
   <si>
     <t>Estabelece o valor da gratificação atribuída ao Presidente e aos Membros da Comissão Permanente de Licitação da Câmara Municipal de Goiana, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/91/46_projeto_de_lei_004.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/91/46_projeto_de_lei_004.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Clínica Veterinária e dá outras providências.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>André Rabicó, Carlos Viegas, Renato Sandre</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/369/pl_005_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/369/pl_005_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a composição dos cargos da Câmara Municipal de Goiana, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/90/45_projeto_de_lei_006.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/90/45_projeto_de_lei_006.pdf</t>
   </si>
   <si>
     <t>Institui a proibição do manuseio, da utilização, da queima e da soltura de fogos de artificio e artefatos pirotécnicos com estampido em todo o município de Goiana e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/89/44_projeto_de_lei_ord_007.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/89/44_projeto_de_lei_ord_007.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei que dispõe sobre a criação do Programa ''Adote uma Lixeira'' e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/88/43_projeto_de_lei_008.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/88/43_projeto_de_lei_008.pdf</t>
   </si>
   <si>
     <t>Institui a obrigatoriedade de disponibilização, no site eletrônico da Secretaria de Saúde do Município de Goiana, de Guia Intersetorial com material informativo e/ou educativo, com orientações para a Prevenção do Comportamento Suicida e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_009_okpdf.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_009_okpdf.pdf</t>
   </si>
   <si>
     <t>Dispõe a obrigatoriedade de disponibilização de cadeira de rodas nas unidades escolares do Município de Goiana, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/87/42_projeto_de_lei_010.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/87/42_projeto_de_lei_010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e implantação do Centro de Pesquisas Históricas e Ciências Sociais (CEPEHS) Professora Zuleide Elisa	Almeida Moreira</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/86/41_projeto_de_lei_011.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/86/41_projeto_de_lei_011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Creche, localizada na rua do Matadouro, em Goiana-PE, de CARLOS ALBERTO DOS SANTOS VIÉGAS e dá outras providências</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
     <t>Institui o Dia de Conscientização e Enfrentamento à Fibromialgia, institui a Carteira de Identificação da Pessoa com Fibromialgia e torna obrigatório o atendimento prioritário aos portadores da Síndrome da Fibromialgia nos estabelecimentos ou empresas públicas e privadas do município de Goiana.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/567/001_plc_13_22.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/567/001_plc_13_22.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do art. 4º., da Lei n.2.505/22, que "dispõe sobre a composição dos cargos da Câmara Municipal de Goiana, e dá outras providências".</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/568/002_plc_15_22.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/568/002_plc_15_22.pdf</t>
   </si>
   <si>
     <t>Acrescenta o §3º, ao art.1 º, da Lei nº 2.505/22, e dá outras providencias.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de atendimento prioritário para pessoas portadoras de Neoplasia, no âmbito do Município de Goiana e dá outras providências.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>Estabelece direitos e consolida a Política Municipal para a População em Situação de Rua, e dá outras providências.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/770/pl2122.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/770/pl2122.pdf</t>
   </si>
   <si>
     <t>Altera o art 1º. e seu repetitivo §1º. bem como a Item 7. Do Anexo II, todos, da lei Municipal nº 2.505/2022 que "Dispõem sobre a composição dos cargos da Câmara Municipal de Goiana, e dá outras providências".</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>Estabelece percentual mínimo de 30% (trinta por cento) à participação de artistas nas festividades realizadas com recursos do Município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigação da prestação de socorro aos animais atropelados no Município de Goiana-PE e dá outras providências.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de Combate à Poluição nas Praias do Município de Goiana e dá outras providências.</t>
   </si>
   <si>
     <t>877</t>
   </si>
@@ -4830,51 +4830,51 @@
   <si>
     <t>Denomina logradouro público (Rua Amara Rodrigues de França – Dona Amara), na localidade de Carne de Vaca, e dá outras providências.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>Denomina logradouro público (Rua Raniere Xavier da Silva) e dá outras providências.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>Cria o Programa de Atendimento Integral e Humanizado às Mulheres em Estado de Climatério ou Pós-Climatério, e dá outras providências.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouro público (Rua José Ivanildo Figueiredo Melo), no Loteamento Guedes, em Goiana.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/905/document_2.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/905/document_2.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Saúde Integral de Lésbicas, Gays, Bissexuais, Transgêneros, Queers, Intersexuais e Assexuais - LGBTQIA+ -, no Município de Goiana/PE, e dá outras providências</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização da implantação de bebedouros e comedouros para cães, bem como totens higiênicos, nas praças e áreas de lazer do Município de Goiana-PE, e dá outras providências.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>André Rabicó, Mário do Peixe, Pedro Henrique</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de Centro Municipal de Educação Infantil-CMEI (José Batista dos Santos), localizada na Subestação, no distrito sede do município de Goiana, e dá outras providências”.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de Centro Municipal de Educação Infantil-CMEI  (Prefeito Osvaldo Rabelo Filho), localizada no Loteamento Flecheiras, no distrito sede do município de Goiana, e dá outras providências”.</t>
   </si>
@@ -4911,144 +4911,144 @@
   <si>
     <t>862</t>
   </si>
   <si>
     <t>Altera a Resolução nº 1.566/1992, que dispõe sobre o Regimento Interno da Câmara Municipal de Goiana, para implantação de sistema eletrônico para registro de presença, votação e inscrição de oradores, e dá outras providências.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>Modifica a Resolução nº 1.566/2022, Regimento Interno da Câmara Municipal de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>Institui a medalha comemorativa alusiva aos 200 (duzentos) anos, da junta governativa de Goiana e dá outras providencias.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/286/001_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/286/001_2022.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE GOIANA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/287/pdl_002_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/287/pdl_002_2022.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADANIA HONORÁRIA GOIANENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/288/pdl_004_2022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/288/pdl_004_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a APROVAÇÃO DAS CONTAS do Município de Goiana/PE, concernente ao exercício financeiro de 2015.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/241/decreto_legis_005_ok.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/241/decreto_legis_005_ok.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária Goianense, e dá outras providências a Senhora MARÍLIA VALENÇA ROCHA ARRAES DE ALENCAR.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/767/prole0622.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/767/prole0622.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A  OUTORGA DA MEDALHA JOSÉ PINTO DE ABREU  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>Alexandre Carvalho, Carlos Viegas</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/768/prole0722.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/768/prole0722.pdf</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/766/prode0822.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/766/prode0822.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADANIA HONORÁRIA DE GOIANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária de Goiana ao Sr. Jader Urbano de Andrade Filho, e dá outras providências.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>Dispõe sobre indicação de representantes da Câmara Municipal de Goiana, para compor o Conselho Municipal de Meio Ambiente, e dá outras providências.</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária de Goiana ao Sr. André Carlos Alves de Paula Filho, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/83/38_projeto_dec_leg_012.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/83/38_projeto_dec_leg_012.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADANIA HONOR.ÁRIA GOIANENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária de Goiana à Sra. Andrea Raquel Ramírez Bento, e dá outras providências.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>Fixa a Proposta Parcial Orçamentária da Câmara Municipal de Goiana, para o Exercício Financeiro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária de Goiana à Sra. Raquel Teixeira Lyra de Lucena, e dá outras providências.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/868/pdl_018_2022_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/868/pdl_018_2022_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão honorário Goianense ao Sr. Mário Irineu e dá outras providências.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária Goianense ao Sr. Jorge Ricardo de Oliveira Cavalcanti e dá outras providências.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>Dispõe sobre indicação de representantes da Câmara Municipal de Goiana, para compor o Conselho Deliberativo e Conselho Fiscal, do Goianaprevi, e dá outras providências.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>CCJR - Comissão De Constituição, Justiça E Redação</t>
   </si>
   <si>
     <t>Dispõe sobre a APROVAÇÃO DAS CONTAS do Município de Goiana/PE, concernente ao Exercício Financeiro de 2020 (Processo TC nº 21100400-5).</t>
   </si>
@@ -5474,67 +5474,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/15/15_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/14/14_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/13/13_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/12/12_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/11/11_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/10/10_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/56/31_requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/55/30_requerimento_008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/9/9_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/8/8_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/38/14_requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/233/53_requerimento_13_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/24/requerimento_014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/76/requerimento_15_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_16_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/81/requerimento_17_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/80/requerimento_18_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/79/requerimento_19_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/78/requerimento_20_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/77/requerimento_21_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/102/requerimento_24_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/378/001_req_027_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/379/002_req_028_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/380/003_req_029_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/569/001_req_030_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/690/31_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/691/33_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/692/35_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/693/36_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/694/37_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/695/38_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/696/39_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/697/40_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/742/requerimento_no_041_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/743/requerimento_no_043_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/744/requerimento_no_044_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/745/requerimento_no_045_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/804/46_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/784/req_48.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/792/req_49.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/793/req_50.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/803/51_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/807/req_52.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/813/req_53.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/838/req_55.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/839/req_56.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/847/req_57.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/849/req_58.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/857/req_59.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/863/req_60.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/864/req_61.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/865/req_62.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/879/req_63.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/880/req_64.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/885/skm_c224e22122005440-girado_parte_024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/890/mocao_de_aplausos_-_leonardo_ferreira_bezerra.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/903/skm_c224e22122005440-girado_parte_018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/913/skm_c224e22122005440-girado_parte_017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/923/skm_c224e22122005440-girado_parte_015.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/927/skm_c224e22122005440-girado_parte_014.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/933/skm_c224e22122005440-girado_parte_012.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/934/skm_c224e22122005440-girado_parte_010.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/941/skm_c224e22122005440-girado_parte_009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/951/req_77.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/956/req_78.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/957/req_80.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/949/req_81.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/972/skm_c224e22122005440-girado_parte_002.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/990/req_86.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/37/indicacao_001_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/39/05_indicacao_002_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/61/37_indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/40/06_indicacao_004_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/44/08_indicacao_005_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/43/07_indicacao_006_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/20/20_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/19/19_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/60/36_indicacao_009.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/59/35_indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/18/18_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/17/17_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/16/16_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/7/7_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/58/34_indicacao_015.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/6/6_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/5/5_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/57/33_indicacao_018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/31/10_indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/4/4_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/3/3_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/2/2_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/54/27_indicacao_026.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/53/26_indicacao_027.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/51/25_indicacao_028.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/50/24_indicacao_029.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1/1_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/49/22_indicacao_031.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/45/18_indicacao_032.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/47/20_indicacao_034.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/48/21_indicacao_035.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/27/07_indicacao_036.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/32/11_indicacao_037.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/36/13_indicacao_038.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/26/06_indicacao_039.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/34/12_indicacao_041.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/30/09_indicacao_043.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/28/08_indicacao_044.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/23/indicacao_046.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/42/16_indicacao_048.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/41/15_indicacao_049.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/25/indicacao_050.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/21/indicacao_051.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/70/indicacao_52_2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/22/indicacao_053.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/46/19_inidicacao_033.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/52/indicacao_55_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/69/indicacao_56_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/68/indicacao_57_2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/67/indicacao_58_2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/66/indicacao_59_2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/65/indicacao_60_2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/285/indicacao63-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_70_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/63/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/125/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/71/indicacao_77-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/64/indicacao_80_2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/72/indicacao_83_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/73/indicacao_84_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/74/indicacao_85_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_87.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/106/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao_90_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/107/indicacao_91.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_92.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_93.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_94.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_98.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/96/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/97/indicacao_104.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/98/indicacao_105.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_106.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/100/indicacao_107.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/101/indicacao_108.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/234/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/235/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/236/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/237/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/238/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/370/008_ind_114_2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/239/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/371/007_ind_116_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/372/006_ind_117_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/373/005_ind_120_2022_completa.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/374/004_ind_121_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/375/003_ind_125_2022_completa.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/376/002_ind_127_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/377/001_ind_128_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/570/011_ind_129_2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/571/010_ind_130_2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/572/009_ind_131_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/573/008_ind_132_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/574/007_ind_133_2022_completo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/575/006_ind_134_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/576/005_ind_135_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/577/004_ind_137_2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/578/003_ind_139_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/579/002_ind_140_2022_completo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/580/001_ind_141_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/698/142_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/699/143_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/700/144_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/701/145_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/702/146_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/703/147_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/704/148_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/705/149_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/706/150_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/707/151_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/708/152_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/709/153_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/710/154_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/711/155_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/712/156_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/713/157_2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/714/158_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/715/159_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/717/162_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/718/163_2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/719/164_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/720/165_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/721/166_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/722/167_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/723/168_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/724/169_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/725/170_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/726/171_2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/727/172_2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/728/173_2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/729/174_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/730/176_2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/731/178_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/732/179_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/733/180_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/734/181_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/735/182_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/736/183_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/737/184_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/746/ind_185_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/738/186_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/739/187_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/740/188_2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/741/189_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/747/ind_190_2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/765/ind_191_2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/748/ind_192_2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/749/ind_194_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/750/ind_195_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/751/ind_196_2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/752/ind_197_2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/753/ind_198_2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/754/ind_199_2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/755/ind_200_2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/756/ind_202_2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/757/ind_203_2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/758/ind_204_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/759/ind_205_2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/760/ind_206_2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/761/ind_207_2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/762/ind_208_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/763/ind_209_2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/764/ind_210_2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/779/211_2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/772/212_2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/773/213_2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/780/214_2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/774/215_2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/781/216_2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/775/217_2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/782/218_2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/776/219_2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/777/220_2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/786/ind_222.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/787/ind_223.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/788/ind_224.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/802/ind_225.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/794/ind_226.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/795/ind_227.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/796/ind_228.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/797/ind_229.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/829/ind_230.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/799/ind_231.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/800/ind_232.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/801/ind_233.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/808/ind_234.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/809/ind_235.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/810/ind_236.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/811/ind_237.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/812/ind_238.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/815/ind_240.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/816/ind_241.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/817/ind_242.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/818/ind_243.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/820/ind_245.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/825/ind_246.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/835/ind_247.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/826/ind_248.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/827/ind_249.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/828/ind_251.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/836/ind_254.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/832/ind_255.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/834/ind_257.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/841/ind_258.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/842/ind_259.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/843/ind_260.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/844/ind_261.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/846/ind_262.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/850/ind_263.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/851/ind_264.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/858/ind_265.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/852/ind_266.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/866/ind_267.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/867/ind_268.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/869/ind_269.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/870/ind_270.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/871/ind_271.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/872/ind_272.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/873/ind_273.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/874/ind_274.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/875/ind_275.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/881/ind_276.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/882/ind_277.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/883/ind_278.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/884/ind_279.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/887/ind_282.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/888/ind_283.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/889/ind_284.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/892/ind_285.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/893/ind_286.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/894/ind_287.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/898/ind_288.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/904/ind_290.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_minha_escola_de_cara_nova2.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/907/ind_292.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/918/ind_294.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/909/ind_295.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/914/ind_296.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/910/ind_297.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/915/ind_298.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/919/ind_299.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/916/ind_300.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/917/ind_304.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/921/ind_305.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/924/ind_306.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/922/ind_307.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/925/ind_308.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/926/ind_309.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/929/ind_311.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/930/ind_312.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/937/ind_316.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/942/ind_318.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/943/ind_319.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/946/ind_320.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/944/ind_321.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/947/ind_322.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/958/ind_323.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/952/ind_324.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/963/ind_326.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/964/ind_327.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/965/ind_328.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/953/ind_329.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/966/ind_330.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/954/ind_331.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/955/ind_332.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/959/ind_333.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/960/ind_334.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/961/ind_335.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/967/ind_336.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/973/ind_337.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/974/ind_338.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/978/ind_339.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/975/ind_340.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/979/ind_341.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/980/ind_342.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/981/ind_343.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/991/ind_344.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/992/ind_345.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/982/ind_346.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/996/ind_347.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/997/ind_348.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/998/ind_349.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/999/ind_350.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/993/ind_351.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/994/ind_352.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1003/ind_353.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1004/ind_354.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1085/ind_355.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1005/ind_356.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1086/ind_357.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1006/ind_358.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1007/ind_359.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1008/ind_360.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/769/pl1922.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/971/pl_0402022.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/977/pl_n_-_042-_2022_-_consignado_-_26.10.22.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1099/projeto_de_lei_n_-_046-2022_-_beneficios_eventuais_no_ambito_da_politica_publica_-_alterado_por_pb_30.11.22.docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1000/projeto_de_lei_049-2022_-_grupo_de_apoio_ocupacional_ao_magisterio.docx.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1100/projeto_de_lei_n_050_-_2022_14.12.2022_revisado.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1084/projeto_de_lei_n_051_-_2022_14.12.2022_revisado.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1101/projeto_de_lei_n_052-_2022_14.12.2022_revisado.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1102/projeto_de_lei_n_053-_2022_14.12.2022_revisado.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1569/pl_0392022.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1613/projeto_de_lei_049-2022_-_grupo_de_apoio_ocupacional_ao_magisterio.docx.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/93/48_projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/92/47_projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/368/pl_003_2022.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/91/46_projeto_de_lei_004.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/369/pl_005_2022.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/90/45_projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/89/44_projeto_de_lei_ord_007.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/88/43_projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_009_okpdf.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/87/42_projeto_de_lei_010.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/86/41_projeto_de_lei_011.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/567/001_plc_13_22.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/568/002_plc_15_22.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/770/pl2122.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/905/document_2.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/286/001_2022.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/287/pdl_002_2022.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/288/pdl_004_2022.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/241/decreto_legis_005_ok.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/767/prole0622.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/768/prole0722.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/766/prode0822.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/83/38_projeto_dec_leg_012.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/868/pdl_018_2022_1.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/15/15_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/14/14_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/13/13_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/12/12_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/11/11_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/10/10_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/56/31_requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/55/30_requerimento_008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/9/9_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/8/8_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/38/14_requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/233/53_requerimento_13_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/24/requerimento_014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/76/requerimento_15_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_16_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/81/requerimento_17_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/80/requerimento_18_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/79/requerimento_19_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/78/requerimento_20_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/77/requerimento_21_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/102/requerimento_24_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/378/001_req_027_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/379/002_req_028_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/380/003_req_029_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/569/001_req_030_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/690/31_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/691/33_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/692/35_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/693/36_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/694/37_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/695/38_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/696/39_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/697/40_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/742/requerimento_no_041_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/743/requerimento_no_043_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/744/requerimento_no_044_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/745/requerimento_no_045_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/804/46_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/784/req_48.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/792/req_49.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/793/req_50.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/803/51_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/807/req_52.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/813/req_53.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/838/req_55.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/839/req_56.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/847/req_57.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/849/req_58.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/857/req_59.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/863/req_60.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/864/req_61.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/865/req_62.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/879/req_63.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/880/req_64.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/885/skm_c224e22122005440-girado_parte_024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/890/mocao_de_aplausos_-_leonardo_ferreira_bezerra.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/903/skm_c224e22122005440-girado_parte_018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/913/skm_c224e22122005440-girado_parte_017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/923/skm_c224e22122005440-girado_parte_015.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/927/skm_c224e22122005440-girado_parte_014.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/933/skm_c224e22122005440-girado_parte_012.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/934/skm_c224e22122005440-girado_parte_010.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/941/skm_c224e22122005440-girado_parte_009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/951/req_77.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/956/req_78.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/957/req_80.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/949/req_81.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/972/skm_c224e22122005440-girado_parte_002.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/990/req_86.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/37/indicacao_001_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/39/05_indicacao_002_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/61/37_indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/40/06_indicacao_004_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/44/08_indicacao_005_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/43/07_indicacao_006_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/20/20_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/19/19_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/60/36_indicacao_009.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/59/35_indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/18/18_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/17/17_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/16/16_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/7/7_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/58/34_indicacao_015.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/6/6_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/5/5_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/57/33_indicacao_018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/31/10_indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/4/4_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/3/3_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/2/2_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/54/27_indicacao_026.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/53/26_indicacao_027.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/51/25_indicacao_028.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/50/24_indicacao_029.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1/1_2022_adobe_scan_23_de_fev._de_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/49/22_indicacao_031.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/45/18_indicacao_032.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/47/20_indicacao_034.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/48/21_indicacao_035.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/27/07_indicacao_036.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/32/11_indicacao_037.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/36/13_indicacao_038.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/26/06_indicacao_039.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/34/12_indicacao_041.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/30/09_indicacao_043.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/28/08_indicacao_044.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/23/indicacao_046.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/42/16_indicacao_048.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/41/15_indicacao_049.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/25/indicacao_050.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/21/indicacao_051.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/70/indicacao_52_2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/22/indicacao_053.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/46/19_inidicacao_033.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/52/indicacao_55_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/69/indicacao_56_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/68/indicacao_57_2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/67/indicacao_58_2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/66/indicacao_59_2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/65/indicacao_60_2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/285/indicacao63-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_70_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/63/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/125/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/71/indicacao_77-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/64/indicacao_80_2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/72/indicacao_83_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/73/indicacao_84_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/74/indicacao_85_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_87.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/106/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao_90_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/107/indicacao_91.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_92.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_93.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_94.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_98.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/96/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/97/indicacao_104.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/98/indicacao_105.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_106.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/100/indicacao_107.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/101/indicacao_108.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/234/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/235/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/236/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/237/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/238/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/370/008_ind_114_2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/239/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/371/007_ind_116_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/372/006_ind_117_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/373/005_ind_120_2022_completa.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/374/004_ind_121_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/375/003_ind_125_2022_completa.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/376/002_ind_127_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/377/001_ind_128_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/570/011_ind_129_2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/571/010_ind_130_2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/572/009_ind_131_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/573/008_ind_132_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/574/007_ind_133_2022_completo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/575/006_ind_134_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/576/005_ind_135_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/577/004_ind_137_2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/578/003_ind_139_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/579/002_ind_140_2022_completo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/580/001_ind_141_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/698/142_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/699/143_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/700/144_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/701/145_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/702/146_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/703/147_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/704/148_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/705/149_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/706/150_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/707/151_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/708/152_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/709/153_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/710/154_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/711/155_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/712/156_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/713/157_2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/714/158_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/715/159_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/717/162_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/718/163_2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/719/164_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/720/165_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/721/166_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/722/167_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/723/168_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/724/169_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/725/170_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/726/171_2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/727/172_2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/728/173_2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/729/174_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/730/176_2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/731/178_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/732/179_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/733/180_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/734/181_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/735/182_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/736/183_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/737/184_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/746/ind_185_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/738/186_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/739/187_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/740/188_2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/741/189_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/747/ind_190_2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/765/ind_191_2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/748/ind_192_2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/749/ind_194_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/750/ind_195_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/751/ind_196_2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/752/ind_197_2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/753/ind_198_2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/754/ind_199_2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/755/ind_200_2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/756/ind_202_2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/757/ind_203_2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/758/ind_204_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/759/ind_205_2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/760/ind_206_2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/761/ind_207_2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/762/ind_208_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/763/ind_209_2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/764/ind_210_2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/779/211_2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/772/212_2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/773/213_2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/780/214_2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/774/215_2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/781/216_2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/775/217_2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/782/218_2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/776/219_2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/777/220_2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/786/ind_222.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/787/ind_223.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/788/ind_224.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/802/ind_225.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/794/ind_226.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/795/ind_227.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/796/ind_228.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/797/ind_229.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/829/ind_230.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/799/ind_231.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/800/ind_232.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/801/ind_233.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/808/ind_234.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/809/ind_235.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/810/ind_236.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/811/ind_237.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/812/ind_238.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/815/ind_240.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/816/ind_241.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/817/ind_242.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/818/ind_243.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/820/ind_245.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/825/ind_246.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/835/ind_247.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/826/ind_248.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/827/ind_249.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/828/ind_251.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/836/ind_254.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/832/ind_255.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/834/ind_257.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/841/ind_258.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/842/ind_259.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/843/ind_260.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/844/ind_261.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/846/ind_262.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/850/ind_263.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/851/ind_264.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/858/ind_265.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/852/ind_266.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/866/ind_267.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/867/ind_268.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/869/ind_269.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/870/ind_270.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/871/ind_271.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/872/ind_272.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/873/ind_273.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/874/ind_274.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/875/ind_275.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/881/ind_276.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/882/ind_277.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/883/ind_278.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/884/ind_279.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/887/ind_282.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/888/ind_283.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/889/ind_284.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/892/ind_285.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/893/ind_286.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/894/ind_287.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/898/ind_288.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/904/ind_290.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_minha_escola_de_cara_nova2.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/907/ind_292.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/918/ind_294.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/909/ind_295.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/914/ind_296.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/910/ind_297.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/915/ind_298.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/919/ind_299.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/916/ind_300.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/917/ind_304.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/921/ind_305.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/924/ind_306.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/922/ind_307.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/925/ind_308.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/926/ind_309.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/929/ind_311.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/930/ind_312.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/937/ind_316.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/942/ind_318.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/943/ind_319.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/946/ind_320.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/944/ind_321.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/947/ind_322.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/958/ind_323.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/952/ind_324.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/963/ind_326.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/964/ind_327.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/965/ind_328.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/953/ind_329.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/966/ind_330.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/954/ind_331.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/955/ind_332.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/959/ind_333.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/960/ind_334.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/961/ind_335.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/967/ind_336.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/973/ind_337.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/974/ind_338.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/978/ind_339.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/975/ind_340.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/979/ind_341.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/980/ind_342.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/981/ind_343.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/991/ind_344.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/992/ind_345.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/982/ind_346.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/996/ind_347.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/997/ind_348.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/998/ind_349.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/999/ind_350.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/993/ind_351.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/994/ind_352.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1003/ind_353.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1004/ind_354.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1085/ind_355.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1005/ind_356.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1086/ind_357.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1006/ind_358.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1007/ind_359.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1008/ind_360.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/769/pl1922.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/971/pl_0402022.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/977/pl_n_-_042-_2022_-_consignado_-_26.10.22.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1099/projeto_de_lei_n_-_046-2022_-_beneficios_eventuais_no_ambito_da_politica_publica_-_alterado_por_pb_30.11.22.docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1000/projeto_de_lei_049-2022_-_grupo_de_apoio_ocupacional_ao_magisterio.docx.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1100/projeto_de_lei_n_050_-_2022_14.12.2022_revisado.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1084/projeto_de_lei_n_051_-_2022_14.12.2022_revisado.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1101/projeto_de_lei_n_052-_2022_14.12.2022_revisado.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1102/projeto_de_lei_n_053-_2022_14.12.2022_revisado.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/1569/pl_0392022.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1613/projeto_de_lei_049-2022_-_grupo_de_apoio_ocupacional_ao_magisterio.docx.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/93/48_projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/92/47_projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/368/pl_003_2022.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/91/46_projeto_de_lei_004.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/369/pl_005_2022.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/90/45_projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/89/44_projeto_de_lei_ord_007.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/88/43_projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_009_okpdf.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/87/42_projeto_de_lei_010.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/86/41_projeto_de_lei_011.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/567/001_plc_13_22.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/568/002_plc_15_22.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/770/pl2122.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/905/document_2.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/286/001_2022.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/287/pdl_002_2022.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/288/pdl_004_2022.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/241/decreto_legis_005_ok.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/767/prole0622.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/768/prole0722.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/766/prode0822.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/83/38_projeto_dec_leg_012.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2022/868/pdl_018_2022_1.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H501"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="177.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="176.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>