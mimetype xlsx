--- v0 (2025-10-26)
+++ v1 (2026-03-12)
@@ -54,6630 +54,6630 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Eduardo Batista</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1040/01.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1040/01.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado um Ofício ao Diretor da Rodotur Transporte, Dr. Kênio Filizzola, ratificando pedido para que analise a possibilidade de voltar com os ônibus perfazendo o percurso Catuama/Barra de Catuama, e vice-versa, no distrito de Ponta de Pedras, no município de Goiana.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Carlos Viegas</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1041/r3.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1041/r3.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja Oficiado à governadora de Pernambuco, Sra. Raquel Lyra, e à secretária estadual de Defesa Social, Sra. Carla Patrícia Cunha, solicitando a reativação do Posto Policial do povoado de São Lourenço, no município de Goiana.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1065/r4.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1065/r4.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado nos Trabalhos desta Casa Legislativa um Voto de Aplausos para o Ciranda de Letras Centro Educacional, pela conquista da Copa Verão 2023 de Futsal Masculino, promovida pela Federação Pernambucana de Futsal (FPFS), que ocorreu no dia 13 do corrente mês, no Ginásio de Esportes “Geraldão”, em Recife-PE, ocasião em que o time goianense foi campeão com o placar de 3 x 2 contra o time de Barreiros, na categoria Sub-17.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Renato Sandre</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1068/r5.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1068/r5.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado nos Trabalhos desta Casa Legislativa um Voto de Aplausos para os Caboclinhos Canindé, através das responsáveis Severina Galdino e Denise Galdino, pelos relevantes trabalhos prestados à cultura do nosso Município durante seus 52 anos de existência e pela notória participação no Carnaval Multicultural na cidade do Recife, em 2023, ocasião em que sagrou-se Vice-Campeão do Grupo 1.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1069/r6.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1069/r6.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado nos Trabalhos desta Casa Legislativa um Voto de Aplausos para as agremiações que foram destaque no Concurso do Carnaval do Recife, sendo nas Tribos de Índios, no Grupo Especial, em 1º lugar, Índio Orubá, e em 2º lugar, Índio Tabajara; no Grupo 1, em 2º lugar, Índio Onça Negra; e nos Caboclinhos, no Grupo 1, em 1º lugar, Cahetés, no Grupo 2, no 2º lugar, Tupynambá, cujo resultado saiu no dia 23 do corrente mês, na capital pernambucana.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Ramon Aranha</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1093/r7.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1093/r7.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, a realização de Audiência Pública a ser realizada no dia 14 de março, às 19h, no Plenário da Câmara Municipal, para discutir assuntos relevantes em prol da causa animal, em Goiana.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Ana Diamante</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1104/r8.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1104/r8.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado nos Trabalhos desta Casa Legislativa um Voto de Aplausos para os grupos de Ciranda de Goiana, pelo título e diplomação de Patrimônio Cultural Imaterial do Brasil.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Pedro Henrique</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1183/req_9.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1183/req_9.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa Voto de Aplausos ao Conselheiro Tutelar Izacio Pereira da Silva pelo brilhante trabalho à frente deste serviço.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1130/req_10.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1130/req_10.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa Voto de Aplausos aos senhores Edmilson Ricardo da Silva Junior e Márcio Galdino de Santana, organizadores do Velo Cross Goiana, pelo belíssimo evento esportivo realizado em Goiana.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1131/req_11.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1131/req_11.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa Voto de Aplausos ao Sr. Jarbas Felício Ferreira Júnior, popularmente conhecido por Juninho, piloto de motocross, que conquistou o 1º lugar, na categoria Nacional Goiana, e o 7º lugar, na categoria Especial Pro, no evento Velo Cross Goiana.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1151/req_12.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1151/req_12.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos para o Sr. Aguinaldo Fenelon de Barros, pela Posse como Membro do Conselho Superior do Ministério Público de Pernambuco para o Biênio 2023/2025, ocorrida no último dia 21 de março de 2023.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1152/req_13.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1152/req_13.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa um Voto de Aplausos ao Deputado Federal Eriberto Medeiros, pela sua brilhante atuação quando no exercício da Presidência da Assembleia Legislativa de Pernambuco, em apoio institucional às Câmaras Municipais do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1132/req_14.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1132/req_14.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa um Voto de Aplausos ao tradicional Restaurante Buraco da Gia, pela passagem de seus 67 anos de fundação e atividades ininterruptas.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Bruno Salsa</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1490/015.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1490/015.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para o atleta Nivaldo Claudino da Silva Neto, mais conhecido por Neto Aranha, profissional de Jiu-Jitsu, pelo seus feitos, grande desempenho e conquistas na modalidade, elevando o nome de Goiana ao sagrar-se campeão em diversas competições em todo o Brasil.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1133/req_16.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1133/req_16.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Profundo Pesar à família da professora goianense, Sra. Wilma Pereira de França Tavares, pelo seu falecimento, ocorrido no dia 28 de março de 2023, na cidade do Paulista-PE.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1142/req_17.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1142/req_17.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos para a equipe GRT do Sesi, premiada na categoria “Melhor Desempenho Feminino”, no Torneio Nacional de Robótica, que conquistou o bicampeonato consecutivo, no evento que aconteceu nos dias 15 e 18 de março, no Estádio Nacional Mané Garrincha, em Brasília.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Alexandre Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1153/req_18.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1153/req_18.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa Voto de Aplausos para a escritora goianense Maria do Rosário Neves Menezes, pelo seu livro “Caderno da Marina”.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1134/req_19.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1134/req_19.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja Oficiado ao Presidente desta Casa Legislativa, Sr. Eduardo Batista, solicitando a realização de uma Audiência Pública, no dia 12/04/2023, às 18h30, para discussão sobre a situação do pedido de recuperação judicial do Grupo João Santos, fato que, ao que parece, poderá acarretar em graves lesões aos direitos trabalhistas de milhares de trabalhadores de Goiana.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1157/req_20.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1157/req_20.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja Oficiado à governadora de Pernambuco, Sra. Raquel Lyra, solicitando a implantação de uma extensão do Campus da UPE (Universidade de Pernambuco), em Goiana.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1148/req_21.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1148/req_21.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, sejam oficiado ao Sr. Eduardo Batista, Presidente desta Casa Legislativa, no sentido que seja realizada uma Audiência Pública, para discussão sobre a Segurança em nossas Escolas, com a sociedade civil, agentes públicos, visando assegurar mais seguranças nas escolas, nesta cidade.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1194/req_22.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1194/req_22.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa Voto de Aplausos à Astug (Associação dos Técnicos e Universitários de Goiana), pela passagem dos 05 anos de existência</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1184/023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1184/023.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa Voto de Aplausos ao Jornal Folha de Pernambuco pelos seus 25 anos de fundação, celebrados neste ano, e pelos relevantes trabalhos prestados, levando informação em várias plataformas digitais e mantendo o tradicional formato impresso.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1199/req_24.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1199/req_24.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa Voto de Aplausos ao Grupo de Pagode Aconchego, e aos seus integrantes João Vítor, Mário Nascimento, José Luiz, Wellington Camilo, Djalma e Gabriel, pelos relevantes serviços prestados ao entretenimento em Goiana durante seus 31 anos de existência, além de várias participações em abertura de shows de bandas renomadas em nível nacional.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1190/req_25.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1190/req_25.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, depois do ouvido o plenário em sua forma regimental, que seja oficiado ao Excelentíssimo Senhor Presidente da República, Luiz Inácio Lula da Silva, através do Ministério da Educação, pelo Excelentíssimo Ministro Dr. Camilo Santana, no sentido que seja implantado um campus do IFPE, neste município.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1206/req_26.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1206/req_26.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que após consultado o Plenário na forma regimental, seja realizada uma “Sessão Solene em alusão à Semana de Enfermagem”, em Goiana.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1215/req_27.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1215/req_27.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, seja realizada uma Audiência Pública, no dia 18/05/2023, às 18h30, para discussão sobre a situação atual da Feira Livre de Goiana, com bancos sucateados e sem estruturas físicas adequadas para realização dos trabalhos, fato que, ao que parece, vem trazendo enormes prejuízos aos feirantes.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1216/req_28.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1216/req_28.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, seja solicitado ao Prefeito do Município de Goiana, bem como à Secretária de Turismo e Desenvolvimento Artístico Cultural, o encaminhamento a este Poder Legislativo Municipal de informações detalhadas sobre todos os eventos festivos realizados pelo Município, no período compreendido entre janeiro de 2022, até à presente data, devendo das informações constarem valor global de cada evento e pago, individualmente, a cada artista, banda e todo e qualquer contratado, inclusive das despesas com instalação de palcos e sonorização, encaminhando-se também cópias dos contratos, notas de empenho e notas fiscais e tudo o mais relativo às despesas liquidadas e autorizadas, inerentes aos objetos do presente requerimento.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1225/req_29.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1225/req_29.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que após ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado Ofício ao Governo do Estado, representado pela governadora Raquel Lyra, solicitando a inclusão de cursos voltados para os polos automobilístico, vidreiro e farmacoquímico nas unidades das escolas técnicas de Goiana e região.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1238/req_30.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1238/req_30.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, que seja registrado nos Anais desta Casa Legislativa Voto de Profundo Pesar pelo falecimento do Senhor Lenírio Rordrigues Jordão, popularmente conhecido como Bezinho, ocorrido no dia 17 de maio de 2023, no Hospital Belarmino Correia, em Goiana-PE.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Ana Diamante, Ibson Gouveia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1239/req_31.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1239/req_31.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, que seja Oficiado ao Presidente desta Casa Legislativa, Sr. Eduardo Batista, solicitando que sejam tomadas as providências necessárias para realização de uma Audiência Pública, para uma ampla discussão sobre a situação atual da segurança no trânsito de Goiana-PE.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1253/req_32.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1253/req_32.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário em sua forma regimental, que seja encaminhado  Ofício solicitando à Companhia Pernambucana de Saneamento (Compesa) e ao secretário de Recursos Hídricos e Saneamento de Pernambuco, Sr. Celso Agra, a implantação de uma rede de abastecimento d’água na comunidade de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Carlos Viegas, Renato Sandre</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1328/req_33.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1328/req_33.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para o Colégio Santa Emília, situado na Rua da Soledade, na pessoa da diretora, Sra. Jeane Severino, pelos relevantes trabalhos prestados à Educação, em Goiana, e pela notória participação, trazendo o título de campeão nos Jogos Escolares Regionais, realizados em Goiana, nas modalidades de handebol mirim masculino e feminino.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1329/req_34.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1329/req_34.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para a Escola Estadual Benigno Araújo, situada na Rua Djalma Raposo,   na pessoa da diretora, Sra. Andrea Paula, pelos relevantes trabalhos prestados à Educação, em Goiana, e pela notória participação, trazendo o título de campeão nos Jogos Escolares Regionais, realizados em Goiana, na modalidade de futsal infantil masculino.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Edson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/</t>
+    <t>http://sapl.goiana.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao artesão Edvaldo Manoel Nunes, em reconhecimento ao grande trabalho e dedicação ao artesanato goianense e colaboração com a arte, levando às marisqueiras dos distritos o conhecimento dando aulas da Arte do Barro, em Goiana.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1309/req_36.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1309/req_36.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos aos policiais integrantes da Polícia Civil de Pernambuco, pelo efetivo trabalho e desempenho das atividades de polícia repressiva e no combate à criminalidade, promovidos na Delegacia de Polícia Civil, da 44ª Circunscrição, em Goiana, no período 2020/2022.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1331/req_37.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1331/req_37.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos, pela conquista do 2º lugar, à Escola Santa Helena, no futsal pré-mirim masculino; à Escola Sesc, no voleibol mirim feminino; e à Escola Municipal Lourenço Gadelha, no futebol mirim masculino, nos Jogos Escolares Regionais de Pernambuco, que tiveram as finais disputadas no dia 19 de maio do corrente, nesta cidade.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1332/req_38.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1332/req_38.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos pela conquista do 3º lugar, à Escola Capela São Sebastião, no futsal pré-mirim feminino; à Escola Sesc, no voleibol mirim feminino; à Escola Santa Emília de Rodat, no futsal mirim masculino; e à Escola Augusto Gondim, no futebol infantil masculino, nos Jogos Escolares Regionais de Pernambuco, que tiveram as finais disputadas no dia 19 de maio do corrente, nesta cidade.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1315/req_39.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1315/req_39.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja Oficiado ao Governo do Estado de Pernambuco, por meio da Secretaria de Saúde, solicitando a descentralização do atendimento hematológico do Hemope, com a implantação de um Centro de Coleta, em Goiana.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1340/req_40.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1340/req_40.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício à Governadora de Pernambuco, Sra. Raquel Lyra, para que, por meio da Secretaria de Defesa Social, seja ampliado o horário de atendimento da Delegacia da Mulher, em Goiana.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1436/041.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1436/041.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, consultado o Plenário, na forma regimental, que seja realizada uma Audiência Pública, no dia 24 de agosto de 2023, às 19h, por ocasião da Semana Estadual da Pessoa com Deficiência (comemorada de 21 a 28 do corrente mês), cujos objetivos são discutir, sensibilizar e conscientizar a sociedade e os órgãos públicos e privados sobre os direitos fundamentais, especialmente o direito à cidadania, das pessoas com deficiência.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para o Grupo de Artesãs Quilombolas de São Lourenço, pela sua participação e representação maravilhosa na renomada São Paulo Fashion Week, o maior evento de moda do Brasil, ocorrido nos dias 25 a 28 de maio de 2023, na cidade de São Paulo-SP.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1362/req_43.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1362/req_43.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à Secretária de Turismo e Desenvolvimento Cultural de Goiana, Sra. Luciana Petribú, e ao Diretor de Cultura, Sr. Italo Coco, bem como a toda a equipe da Secretaria de Turismo e Desenvolvimento Cultural de Goiana, pela realização das festividades alusivas ao São João e ao São Pedro de Goiana e pelo fortalecimento e valorização do tecido cultural e artístico municipal.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Mário do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1450/045.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1450/045.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos ao Sr. Jorge Ricardo, coordenador da Defesa Civil do Município de Goiana, assim como a todo o corpo de funcionários do referido órgão, que juntos desempenharam um relevante serviço de assistência aos moradores das comunidades da Impoeira, do Baldo do Rio e do Bom Tempo, no período de chuvas em que as supracitadas localidades estavam enfrentando um iminente perigo de enchentes.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1397/req_46.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1397/req_46.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Expediente à Governadora de Pernambuco, Sra. Raquel Lyra, e à Secretária Estadual de Defesa Social, Sra. Carla Patrícia Cunha, solicitando que sejam envidados esforços para que seja instalada com a brevidade possível a Delegacia de Polícia do distrito de Ponta de Pedras, visando oferecer maior segurança à população do referido distrito, em Goiana.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1417/049.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1417/049.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício à Governadora do Estado de Pernambuco, Dra. Raquel Lyra, e à Secretária Estadual de Educação, Sra. Ivaneide Dantas, solicitando a implantação de uma Escola de Ensino Médio no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1479/050.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1479/050.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à Academia Aquariu’s, pela passagem dos seus 40 anos de atividades ininterruptas em Goiana.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1437/051.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1437/051.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, consultado o Plenário em sua forma regimental, que seja consignado na Ata dos Trabalhos desta Casa Legislativa um Voto de Aplausos para os grupos e artistas goianenses que participaram do Festival de Inverno de Garanhuns (FIG) 2023: Coco de Parêia, Caboclinho União Sete Flexas, Banda Musical Saboeira, Maracatu de Baque de Solto Leão Fortaleza, Caboclo Canidé e Luana Tavares; evento realizado nos dias 21 a 30 de julho de 2023, na cidade de Garanhuns-PE.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1442/052.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1442/052.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado um Ofício ao Diretor Presidente do Departamento de Estradas de Rodagem de Pernambuco (DER-PE), Sr. Rivaldo Melo, ratificando pedido para que veja a possibilidade de implantação de redutores de velocidade (lombadas) na Rodovia PE-49, no trecho compreendido entre o trevo de acesso à comunidade de Carrapicho (entrada da Ilha de Itapessoca) até próximo à comunidade de Carrapicho II (nas imediações da Caixa D’Água), no município de Goiana.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1451/053.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1451/053.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos para a Batalha da Duque, que completou no mês de julho 7 anos de sua existência, sendo destaque em diversas cidades, assim enaltecendo Goiana, representada pelo seu fundador Annyrisson Roberto “RT”, que tem motivado a juventude nesse movimento cultural que tem cada vez mais crescido na nossa cidade.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1452/054.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1452/054.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, ouvido o Plenário, na forma regimental, que seja solicitada ao Prefeito de Goiana informação do total da Receita, efetivamente realizada, de forma detalhada, nos exercícios financeiros de 2022 e 2023, bem assim, da Despesa, também efetivamente realizada, no exercício financeiro de 2023 e, ainda, o atual saldo financeiro disponível em caixa.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1468/055.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1468/055.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, ouvido o Plenário, na forma regimental, que seja solicitada ao Prefeito de Goiana informação, de forma detalhada, sobre todas as desapropriações realizadas pelo Município, desde o início do Exercício de 2021, até a presente data.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1458/056.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1458/056.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para o professor Ricardo Jorge, pela brilhante defesa do Panegírico em honra do Dr. José Correia Picanço (1º Barão de Goyanna e Patriarca da Medicina Brasileira), referente à Cadeira nº 5, na Academia de Artes e Letras de Goiana.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1457/057.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1457/057.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja registrado nos Anais desta Casa Legislativa Voto de Profundo Pesar pelo falecimento do Sr. Ivanildo Marques dos Santos, popularmente conhecido como Ivanildo Cabelereiro, ocorrido no dia 15/08/2023.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1500/058.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1500/058.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos pela passagem do Dia dos Profissionais de Educação Física, ocorrido no último dia 1º de setembro.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1087/059.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1087/059.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao jovem Eduardo Bernardo Silva Marinho, pelos seus impressionantes feitos na Maratona de Ciclismo, em Goiana.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1469/060.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1469/060.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para o professor Claudionor Bertoldo Braga, conhecido por Nonô, em reconhecimento aos relevantes serviços prestados ao desporto goianense, em especial nas modalidades de futsal e futebol, como atleta e treinador de escolinha, além de grande trabalho e dedicação à ação social, em Goiana.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1505/061.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1505/061.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para os atletas goianenses João Vitor Gomes da Silva e Gabriel Manoel da Silva, pela participação no Campeonato Mundial Universitário, quando sagraram-se  campeões na modalidade de futsal, representando a Uninassau Recife, disputando na  Rússia, na cidade de Ecaterimburgo, entre os dias 14 e 26 de agosto do corrente ano.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao Defensor Regional de Direitos Humanos, Dr. Leonardo Muniz Ramos da Rocha Junior, da Defensoria Pública da União (DPU), em reconhecimento aos relevantes serviços prestados pelo defendente na luta em proteção aos direitos humanos.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1523/063.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1523/063.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos aos representantes dos órgãos públicos e entidades da sociedade civil pela passagem do Dia Nacional de Luta da Pessoa com Deficiência, ocorrido no dia 21 de setembro de 2023.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1506/064.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1506/064.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para o atleta goianense e aluno do Ciranda de Letras Centro Educacional, Marcílio Félix da Silva Júnior, que carrega diversos títulos nas modalidades de futsal e futebol, disputando campeonatos municipais, regionais e estaduais, e atualmente jogando de volante na Seleção de Goiana, ora atuando na Copinha do Interior.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1513/065.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1513/065.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário na forma regimental, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao Senhor Jarbas Vasconcelos, pela decisão de renunciar ao mandato de Senador da República, considerando suas condições de saúde e ter servido o bastante na luta pela democracia, ao povo de Pernambuco e do Brasil.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1514/066.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1514/066.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja designada, para o corrente mês do presente ano, dia e horário para realização de Sessão Solene e concessão de Voto de Aplausos para a Venerável Ordem Terceira do Carmo de Goiana, por ocasião de estar celebrando, este ano, o seu Jubileu de 270 anos de fundação (1753-2023).</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1524/067.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1524/067.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos aos organizadores da 3ª Corrida “Setembro Run”, sendo estes  Eglésia Simplício Alves, Felipe Rhudan P. de Souza Mendes, Geizy Nayara Ferreira Alves e Paulo de Morais Pessoa Filho, que organizaram o evento em comemoração ao Dia do Profissional de Educação Física, realizado no dia 03 de setembro do corrente ano, em Goiana.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1515/068.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1515/068.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa Diretora da Casa José Pinto de Abreu que, consultado o Plenário, na forma regimental, regimentais, que veja a possibilidade de proceder com a inclusão de intérprete da Língua Brasileira de Sinais (Libras) em todos os eventos da Câmara Municipal de Goiana.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1516/069.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1516/069.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos desta Casa legislativa, um Voto de Profundo Pesar pelo falecimento da Sra. Severina Ferreira do Nascimento, ocorrido no último dia 08 de setembro de 2023, na UPA Santo Amaro, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1531/070.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1531/070.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à Sociedade Musical Curica, Patrimônio Vivo de Pernambuco, fundada em 08 de setembro de 1848, pelos seus 175 anos de fundação, sempre prestando relevantes serviços a Goiana, a Pernambuco e ao Brasil.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1532/071.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1532/071.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos aos Senhores Severino Feliciano da Silva (Mestre Bilôco), em reconhecimento à contribuição dada à cultura de Goiana, bem como pela passagem dos seus 80 anos de vida, e Alexandre Veloso, produtor e gestor cultural.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1557/072.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1557/072.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja concedido Voto de Aplausos para o Excelentíssimo Senhor Doutor Gilmar Serra - Procurador Geral do Município de Goiana, em reconhecimento dos seus relevantes serviços prestados ao desenvolvimento da cidade.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1548/073.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1548/073.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja formulado Apelo à Chefe do Poder Executivo do Estado de Pernambuco, Sra. Raquel Lyra, ratificando pedido para a ampliação do cofinanciamento do Hospital Belarmino Correia, em Goiana.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1578/074.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1578/074.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para todos os médicos que atuam no município de Goiana, tendo em vista que o dia 18 de outubro é considerado, de forma nacional, o dia de comemorar o trabalho desses importantes profissionais de saúde, em que também lembra e honra os esforços dos mesmos.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1594/075.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1594/075.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para os professores Clayton Robson de Gouveia, Alysson Yan Penaforte de Gouveia Ribeiro e José Ibson Fernandes de Freitas, pelos relevantes serviços prestados ao município de Goiana por meio de uma escolinha de voleibol na comunidade da Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1579/076.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1579/076.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado nos trabalhos desta Casa Legislativa, um Voto de Aplausos para os atletas que participaram do circuito de corridas de trilha da Paraíba, na cidade de Bananeiras, ocorrido no dia 30 de setembro de 2023, sagrando-se o atleta Orlando Guedes de Oliveira Neto 1º colocado, na faixa de 25 km, e o atleta Ricardo Ulisses da Silva Wanderlei, como 2º colocado, também na faixa de 25km, o que muito orgulha a cidade de Goiana e esta Casa.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1573/077.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1573/077.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado nos trabalhos desta Casa Legislativa, um Voto de Aplausos para os Conselheiros Tutelares eleitos em Goiana para o período de 2024/2028, sendo esses, da sede, Irmão Airton, Itanilso, Dulce, Missionária Eunice e Alesson, e dos distritos, Edna Patrícia, Izácio Pereira, Professora Riziane, Paulinho de Sérgio e Diná Almeida.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1588/078.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1588/078.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos a todos os que fazem a Secretaria de Esportes e Juventude de Goiana, à frente o secretário Gilberto Miranda, em reconhecimento ao brilhante trabalho que tem sido realizado por aquela pasta de desenvolvimento do desporto no Município.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1580/080.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1580/080.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício ao Ministro da Pesca e Aquicultura, Dr. André de Paula, solicitando a inclusão dos pescadores artesanais de Goiana no projeto “Povos da Pesca Artesanal”, ação do Governo Federal que fomentará desde melhores condições de trabalho até à valorização da cultura das comunidades pesqueiras.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1595/081.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1595/081.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Expediente à Governadora de Pernambuco, Dra. Raquel Lyra, à Secretária Estadual de Saúde, Dra. Zilda do Rego, e ao Presidente da Stellantis, Dr. Antônio Filosa, solicitando a cedência da UPAE para que a Prefeitura de Goiana possa reinaugurar e administrar, visando atender aos nossos munícipes.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1577/082.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1577/082.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja concedido Votos de Aplausos aos Policiais Militares de Pernambuco (3ª CIPM, Rádio Patrulha e demais OMEs), mencionados, pelo trabalho de excelência que vem sendo realizado no município de Goiana e no estado de Pernambuco proporcionando segurança e contribuindo em servir e proteger à população.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1581/083.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1581/083.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Oficiado ao Presidente desta Casa Legislativa, Sr. Eduardo Batista, solicitando providências cabíveis para realização de uma Audiência Pública, no dia 25/10/2023, às 09:00, para discussão sobre a modificação dos limites do município de Goiana-PE.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1583/084.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1583/084.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, que seja registrado nos Anais desta Casa Legislativa Voto de Profundo Pesar pelo falecimento do Senhor Washington Luiz Pessoa de Melo, ocorrido no dia 08 de outubro de 2023, na cidade de Goiana-PE.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1584/085.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1584/085.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, que seja registrado nos Anais desta Casa Legislativa Voto de Profundo Pesar pelo falecimento do Senhor Zilde Soares Barbosa Filho, ex-Vereador de Goiana,, ocorrido no dia 12 de outubro de 2023, na cidade do Recife-PE.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1585/086.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1585/086.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, que seja registrado nos Anais desta Casa Legislativa Voto de Profundo Pesar pelo falecimento do Senhor Juarez Fernando da Silva Rocha, ocorrido no dia 10 de outubro de 2023, no Hospital Belarmino Correia, em Goiana-PE.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1396/087.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1396/087.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado nos trabalhos desta Casa Legislativa,Voto de Profundo Pesar pelo falecimento da Sra. Gilva Monteiro Godinho, ocorrido no dia 15 de outubro de 2023, no Memorial Hospital de Goiana, em Goiana-PE.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1596/088.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1596/088.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja encaminhado Ofício ao Superintendente Federal da Pesca e Aquicultura, Sr. Fábio Barros, solicitando a construção de uma fábrica de gelo no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1600/089.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1600/089.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando que a Prefeitura de Goiana, em parceria com o Batalhão de Trânsito Felipe Camarão (BPtran), realize ações educativas em escolas estaduais e municipais, bem como capacitação dos atuais fiscais de trânsito, em Goiana.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para a equipe de ciclismo “Chama no Giro”, que tem sido grande referencial nas competições da modalidade representando Goiana em diversas cidades da Zona da Mata de Pernambuco, bem como em outros estados brasileiros.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1593/091.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1593/091.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, que após ouvido o Plenário, nos termos legais e regimentais, seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Profundo Pesar, pelo falecimento do Sr. João Malta de Moura Filho, ocorrido no dia 13 de outubro de 2023, na cidade de Goiana.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>André Rabicó</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1601/092.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1601/092.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos ao Sr. Josivaldo Feliciano da Silva (Val do Banjo), pela sua brilhante cobertura nos jogos esportivos amadores, tanto na sede como nos distritos de Goiana.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1740/094.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1740/094.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja transcrito nos anais da Câmara Municipal de Goiana, a matéria de autoria do historiador Josemir Camilo de Melo, publicada no Diario de Pernambuco do dia 04 de setembro de 2023, sob o título de “PERNAMBUCO E SUA LONGA INDEPENDÊNCIA”.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1807/095.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1807/095.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à Sociedade Musical Curica, pela realização do Encontro de Bandas Filarmônicas, ocorrido no dia 22 de outubro de 2023, dentro das comemorações de seus 175 anos de fundação.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1730/096.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1730/096.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos ao Sr. Emerson Farias Silva de Andrade, pela sua brilhante e excelente trabalho prestado à população do distrito de Tejucupapo e em todo o território de Goiana.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Ana de Marcílio</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1731/097.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1731/097.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, com fundamento no Art. 76, do Regimento Interno desta Casa Legislativa, que o Grande Expediente da Reunião Ordinária do dia 23 do corrente mês e ano, seja dedicado a homenagear os 20 anos de fundação, em atividades ininterruptas, do Instituto de Previdência Social do Município de Goiana - GOIANAPREVI.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1741/098.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1741/098.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos ao Sr. Lyweston Paulo Ribeiro dos Santos, pela sua brilhante atuação e carinho com que trata a todas as crianças que o procura, e pelo incentivo à prática do futebol nos distritos, especialmente na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1742/100.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1742/100.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos ao Sr. José Rodrigues de Souza Neto, popularmente conhecido como Zezinho Moqueca, pela sua brilhante atuação como jogador de futebol em Carne de Vaca, e também no Estudantes de Timbaúba, sendo merecidamente homenageado pelo Palmeirinha de São Lourenço, em reconhecimento à sua atuação, carinho e incentivo à prática do futebol nos distritos, especialmente na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1764/101.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1764/101.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para os organizadores da Equipe Sem Luxo, pela realização da Cavalgada realizada no dia 05 de novembro do corrente ano, no Parque de Vaquejada da Portelinha, em Goiana.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1743/102.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1743/102.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Profundo Pesar pelo falecimento da Sra. Antônia Feliciano Bernardo, conhecida carinhosamente como “Dona Cleonice”, ocorrido no dia 05 de novembro de 2023.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja outorgado o Título de Cônsul Cultural de Goiana ao Professor Marcos Paulo, que tem prestado um relevante trabalho divulgador da nossa história.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1757/104.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1757/104.pdf</t>
   </si>
   <si>
     <t>Requer informação junto a Secretaria de Segurança Cidadã e Trânsito (SESTRAN).</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Ibson Gouveia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1780/105.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1780/105.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao Kilimpo Futebol Clube, pela conquista do título de campeão do Campeonato Goianense de Futebol, Categoria 50+, na pessoa do presidente José Hilton Soares, no que parabenizamos também os dirigentes, jogadores, comissão técnica e torcedores da agremiação.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1786/106.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1786/106.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Deputado Estadual Joaquim Lira, solicitando a apresentação de propositura e/ou outras providências cabíveis visando a inclusão do município de Goiana, localizado na Zona da Mata Norte, no Programa Alepe Cuida  (preferencialmente no primeiro semestre do ano de 2024), iniciativa da Assembleia do Estado de Pernambuco que tem levado serviços de saúde, bem-estar e cidadania para as cidades do interior e da Região Metropolitana.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1783/107.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1783/107.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, depois de ouvido o Plenário em sua forma regimental, que seja consignado na Ata dos trabalhos desta Casa Legislativa, um Voto de Aplauso ao Reverendíssimo Bispo Dom Limacêdo Antonio da Silva, pela sua nomeação em 25 de outubro de 2023, pelo Papa Francisco, para a Diocese de Afogados da Ingazeira, Estado de Pernambuco e sua posse em 02 de dezembro de 2023.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1814/108.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1814/108.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, depois de ouvido o Plenário em sua forma regimental, que seja consignado na Ata dos trabalhos desta Casa Legislativa, um Voto de Aplauso para o Time do Corinthians que foi campeão no Campeonato Goianense 40+, ocorrido no último dia 25 de novembro do corrente ano, realizado no campo do Sesc, nesta cidade, sendo motivo de orgulho para esta Casa Legislativa.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos ao Sesc Ler Goiana, pela brilhante realização do Festival Brincantes na Mata Norte, que ocorreu nos dias 24, 25 e 26 de novembro de 2023, em Goiana.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1808/111.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1808/111.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao Colégio Santa Helena, nas pessoas da Diretora, Sra. Maria Helena da Silva Santana, e da Vice-Diretora, Sra. Vera Lúcia da Silva Santana, pelos relevantes serviços prestados à Educação no nosso Município, durante seus 37 anos de existência, e também, pela notória participação nos Jogos Regionais Estudantis, disputando a semifinal na modalidade de futsal, na categoria mirim.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1821/113.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1821/113.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para o atleta de futsal goianense Marcílio Félix da Silva Júnior, que sagrou-se campeão do Brasileiro de Seleções Sub-18, no último dia 11 de dezembro, na cidade de Ananindeua-PA, sendo o feito motivo de orgulho para esta Câmara.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1822/114.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1822/114.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos às pessoas que participam ativamente do desenvolvimento do município de Goiana, Sra. Adriana Molla, Secretária de Planejamento de Goiana, e Sr. Julierme Barbosa Xavier, Contador do Município.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, que seja registrado nos Anais desta Casa Legislativa Voto de Profundo Pesar pelo falecimento do Senhor Severino Ramos da Silva, popularmente conhecido como Lero, ocorrido no dia 08 de dezembro.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1818/116.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1818/116.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao Sr. Carmelo Antonio de Oliveira, pela sua brilhante atuação como fotógrafo e funcionário público, há mais de 30 anos, em Goiana.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1823/117.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1823/117.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao Sr. Italo Mário Rodrigues de Souza Filho, goianense, diretor executivo do Esporte Clube Vitória, pelos excelentes resultados representados no futebol profissional, sagrando-se Campeão Brasileiro da Série B 2023.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1824/118.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1824/118.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos aos organizadores da Liga dos Distritos, pela organização e brilhantismo da Copa dos Distritos, em Goiana.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1825/119.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1825/119.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à Banda Musical Saboeira, pela brilhante participação no projeto “Retretas - Coretos de PE”, em apresentação que aconteceu na noite do último dia 15 de dezembro deste ano, no Coreto da Praça João Pessoa, no centro de Goiana.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos, um Voto de Aplausos para os brilhantes escritores Anderson Cordeiro de Moura e Carlos André Cavalcanti, que escreveram o livro “O imaginário do criptojudaísmo, no caso da família Soeiro 1591-1595”, em que esta Casa Legislativa muito se digna em homenageá-los por este grande feito, em Goiana.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Mário do Peixe, Ibson Gouveia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1010/i1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1010/i1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na Estrada Velha do Condado, situada na comunidade da Macaibeira, em Goiana.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Carlos Viegas, Ana Diamante, Ibson Gouveia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1011/i2.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1011/i2.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhada, com a brevidade possível, solicitação para a reforma, iluminação e inclusão de uma pista de skate na Praça Duque de Caxias, em Goiana.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1012/i3.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1012/i3.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município para que o mesmo solicite, ao Governo de Pernambuco, a implantação da Delegacia de Defesa da Mulher nos demais distritos de Goiana.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1013/i4.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1013/i4.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade de implantação de calçamento e saneamento da Rua Raul Seixas, Rua Francisco Alves, Travessa Francisco Alves e a continuidade do calçamento da Rua Vicente Celestino, em Goiana.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>Eduardo Batista, Ibson Gouveia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1014/i6.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1014/i6.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido para que seja efetivado o complemento do calçamento na Rua Projetada, que vai da estação de gás até à empresa Canaã Polpa de Frutas, ligando a Rodovia PE-62 à Rodovia PE-75, no Loteamento Bela Vista II, em Goiana.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1015/i7.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1015/i7.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando que veja a possibilidade de recuperar, revitalizar e construir um parque público na Lagoa do Gomes, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1029/i8.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1029/i8.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedido para a necessidade de construção de uma praça na comunidade do Bom Tempo, em Goiana.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1016/i9.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1016/i9.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município pedido para que veja a urgente necessidade de implantação de calçamento com drenagem para as águas pluviais, na comunidade da Portelinha em Goiana.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>Ana de Marcílio, Alexandre Carvalho, Pedro Henrique</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1017/i10.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1017/i10.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município para que providencie a recuperação do muro da Escola João Carneiro de Melo, na comunidade de Carrapicho, distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1018/i11.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1018/i11.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, para que veja a possibilidade de descentralizar a Clínica Veterinária de Goiana para o distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1019/i12.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1019/i12.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhada ao Prefeito do Município a Indicação para construção de uma praça na comunidade da Boa Vista, bem como a instalação de lâmpadas de Led em toda a referida comunidade, em Goiana.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1052/i13.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1052/i13.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido para a implantação de calçamento na 3ª Travessa do Loteamento São Rafael, no centro de Goiana.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1020/i14.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1020/i14.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedido para a construção de uma escola no Engenho Mussumbu, em Goiana.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1030/i15.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1030/i15.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido para a criação de uma Escola Técnica Municipal destinada à qualificação profissional de adolescentes e jovens e inserção no mercado de trabalho no pólo econômico de Goiana.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1031/i16.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1031/i16.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja oficiado, ao prefeito do Município, solicitação para a reforma da Praça Laura Nogueira, na Vila Castelo Branco, em Goiana.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1021/i17.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1021/i17.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação do Ensino Médio nas escolas municipais da praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1022/i18.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1022/i18.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade de implantação de pavimentação asfáltica na Rua da Cruz (que tem acesso pela PE-75), em Goiana.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1032/i19.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1032/i19.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja feito Apelo ao Prefeito do Município pedindo a implantação de calçamento na Avenida Liberdade e na Rua Paulo Abouana, na comunidade de Bela Vista, em Goiana.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1023/i20.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1023/i20.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município para que providencie a recuperação do muro da Escola São Sebastião, na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1033/i21.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1033/i21.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhada ao Prefeito do Município a Indicação para implantação da rede de iluminação de LED em toda a “Curva do S”, que interliga Ponta de Pedras a Catuama, em Goiana.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1024/i22.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1024/i22.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de calçamento com saneamento na Travessa São Jorge, via que dá acesso à Rua do Cemitério, na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1025/i23.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1025/i23.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando pedido de criação, implantação e construção de um Laboratório Municipal de Análises Clínicas, em Goiana.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1034/i24.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1034/i24.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido de implantação de uma UBS para a comunidade da Portelinha, em Goiana.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1042/i25.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1042/i25.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedido para a necessidade de construção de um Centro de Recuperação para Dependentes Químicos, em Goiana.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1043/i26.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1043/i26.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido de implantação de calçamento com drenagem para as águas pluviais, na Rua Evaldo Braga, no trecho entre a feira de Flexeiras e a Rua Maísa Matarazzo, em Goiana.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1035/i27.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1035/i27.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido de implantação de calçamento com drenagem para as águas pluviais, na Rua Itapirema, na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1044/i28.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1044/i28.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhada ao Prefeito do Município a Indicação para efetivar a equiparação salarial dos Enfermeiros e Odontólogos com os demais servidores de nível superior (Nutricionistas, Fisioterapeutas, Assistentes Sociais, Psicólogos e Fonoaudiólogos), em Goiana.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1062/i29.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1062/i29.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedido para a aquisição de cadeiras de rodas para doação aos munícipes que necessitem, em Goiana.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1036/i30.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1036/i30.pdf</t>
   </si>
   <si>
     <t>Através da Indicação Parlamentar, sugere ao Prefeito do Município que o mesmo solicite ao Governo de Pernambuco a construção de um Conjunto Habitacional, que contemple a população nas áreas de risco de enchentes localizadas em Goiana.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1045/i31.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1045/i31.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município para que veja a possibilidade de viabilizar a implantação de uma rotatória no largo que fica por trás do Colégio da Sagrada Família e ao lado da Escola Marie Armelle Falguières, em Goiana.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1046/i32.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1046/i32.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de um ponto do programa Vaca Mecânica na praia de Atapuz, em Goiana, para a realização da entrega de pão e leite.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1037/i33.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1037/i33.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando que veja a possibilidade de realizar a pavimentação asfáltica na Rua da Praia, na povoação de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1038/i34.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1038/i34.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando, em caráter de urgência, providências cabíveis para a instalação de lâmpadas de LED nas seguintes localizações: Rua do Poço do Rei, Rua Senador Barros Carvalho e Rua do Bom Jesus, em Goiana.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1047/i35.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1047/i35.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade de construção de uma praça no Loteamento Tanquinho 2, em Goiana.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1048/i36.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1048/i36.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município que o mesmo solicite ao Governo de Pernambuco a implantação de uma Maternidade Regional, em Goiana, tendo em vista a necessidade de assistência especializada à mulher no ciclo gravídico-puerperal na região.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1049/i37.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1049/i37.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando que veja a possibilidade de executar a pavimentação no Loteamento Sítio, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1053/i38.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1053/i38.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na rua por trás da antiga fábrica de tecidos (Fiteg), em Goiana.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1054/i39.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1054/i39.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município para que seja implantado calçamento e saneamento no Loteamento Tanquinho 2, em Goiana.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1055/i40.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1055/i40.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando pedido de revitalização do espaço multiuso da Nova Goiana, e que seja criado um Food Park no local, em Goiana.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>Cid do Caranguejo</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1056/i41.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1056/i41.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município para que seja implantado calçamento na Rua Três Irmãs, localizada na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1057/i42.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1057/i42.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a realização de exames de Endoscopia para a Unidade Mista de Saúde de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>Xandy da Praia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1058/i43.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1058/i43.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a construção de vestiários nos campos de futebol das comunidades de Catuama, Barra de Catuama, Ponta de Pedras, Carne de Vaca e Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1063/i44.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1063/i44.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhada ao Prefeito do Município a Indicação para que seja efetivado o pagamento na íntegra do Piso Salarial da Enfermagem, em Goiana.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1064/i45.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1064/i45.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando que veja a possibilidade de construir uma Escola Municipal, na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1066/i46.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1066/i46.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, para que veja a possibilidade de asfaltar as seguintes localidades: Ladeira de Megaó; Ruas Jaú, da Saudade, do Cemitério, Altinho, do Campo e Chã de Alegria, todas no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1067/i47.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1067/i47.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a revitalização da praça localizada no centro da comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1070/i48.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1070/i48.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para que veja a urgente necessidade da construção de uma praça pública na Portelinha, em Goiana.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1074/i49.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1074/i49.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a restauração do Mercado Público de Goiana.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1075/i50.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1075/i50.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a instalação de uma academia de ginástica ao ar livre, na comunidade de Carrapicho, em Goiana.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1076/i51.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1076/i51.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando pedido para asfaltar as principais ruas da Vila Castelo Branco, em Goiana.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1077/i52.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1077/i52.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando que veja a possibilidade de construir uma Creche Municipal, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1078/i53.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1078/i53.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a revitalização da Praça do “Dendê”, localizada na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1079/i54.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1079/i54.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando que seja reformado o cemitério público da comunidade de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1094/i55.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1094/i55.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a troca das lâmpadas tradicionais por lâmpadas de LED nas seguintes localidades: Rua do Altinho, Ladeira de Megaó; Rua do Jaú, Rua da Picuta, Rua do Campo; 1ª, 2ª e 3ª Travessas do Megaó, Ladeira do Cemitério, Rua da Saudade, Rua dos Melões e Rua Chã de Alegria; todas no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1080/i56.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1080/i56.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para a implantação de calçamento, com a devida drenagem para escoamento das águas pluviais, no Loteamento João Alves, contemplando a Rua Bento Celestino (artéria que vai da Rua João Lira até à Rodovia PE-75) e suas travessas, no centro de Goiana.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1081/i57.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1081/i57.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para a instalação de câmeras de videomonitoramento no Cemitério Público Municipal de Goiana.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1082/i58.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1082/i58.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a pavimentação da Rua Bica do Araçá, localizada na comunidade no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1092/i59.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1092/i59.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município para que solicite ao Governo de Pernambuco a implantação de um Posto de Atendimento Comunitário Expresso Cidadão, em Goiana.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1112/n_60.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1112/n_60.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a construção de poços artesianos em todas as escolas da rede municipal de ensino, em Goiana.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1097/i61.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1097/i61.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a regularização do abastecimento d’água da Usina Maravilhas, em Goiana.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1088/i62.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1088/i62.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a implantação de calçamento nas ruas Carpina, Pantanal, da Madeireira, das Malvinas, até o Loteamento Porto do Sol, em Catuama, distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1098/i63.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1098/i63.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito de Goiana, solicitando a desapropriação de terreno para ser construído no distrito sede do Município um novo cemitério público.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1089/i64.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1089/i64.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando que veja a possibilidade de instalar uma Academia da Saúde, na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1090/i65.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1090/i65.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhada ao Prefeito do Município a Indicação para que seja efetivado o pagamento da insalubridade de todos os servidores públicos municipais de Goiana.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1095/i66.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1095/i66.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando pedido para ampliação e reforma da UBS (Tipo II), na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1091/i67.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1091/i67.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a pavimentação da Rua Cem, localizada na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1113/ind_68.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1113/ind_68.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido de construção de um Velório Municipal no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1114/ind_69.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1114/ind_69.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido de construção de um Velório Municipal no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1105/i70.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1105/i70.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a desapropriação do terreno à frente do antigo matadouro, situado nas proximidades da Rua do Bom Jesus, em Goiana, para a construção de um PSF.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1108/ind71.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1108/ind71.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando pedido para realização de reforma ou construção de uma nova ponte para a comunidade  do Engenho Ubú, em Goiana.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1106/i72.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1106/i72.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhada ao Prefeito do Município a Indicação solicitando a criação do Centro de Referência em Saúde do Homem, em Goiana.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1115/ind_73.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1115/ind_73.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, tendo em vista a desapropriação de área nas margens da Rodovia PE-49, na comunidade de Jardim Eldorado, conhecido popularmente por Sítio Gambá, para que transforme aquele espaço num grande parque de eventos, esporte e lazer, em Goiana.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1116/ind_74.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1116/ind_74.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando providências para realizar a contenção do avanço do mar em toda orla da praia de Barra de Catuama, em Goiana.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1096/ind_75.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1096/ind_75.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao prefeito do Município, solicitando executar os serviços de calçamento com saneamento básico nas seguintes localidades: Vila Teimosa; Rua da Picuta; e 1ª Travessa do Trincheiras, na Rua do Campo, por trás da residência do ex-vereador Ramilson Cabeleireiro; todas no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1117/ind_76.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1117/ind_76.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando intercessão, junto à Gerência Regional dos Correios, a efetivação de convênio para reimplantação da Agência de Correios Comunitários (AGC), no povoado de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1123/ind_77.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1123/ind_77.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de atendimento médico para os engenhos Terra Nova, Novo, Dois Rios, Foguedo e São Bento, em Goiana.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1109/ind79.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1109/ind79.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a construção de uma praça no Loteamento João Alves, contemplando moradores do entorno, como da Rua Bento Celestino (artéria que vai da Rua João Lira até à Rodovia PE-75) e suas travessas, no centro de em Goiana.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1135/ind_80.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1135/ind_80.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de atendimento odontológico para os engenhos Terra Nova, Novo, Dois Rios, Foguedo e São Bento, em Goiana.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1110/ind81.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1110/ind81.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a troca das lâmpadas convencionais por luminárias públicas LED em toda a extensão da Rua Augusta (iniciando da Clínica Fisiomar), passando pelas ruas Ângelo Jordão (antiga Viração) e do Limoeiro, seguindo pela artéria popularmente conhecida como Terminal do Limoeiro, já nas proximidades da Av. São Luiz, no centro de Goiana.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1118/ind_82.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1118/ind_82.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito de Goiana, solicitando a implantação de calçamento da Rua e Travessa Caricé, na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1124/ind_83.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1124/ind_83.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando pedido para construção de uma praça com academia ao ar livre, em frente à creche de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a implantação de calçamento na Rua do Honório, na comunidade de Barra de Catuama, distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1120/ind_85.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1120/ind_85.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhada ao Prefeito do Município a Indicação para revitalização da Praça Mãe Rainha, localizada na Cidade Nova, em Goiana.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1125/ind_86.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1125/ind_86.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando ampliar o cemitério localizado na povoação de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1140/ind_87.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1140/ind_87.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando pavimentar a Rua do Goiti, localizada na povoação de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1126/ind_88.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1126/ind_88.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a ampliação da entrada de acesso à comunidade do Bom Tempo, em Goiana.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1127/ind_89.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1127/ind_89.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando executar a implantação de calçamento e saneamento básico na Rua do Céu, com início às margens da Rodovia PE-49, em Goiana.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1141/ind_90.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1141/ind_90.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a urgente dragagem do Rio Goiana, localizado nas comunidades Impoeira e Baldo do Rio, em Goiana.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1128/ind_91.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1128/ind_91.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município ratificando pedido para aquisição de uma unidade odontomóvel para Goiana.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1129/ind_92.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1129/ind_92.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a troca das lâmpadas convencionais por luminárias públicas LED, no Loteamento João Alves, contemplando a Rua Bento Celestino (artéria que vai da Rua João Lira até à Rodovia PE-75) e suas travessas, no centro de Goiana.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1158/ind_93.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1158/ind_93.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, pedido para incluir atendimento de médico psiquiatra pediátrico na Policlínica Nossa Senhora da Vitória, em Goiana.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1165/ind_94.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1165/ind_94.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, pedido para implantação de ciclovia no trajeto compreendido da Avenida Nunes Machado até o trevo de acesso à Rodovia PE-62, em Goiana.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1136/ind_95.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1136/ind_95.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando pedido para construção de um novo prédio para a Escola Municipal Lourenço Gadelha, na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1143/ind_96.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1143/ind_96.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a criação de um Programa Municipal de Alfabetização Digital da Terceira Idade, em Goiana</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1144/ind_97.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1144/ind_97.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para conclusão e conserto de desnível do calçamento da Rua Clara Nunes, localizada na comunidade de Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1137/ind_98.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1137/ind_98.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando iniciar a construção da Unidade Básica de Saúde (UBS), na comunidade das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1138/ind_99.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1138/ind_99.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando construir praças, com Academia da Saúde, nas localidades do Sítio Sarapió e na Rua do Céu, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1139/ind_100.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1139/ind_100.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a construção de um Centro Esportivo do Idoso, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1166/ind_101.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1166/ind_101.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao prefeito do Município solicitando a construção de um cenário fixo para a apresentação do Teatro das Heroínas de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1159/ind_102.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1159/ind_102.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a desapropriação e a consequente concessão de títulos de posse para os moradores da ocupação do Loteamento Sindicato, em Goiana.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1145/ind_103.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1145/ind_103.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando solucionar a situação da bueira do campo de futebol da comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1146/ind_104.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1146/ind_104.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido para a implantação de calçamento no Loteamento Tenente Manoel dos Prazeres, que tem acesso pela Rua das Quintas, em Goiana.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1174/ind_105.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1174/ind_105.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a realização dos serviços de limpeza e reparo dos bueiros e das galerias de águas pluviais em toda a cidade de Goiana.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1154/ind_106.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1154/ind_106.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando implantar ciclovias e ciclofaixas no trajeto de Ponta de Pedras até a Barra de Catuama, em Goiana.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1155/ind_107.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1155/ind_107.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando implantar calçamento e saneamento básico na Rua da Igreja, na comunidade de Ibeapicú, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1156/ind_108.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1156/ind_108.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de postes e luminárias na praça de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1160/ind_109.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1160/ind_109.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando pedido de implantação de calçamento, com drenagem para  as águas pluviais, na Travessa Faixa do Gás, na comunidade de Bela Vista (próximo ao Clone Motel), em Goiana.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de postes com luminárias na Rua da Praia, localizada na comunidade de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1167/ind_111.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1167/ind_111.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a reforma da Praça Ricardo Essinger, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1162/ind_112.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1162/ind_112.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando construir uma Praça Municipal, na comunidade de Catuama, em Goiana.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1168/ind_113.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1168/ind_113.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a reforma da Praça dos Golfinhos, localizada no centro do distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1175/ind_114.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1175/ind_114.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a construção da “Praça do Pneu”, bem como a instalação de lâmpadas de Led, neste logradouro localizado na área do “Sítio”, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1169/ind_115.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1169/ind_115.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de calçamento, com drenagem para escoamento das águas pluviais, na via de entrada da comunidade das Malvinas (em frente à nova praça de eventos), se estendendo até ao armazém de construção Casa Pessoa, no Loteamento Gulandim, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a revitalização da Praça do Cajá, bem como a instalação de lâmpadas de Led, neste logradouro que fica na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1176/ind_117.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1176/ind_117.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando o pedido de implantação de calçamento na localidade do Sítio Ibeapicú, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1177/ind_118.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1177/ind_118.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a criação da Patrulha Escolar em todo o território de Goiana.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1178/ind_119.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1178/ind_119.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando executar os serviços de pavimentação da Rua Coqueiral, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1170/ind_120.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1170/ind_120.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a pavimentação em asfalto na Rua Eulálio Ribeiro (Baldo do Rio), em Goiana.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1179/ind_121.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1179/ind_121.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a desapropriação do terreno do campo de futebol da comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1171/ind_122.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1171/ind_122.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a inclusão da comunidade de Ibeapicú, distrito de Tejucupapo, no Programa Vaca Mecânica, em Goiana.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1180/ind_123.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1180/ind_123.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando pedido de substituição das lâmpadas antigas de vapor por lâmpadas de Led, no Engenho Ubú, em Goiana.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1185/ind_124.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1185/ind_124.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a pavimentação asfáltica e drenagem da Primeira Travessa Manoel Carlos de Mendonça, em Goiana.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de iluminação no campo de futebol do Trincheiras, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1187/ind_126.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1187/ind_126.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao prefeito do Município solicitando a implantação de lâmpadas de Led na comunidade Rua do Sindicato, localizada por trás do posto de combustíveis Albuquerque Pneus, em Goiana.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1188/ind_127.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1188/ind_127.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a instalação de uma Academia da Saúde na Praça localizada defronte à Igreja de Nossa Senhora do Rosário, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1195/ind_128.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1195/ind_128.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a criação de curso pré vestibular e preparatório, em Goiana, para o Ensino Superior.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando viabilizar uma ambulância para atender aos moradores da comunidade da Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1196/ind_130.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1196/ind_130.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo implantação de um ponto do programa Vaca Mecânica na comunidade do Baldo do Rio, para realizar a entrega de pão e leite, na referida localidade, assim como nas comunidades da Vila Operária, Curtume e Impoeira, em Goiana.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a execução do serviço de limpeza e desobstrução de galerias, do Loteamento Sindicato até à comunidade do Barro Vermelho, em Goiana.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1198/ind_132.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1198/ind_132.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício solicitando a implantação de academia de ginástica ao ar livre, com iluminação adequada, bem como a revitalização do espaço localizado em frente à Escola Municipal Lourenço de Albuquerque Gadelha, na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1200/ind_133.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1200/ind_133.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando viabilizar a construção de um pórtico no trevo de acesso à comunidade de Nova Goiana, com os seguintes dizeres: “NOVA GOIANA, BAIRRO MULTICULTURAL”, em Goiana.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1201/ind_134.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1201/ind_134.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando executar o serviço de pavimentação na Av. Recife, localizada na comunidade das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1202/ind_135.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1202/ind_135.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de calçamento no Loteamento Estrela do Mar, na Rua Dona Doralice (paralela à Rua da Praia) e na Rua dos Pescadores, localizadas na comunidade de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1203/ind_136.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1203/ind_136.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando implantar iluminação e construir vestiários no campo de futebol localizado na comunidade de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1204/ind_137.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1204/ind_137.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a desapropriação do terreno onde se encontra localizado o campo de futebol da comunidade do Bom Tempo, em Goiana.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1205/ind_138.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1205/ind_138.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de calçamento e melhoria da iluminação do Engenho Mussumbu, em Goiana.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1207/ind_139.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1207/ind_139.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na Rua José Joaquim, na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1208/ind_140.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1208/ind_140.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando o pedido de reforma e revitalização da praça localizada na comunidade de Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1209/ind_141.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1209/ind_141.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a reforma da quadra de esportes da Escola Municipal do IV Centenário, em Goiana.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1210/ind_142.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1210/ind_142.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando realizar a regularização dos clubes esportivos de Goiana, através da Agência Municipal de Desenvolvimento de Goiana (AD Goiana), em conjunto com a Secretaria Municipal de Esportes, tendo em vista que a referida autarquia possui dotação orçamentária pata tal ação, buscando assim a valorização do esporte em Goiana.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando construir uma praça no Loteamento São Pedro, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1212/ind_144.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1212/ind_144.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a implementação do Programa Academia da Saúde, vinculado ao Núcleo de Apoio de Saúde da Família – NASF, na Praça dos Anjos, em Goiana.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1217/ind_145.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1217/ind_145.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando realizar uma fiscalização mais intensa nas margens do Canal da Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1218/ind_146.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1218/ind_146.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando reformar a Praça do Pau da Mentira, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1219/ind_147.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1219/ind_147.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a construção de um banheiro no 1º andar da Escola Municipal Adélia Carneiro Pedrosa, na comunidade de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1220/ind_148.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1220/ind_148.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de calçamento com saneamento básico, na Rua Bela Vista, na comunidade de Gambá de Baixo, em Goiana.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1221/ind_149.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1221/ind_149.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município apontando a  necessidade, junto à Secretaria de Saúde, de restabelecer o atendimento diário da especialidade de Clínica Geral, na Unidade Básica de Saúde (UBS) da comunidade de Carrapicho, em Goiana.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1226/ind_150.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1226/ind_150.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na Rua Gilvan Menezes, na comunidade de Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1227/ind_151.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1227/ind_151.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na Rua Carlos Alexandre, na comunidade de Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1244/ind_152.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1244/ind_152.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a disponibilização de um grupo de forró pé de serra para se apresentar na comunidade do Bom Tempo, nos festejos de São João, em Goiana.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1262/ind_153.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1262/ind_153.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a disponibilização de um grupo de forró pé de serra para se apresentar nas comunidades da Impoeira, Vila Operária e Curtume de Cima, nos festejos de São João, em Goiana.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1272/ind_154.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1272/ind_154.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a disponibilização de um grupo de forró pé de serra para se apresentar na comunidade do Baldo do Rio, nos festejos de São Pedro, em Goiana.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1228/ind_155.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1228/ind_155.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício solicitando a construção de um Centro de Referência de Saúde Especializado no Atendimento a Crianças com Necessidades Especiais, em Goiana.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1229/ind_156.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1229/ind_156.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício solicitando a criação de uma base da Defesa Civil, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1230/ind_157.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1230/ind_157.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício pedindo para analisar a realização de dragagem e revitalização, de acordo com laudo técnico ambiental, para o rio do Engenho Ubú, em Goiana, visando diminuir as enchentes no local.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1231/ind_158.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1231/ind_158.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando encaminhar Projeto de Lei a esta Casa Legislativa para implementar a política de Registro do Patrimônio Vivo de Goiana.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1232/ind_160.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1232/ind_160.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando instalar uma Academia da Saúde na praia de Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1233/ind_161.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1233/ind_161.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando reabrir a Biblioteca Pública Municipal, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1234/ind_162.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1234/ind_162.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de calçamento com saneamento básico, na Rua do Sapoti, na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1235/ind_163.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1235/ind_163.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de gradil de proteção na recém inaugurada Praça João Carlos de Mendonça, popularmente conhecida como Praça da Soledade, localizada na Rua da Soledade, no centro de Goiana.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1254/ind_164.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1254/ind_164.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido para que veja a possibilidade, junto à Secretaria de Saúde, de implantar uma Unidade Básica de Saúde (UBS), na comunidade de Ibeapicú, distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1263/ind_165.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1263/ind_165.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando, por meio da Secretaria de Saúde, disponibilizar uma ambulância para atender aos pacientes que residem na comunidade de Ibeapicú, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1236/ind_166.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1236/ind_166.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando, por meio das secretarias de Educação, Saúde e Agricultura e Meio Ambiente, que seja lançada nas escolas municipais de Goiana campanha de conscientização de combate às zoonoses.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1237/ind_167.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1237/ind_167.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando construir uma praça com equipamentos de recreação infantil e uma Academia da Saúde no terreno localizado por trás do supermercado Novo Atacarejo, no Loteamento José Albino Pimentel (em frente ao antigo Motel Castelon), em Goiana.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1264/ind_168.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1264/ind_168.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de um Posto Âncora no Barro Vermelho, vinculado à UBS Barro Vermelho, em Goiana.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1245/ind_169.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1245/ind_169.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando pedido de revitalização (com instalação de academia ao ar livre) da Praça da Vila Mutirão, em Goiana.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1246/ind_170.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1246/ind_170.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando pedido para construir o muro do cemitério do Engenho Ubú, em Goiana.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1249/ind_171.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1249/ind_171.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício solicitando a construção de casas populares para as comunidades de Ponta de Pedras, Cocota, Malvinas e Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1247/ind_172.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1247/ind_172.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a pavimentação na 4ª Travessa da Rua Manoel Carlos de Mendonça, em Goiana.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1248/ind_173.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1248/ind_173.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a urgente implantação de um Centro Médico Nefro de Hemodiálise, destinado especificamente para o tratamento da Nefrite, em Goiana.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1255/ind_174.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1255/ind_174.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de calçamento com saneamento básico na 1ª Travessa do Cemitério, tendo como ponto de referência a moradia do Sr. Biá do Picolé, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1250/ind_175.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1250/ind_175.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando que envie a esta Casa Legislativa Projeto de Lei visando implementar o Piso Salarial dos Profissionais de Enfermagem, conforme a Lei 14.434, de 04 de agosto de 2022, e a Emenda Constitucional  nº 124, de 14 de julho de 2022, sendo adequado à Lei Orçamentária Anual (LOA), com abertura de créditos suplementares, tendo em vista os recursos recebidos do Governo Federal de acordo com Portaria do Ministério da Saúde e a Emenda Constitucional nº 127, inc , de 22 de dezembro de 2022, para efetuar o pagamento  do Piso Salarial da Enfermagem em Goiana, inclusive que o salário de todos os profissionais de nível superior e nível médio sejam equiparados ao referido piso.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1252/ind_176.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1252/ind_176.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município, Sr. Eduardo Honório, solicitando a inclusão na programação dos festejos Juninos 2023 a Festa de São João Batista na Comunidade do Engenho Diamante, em Goiana.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Carlos Viegas, Mário do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1273/ind_177.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1273/ind_177.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a construção de uma Creche na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1256/ind_178.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1256/ind_178.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a construção de um Hospital Público para atender aos distritos de Tejucupapo e Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1257/ind_179.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1257/ind_179.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando viabilizar uma ambulância para a comunidade de Carrapicho, em Goiana.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1265/ind_180.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1265/ind_180.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando que envie a esta Casa Legislativa um Projeto de Lei visando a desapropriação e doação de terrenos para pessoas que não tenham casa própria, em Goiana.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1274/ind_181.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1274/ind_181.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando o pedido para implantar o calçamento no Loteamento Osvaldo Rabelo, na localidade popularmente conhecida como “Casas de Gesso”, em Goiana.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1266/ind_182.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1266/ind_182.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de asfalto nas principais ruas do povoado de São Lourenço, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1279/ind_183.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1279/ind_183.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de asfalto nas principais ruas da comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de lâmpadas LED na Rodovia PE-75, no trecho compreendido entre o posto de combustível Maria de Lourdes II (Posto Shell) e a Faculdade de Medicina Tiradentes, no Loteamento Novo Horizonte, na comunidade da Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1280/ind_185.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1280/ind_185.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando executar os serviços de pavimentação na Rua Alto da Bela Vista, que liga a Rua da Bica à Rua Mangueira, e o trecho que liga a Rua da Lama à Rua de Cima, em Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1259/ind_186.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1259/ind_186.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando pavimentar o Loteamento Jardim Eldorado, na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>Ana Diamante, Eduardo Batista, Ibson Gouveia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1260/ind_187.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1260/ind_187.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de calçamento com drenagem para escoamento das águas pluviais, na Rua da Massangana, e na travessa da referida rua, em Goiana.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1267/ind_188.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1267/ind_188.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a revitalização do canal do distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1296/ind_189.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1296/ind_189.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a cessão de uso do prédio público municipal onde funciona o antigo Mercado Cibrazém, na Rua da Misericórdia, em Goiana, aos proprietários de estabelecimentos ali existentes.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1275/ind_190.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1275/ind_190.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido de reabertura do Posto Médico da Usina Santa Tereza, em Goiana.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1276/ind_191.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1276/ind_191.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para reformar a Escola Municipal Zilma Gemir Baracho, na Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1297/ind_192.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1297/ind_192.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a cessão de uso do espaço público municipal de Espaço Multiuso, localizado no pátio de Flexeiras, para que seja transformado em um espaço de utilidade cultural, que contemple as agremiações de Índios e Caboclinhos, em Goiana.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1281/ind_193.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1281/ind_193.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a construção de uma Creche para a comunidade de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1282/ind_194.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1282/ind_194.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando executar os serviços de limpeza e a retirada de entulhos da beira mar da praia de Ponta de Pedras à praia de Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1283/ind_195.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1283/ind_195.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a pavimentação da Rua da Massangana e da Travessa da mesma via, em Goiana.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1284/ind_196.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1284/ind_196.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para reformar a Escola Municipal São Tomás de Aquino, no Engenho Ubú, em Goiana.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1316/ind_197.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1316/ind_197.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para reformar a Escola Municipal Dr. Benigno Araújo, na Vila Castelo Branco, em Goiana.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício propondo a melhoria da iluminação na povoação de São Lourenço, no trecho que compreende o trevo da Rodovia PE-49, seguindo até à Igreja de São Lourenço, se estendendo até o trevo de saída em direção à praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1310/ind_199.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1310/ind_199.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a pavimentação em asfalto na localidade denominada de Pantanal, nos trechos que compreendem a esquina da antiga “oficina de Biu Gordo” até ao antigo “prédio de Zé da Laje”, bem como a esquina de “Chico da Labodeguita” até à Escolinha Pássaro Livre, no Loteamento José Albino Pimentel, em Goiana.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1286/ind_200.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1286/ind_200.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido feito por meio da Indicação nº 397, aprovada no dia 21 de dezembro de 2021, para que, por intermédio da Secretaria de Urbanismo, Obras e Patrimônio Arquitetônico, veja a urgente necessidade da IMPLANTAÇÃO DE ASFALTO NA POVOAÇÃO DE SÃO LOURENÇO, no trecho que compreende o trevo da PE-49, seguindo até a Igreja de São Lourenço, se estendendo até o trevo de saída em direção à praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1287/ind_201.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1287/ind_201.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de bancos de cimento no Calçadão da praia de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1288/ind_202.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1288/ind_202.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a substituição das lâmpadas atuais por iluminação de Led na Travessa São Jorge, localizada na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1289/ind_203.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1289/ind_203.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de asfalto na rua principal da praia de Atapuz (conhecida como a Rua dos Correios), em Goiana.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1298/ind_204.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1298/ind_204.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando viabilizar a substituição das lâmpadas de vapor mercúrio por lâmpadas de Led, onde for necessário, no Residencial Frei Luciano, em Goiana.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1299/ind_205.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1299/ind_205.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando viabilizar a ampliação do sistema de abastecimento d’água do Loteamento Canoé, localizado na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1311/ind_207.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1311/ind_207.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido para a construção de uma quadra poliesportiva num terreno pertencente à Prefeitura de Goiana, localizado na Quadra G-5, implantando ainda uma Academia da Saúde, visando atender às crianças, adolescentes e jovens residentes no Loteamento Nossa Senhora da Conceição (conhecido como Sítio) e na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1312/ind_208.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1312/ind_208.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando construir uma Praça em frente à UPA Santo Amaro, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1300/ind_209.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1300/ind_209.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando criar o Programa Juventude Digital como política pública municipal permanente, em Goiana.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1301/ind_210.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1301/ind_210.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de uma Faculdade, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1302/ind_211.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1302/ind_211.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando regulamentar a Lei nº 2.300/2015, que criou o Sistema Municipal de Cultura, em Goiana.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1303/ind_212.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1303/ind_212.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município para que solicite ao Governo do Estado de Pernambuco autorização visando municipalizar os trechos das rodovias PE-75 e PE-62, nos limites geográficos de Goiana.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1313/ind_213.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1313/ind_213.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a construção de casas populares para pessoas de baixa renda nas comunidades de Tejucupapo, São Lourenço e Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1304/ind_214.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1304/ind_214.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de calçamento com saneamento básico na Rua da Picuta, por trás da Unidade Mista de Saúde, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1317/ind_215.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1317/ind_215.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a reabertura da Casa das Heroínas, no distrito de Tejucupapo, em Goiana, criada pela Lei Municipal nº 1.941/2004.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1318/ind_216.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1318/ind_216.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a criação de Programa de Hortas Comunitárias e Familiares, em Goiana.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1319/ind_217.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1319/ind_217.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento com saneamento básico na Rua da Associação, localizada no Loteamento Osvaldo Rabelo, em Goiana.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1320/ind_218.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1320/ind_218.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando analisar a possibilidade, nas reformas das escolas de Goiana, de convidar os pais dos alunos, desde que capacitados, para realizarem as obras.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1363/ind_219.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1363/ind_219.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a instalação de um Centro Oftalmológico, em Goiana.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1321/ind_220.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1321/ind_220.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando implantar vagas de estacionamento nas principais ruas de Goiana, escolas, bancos, supermercados e departamentos públicos, destinadas aos portadores de TEA – Transtorno do Espectro Autista.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1305/ind_221.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1305/ind_221.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o plenário desta Casa Legislativa, nos termos regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, a implantação de uma galeria, na Rua Loteamento Boa Vista I, Q-L, próximo ao Mercadinho Paraíba, em Goiana.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1314/ind_222.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1314/ind_222.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a reabertura da Escola de Governo da Prefeitura Municipal de Goiana, criada pela Lei nº 1.896/2001 e alterada pela Lei nº 1.901/2002.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1322/ind_223.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1322/ind_223.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para a implantação de canaletas de concreto para escoamento das águas pluviais nas barreiras e encostas da comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a construção de uma escola de grande porte para a comunidade de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de asfalto na Estrada Velha do Condado, localizada na comunidade da Macaibeira, em Goiana.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1334/ind_226.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1334/ind_226.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando desapropriar uma área para manutenção de embarcações, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1324/ind_227.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1324/ind_227.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a implantação de calçamento com saneamento básico na Rua da Picuta, tendo como ponto de referência a casa do Sr. Roberto do Brega, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1341/ind_228.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1341/ind_228.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de uma lombada para redução de velocidade, ao lado da Igreja Batista Missionária, no Loteamento Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1325/ind_229.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1325/ind_229.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para a implantação de calçamento na 5ª Travessa da Avenida Cana Brava, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1326/ind_230.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1326/ind_230.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de um semáforo na interseção entre a Rua Fundo da Mala, Rua do Cemitério, Av. Desembargador Edmundo Jordão e a Rua José Maria de Albuquerque Melo, em Goiana.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1342/ind_231.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1342/ind_231.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a implantação de calçamento com saneamento básico na Rua do Cemitério, tendo como ponto de referência a casa do Sr. Zé Kibon, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1343/ind_232.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1343/ind_232.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a confecção e instalação de placas de sinalização que demarquem a entrada da comunidade de Alecrim, em Goiana.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1335/ind_233.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1335/ind_233.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando unificar o percentual de risco de vida, a 40% (quarenta por cento), na Guarda Municipal, em Goiana.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido de realização dos serviços de pavimentação nas vias de acesso da comunidade da Bica do Araçá, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1344/ind_235.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1344/ind_235.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a troca das lâmpadas tradicionais por lâmpadas de Led, nas seguintes localidades: Loteamento Arizona, Sítio Sarapió, Rua do Céu, Bica do Araçá, Meia Légua e Caixa D’Água, todas no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1351/ind_236.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1351/ind_236.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para reformar a Escola Municipal Iracema Nogueira Rabelo, na Vila Mutirão, em Goiana.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1337/ind_237.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1337/ind_237.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município para que este, por meio da Secretaria competente, solicite, junto à Anatel, a implantação de um Canal de Atendimento na Guarda Municipal, para a população, por telefone, através do número 153, em Goiana.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1338/ind_240.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1338/ind_240.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando desapropriar terreno e construir um novo cemitério, na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1345/ind_241.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1345/ind_241.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de asfalto do início da Praça Frei Caneca (onde se localiza a Igreja do Carmo e a Escola Dr. Manoel Borba) até ao final da Rua da Ponte, em Goiana.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1346/ind_242.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1346/ind_242.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de uma escola técnica para o distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1347/ind_243.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1347/ind_243.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana solicitando o pagamento e o gozo de férias dos servidores contratados pelo Município.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1348/ind_244.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1348/ind_244.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a construção de uma Creche Tipo B (para atendimento de até 240 crianças em dois turnos), na comunidade da Bela Vista II, em Goiana.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1352/ind_245.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1352/ind_245.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a revitalização da área onde está localizado o “Obelisco”, na beira-mar do Loteamento Nossa Senhora da Conceição, conhecido como “Sítio”, na praia de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1353/ind_247.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1353/ind_247.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido para implantação de pavimentação da artéria compreendida entre a rua de acesso à UPA Deputado Osvaldo Rabelo e a Rua Historiador Antonio Corrêa de Oliveira Andrade Filho, situada no Loteamento Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1354/ind_248.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1354/ind_248.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando incluir o distrito de Ponta de Pedras, bem como as localidades vizinhas, no Programa da Vaca Mecânica, em Goiana.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1355/ind_249.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1355/ind_249.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de um semáforo na Rodovia PE-62, no cruzamento da comunidade da Nova Goiana para a comunidade da Bela Vista, e no cruzamento da artéria conhecida como “Faixa do Gás” para a Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1356/ind_250.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1356/ind_250.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, por meio da Secretaria de Educação e Inovação, solicitando destinar aos profissionais da Educação, em Goiana, 60% dos precatórios do Fundef.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1364/ind_251.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1364/ind_251.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a construção de poço artesiano e canalização da água no Engenho Ubú, em Goiana.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1365/ind_253.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1365/ind_253.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando construir uma Escola Municipal nas praias de Catuama e Barra de Catuama, em Goiana.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1366/ind_254.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1366/ind_254.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a implantação de um Posto Âncora vinculado à UBS da comunidade do Sítio Alecrim, em Goiana, ação que faz parte da política de descentralização dos serviços de saúde.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1367/ind_255.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1367/ind_255.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a implantação de um Posto Âncora vinculado à UBS da comunidade de Meia Légua, no distrito de Tejucupapo, em Goiana, ação que faz parte da política de descentralização dos serviços de saúde.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1357/ind_256.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1357/ind_256.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido de construção de uma Garagem Municipal para abrigar as máquinas e a frota de veículos da Prefeitura de Goiana.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1368/ind_257.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1368/ind_257.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando, em caráter de urgência, providenciar banheiros nos ônibus que são destinados ao Tratamento Fora do Domicílio, em Goiana.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1377/n_258.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1377/n_258.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para reformar a Escola Municipal Dr. Luduvico Correa, localizada na Estrada de Cima, em Goiana.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1358/ind_259.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1358/ind_259.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a continuidade da instalação de lâmpadas de LED na Rua do Bom Jesus, em Goiana, visto que o processo encontra-se inacabado.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1378/n_260.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1378/n_260.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de Posto Médico na Usina Maravilhas, em Goiana.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1369/ind_261.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1369/ind_261.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido para a implantação de pavimentação em asfalto na Rua Clóvis Fontenelle Guimarães (antiga Travessa da Conceição), situada no centro de Goiana.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1359/ind_262.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1359/ind_262.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de uma lombada, em frente à casa da Sra. Valdete Enfermeira, na Rua do Bom Jesus, em Goiana.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1370/ind_263.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1370/ind_263.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de quiosques, na área do entorno do Farol de Ponta de Pedras, em Goiana, destinados à alimentação, artesanato e diversão.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1371/ind_264.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1371/ind_264.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a retomada do Projeto “A Rua é Nossa”, em Goiana.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1360/ind_265.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1360/ind_265.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a construção de uma quadra poliesportiva na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1372/ind_266.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1372/ind_266.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a reforma do Estádio Municipal Agamenon Magalhães, em Goiana.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido para a instalação de lixeiras na Praça José Nascimento de Barros, localizada na Av. Nunes Machado, junto ao edifício do Ministério Público, no centro de Goiana.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1373/ind_268.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1373/ind_268.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício propondo a desobstrução da galeria localizada em frente à Igreja “O Brasil para Cristo”, na Rua do Bom Jesus, em Goiana.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando, em caráter de urgência, a implantação de ecoestações em Goiana.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando pavimentar as ruas do Loteamento José Albino Pimentel (nas proximidades por trás da 3ª Companhia Independente de Polícia Militar) e a Travessa do Matadouro (nas proximidades da Rádio Goiana FM), em Goiana.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1382/n_271.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1382/n_271.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a implantação do Programa Bolsa Escola Municipal, em Goiana.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1383/n_272.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1383/n_272.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a reabertura do Memorial da Prefeitura Municipal de Goiana (Memorial Dilermando de Barros Carvalho), criada pela Lei Municipal nº 1.920/2003.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1386/n_273.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1386/n_273.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para implantação de iluminação pública em toda a extensão da Rodovia Osvaldo Rabêlo Filho (antiga Estrada do Cajueiro), em Goiana.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício propondo a implantação de uma lombada em frente ao Goyanna Hotel, na Rua do Bom Jesus, em Goiana.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1387/n_276.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1387/n_276.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de calçamento e drenagem na Rua Osvaldo Rabelo, situada na comunidade de Bela Vista II, em Goiana.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município ratificando pedido para implantar pavimentação no Loteamento Sítio, localizado no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1407/n_278.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1407/n_278.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de calçamento com saneamento básico na Rua dos Melões, tendo como ponto de referência a casa do Sr. Roberto de Mô, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1389/n_279.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1389/n_279.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para a construção de uma creche escola na comunidade de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1390/n_280.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1390/n_280.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a implantação de Escolas em Tempo Integral, em Goiana.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1398/n_281.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1398/n_281.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando pedido para construção de um parque ou complexo recreativo e esportivo municipal, contendo quadra esportiva, campo de futebol, ciclovia, pista de caminhada, academia de ginástica ao ar livre e área verde, e que o referido espaço seja denominado Osvaldo Rabelo Filho, numa área na comunidade de Flexeiras ou em um outro local adequado, em Goiana.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1399/n_282.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1399/n_282.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a instalação de equipamentos de energia fotovoltaica nos prédios públicos municipais de Goiana.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1391/n_283.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1391/n_283.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando, em caráter de urgência, a construção de muro de arrimo e o reordenamento do canal Maceió, o mesmo que corta a comunidade de Carne de Vaca, visando solucionar os problemas ocasionados pela erosão e pelas condições inadequadas do referido canal, em Goiana.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1392/n_284.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1392/n_284.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando  a instalação de lâmpadas de Led no Loteamento Expedicionário Henrique Fenelon, em Goiana.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1400/n_285.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1400/n_285.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a criação, no âmbito da cidade de Goiana, do Conselho Municipal dos Direitos da Mulher – COMDIM.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1401/n_286.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1401/n_286.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para construção de  poço artesiano, quadra esportiva e três salas, bem como a retomada do Programa EJA, na Escola Municipal Professora Zilma Gemir Baracho, em Goiana.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1402/n_287.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1402/n_287.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de pavimentação em asfalto na Rua Clementino Coelho, antiga Rua das Três Viúvas, situada no centro de Goiana.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1403/n_288.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1403/n_288.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício propondo a reforma e revitalização da Praça Rio Branco (antigamente conhecida como “Praça da Lavanderia”), localizada na entrada da comunidade do Baldo do Rio, próximo à Ponte Sérgio Loreto, em Goiana.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1404/n_289.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1404/n_289.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando o término do calçamento na Rua Pedra do Carneiro, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando construir uma praça pública no pátio da Igreja de Nossa Senhora do Ó, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1406/n_291.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1406/n_291.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando o pedido de reforma da praça principal da comunidade de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1418/n_292.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1418/n_292.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando o término do calçamento na Rua da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1412/n_293.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1412/n_293.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando o pedido para implantação de calçamento na Rua do Campo, na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando implantar pavimentação em asfalto na Rua Raul Seixas, na comunidade de Nova Goiana.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1414/n_295.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1414/n_295.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a construção de 02 diques de contenção, um nas imediações do Bar da Balsa e outro nas proximidades das caiçaras dos pescadores, na orla da praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1438/n_296.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1438/n_296.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de calçamento na Rua Pedra da Galé, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1415/n_297.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1415/n_297.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para implementar a reforma dos canteiros e a consequente revitalização da Rua da Conceição, no centro de Goiana.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1419/n_299.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1419/n_299.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de asfalto no Loteamento Carvalho Feitosa, no centro de Goiana.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1420/n_300.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1420/n_300.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício, propondo a implantação de calçamento e saneamento básico, na Rua Adilson Tavares, na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1421/n_301.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1421/n_301.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando pedido para implantação de calçamento, com drenagem para escoamento das águas pluviais, na Rua São Gonçalo, no Engenho Ubú, em Goiana.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1422/n_302.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1422/n_302.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para implantar pavimentação asfáltica na Rua Professor Mário Rodrigues do Nascimento, que tem acesso pela Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1423/n_303.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1423/n_303.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município ratificando pedido pra implantar ciclovias e ciclofaixas da praia de Ponta de Pedras até à praia da Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1424/n_304.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1424/n_304.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para trocar por lâmpadas de Led toda a iluminação da Rua das Quintas, em Goiana.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1427/n_305.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1427/n_305.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício propondo a implantação de calçamento e saneamento básico na Rua Nova, na comunidade de Atapuz,  em Goiana.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1428/n_306.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1428/n_306.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando construir uma praça poliesportiva e um parque infantil no caminho de Catuama, próximo à Marina Enseada, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1431/n_307.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1431/n_307.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício ratificando pedido para providenciar arquibancadas, gramado, drenagem, vestiário e iluminação no campo de futebol da comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1429/n_308.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1429/n_308.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação do Programa Ponto de Atendimento Virtual da Receita Federal (PAV), em Goiana.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1430/n_309.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1430/n_309.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de iluminação no Cemitério Público Municipal da comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1432/n_310.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1432/n_310.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a construção de calçamento com saneamento básico, no Altinho, tendo como referência a casa de Quegê, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1439/n_311.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1439/n_311.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhada ao prefeito do Município, sugestão para providenciar a construção de uma Escola Municipal, na comunidade de Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1443/n_312.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1443/n_312.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a construção de uma Unidade Básica de Saúde (UBS), para a comunidade do Engenho Mussumbú, em Goiana.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1444/n_313.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1444/n_313.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando executar a pavimentação da Rua Projetada, por trás da Igreja Católica das Malvinas, localizada no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1445/n_314.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1445/n_314.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de calçamento com saneamento básico, na Rua dos Melões, tendo como ponto de referência a casa dos senhores Ronaldo e Toche, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1446/n_315.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1446/n_315.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para realizar obras de contenção das barreiras, com construção de muro de arrimo, na comunidade da Portelinha, em Goiana.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1459/n_316.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1459/n_316.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, Ofício propondo o envio de Projeto de Lei a esta Casa Legislativa para implantar um programa de destinação de bolsas de estudos de cursos profissionalizantes, para os jovens do Município, objetivando orientar e treinar para o mercado de trabalho, a fim de fomentar o desenvolvimento profissional desses jovens, em Goiana.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1447/n_317.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1447/n_317.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a elaboração de um Projeto de Lei visando a modificação do prazo de validade do Alvará de Funcionamento do comércio de Goiana, que atualmente dispõe de validade de 06 (seis) meses, para validade de 01 (um) ano, em Goiana.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1453/n_318.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1453/n_318.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a construção de um muro de arrimo para contenção do avanço do mar, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1448/n_319.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1448/n_319.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a ampliação do atendimento de algumas especialidades médicas, como Psiquiatria, Geriatria, Pediatria e Neurologia, em Goiana.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1454/n_320.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1454/n_320.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja acolhida a Indicação para que seja encaminhada ao Prefeito do Município solicitando adquirir um consultório móvel para atendimento às pessoas portadoras de Autismo, Microcefalia e Síndrome de Down, em Goiana.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1455/n_321.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1455/n_321.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para que ofereça Curso Preparatório para Concursos Públicos, em Goiana.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1460/n_322.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1460/n_322.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando, com urgente providência, a aquisição de um sino para a Igreja de Nossa Senhora do Carmo de Goiana, cujas razões encontram-se expostas na supracitada Indicação.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1461/n_323.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1461/n_323.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de iluminação pública na Rua localizada do lado do Campo de Futebol do “Galo”, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1456/n_324.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1456/n_324.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando o revestimento asfáltico no trecho que vai da Rua da Soledade, Av. Manoel Carlos de Mendonça, até às margens da Rodovia PE-49, em Goiana.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1462/n_325.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1462/n_325.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de um Posto Âncora, vinculado à UBS da comunidade do Bom Tempo, no Loteamento José Albino Pimentel, em Goiana.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1470/n_326.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1470/n_326.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, ratificando pedido para que avalie a possibilidade, junto à Secretaria de Saúde, de promover a extensão do horário de atendimento, nos dias de semana, de segunda a sexta-feira, das 17h até às 21h, e a implantação de plantões médicos nos finais de semana, aos sábados e domingos, na Unidade Básica de Saúde (UBS) da comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1471/n_327.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1471/n_327.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, com sugestão para a celebração do Dia da Mulher Goianense, que teve Projeto de Lei promulgado neste ano de 2023, em Goiana.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1463/n_328.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1463/n_328.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a reabertura da Sala de Raio-X da Unidade Mista de Saúde, do distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1472/n_329.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1472/n_329.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de calçamento no Beco do Clube “Cheguei Tarde”, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1464/n_330.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1464/n_330.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para fornecer Equipamentos de Proteção Individual (EPI’s) aos trabalhadores dos cemitérios públicos de Goiana, com a realização de DDS por técnico em Segurança do Trabalho, antes de suas atividades diárias.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1480/n_331.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1480/n_331.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a implantação de aulas de artes marciais nas escolas municipais, em Goiana.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1465/n_332.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1465/n_332.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a revitalização dos canteiros e pavimentação asfáltica na Av. Costa e Silva e no Loteamento Rocha, em Goiana.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1466/n_333.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1466/n_333.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido de reforma da Praça João Bandeira de Souza, na comunidade de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1473/n_334.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1473/n_334.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido de reforma, com paisagismo, no trevo que liga Goiana à comunidade de Flexeiras, no sentido para a cidade do Condado.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1474/n_335.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1474/n_335.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, Ofício propondo a disponibilização de profissionais de saúde, para atuarem duas vezes por semana, nas creches municipais, com atendimento para cuidados básicos, tais como: acompanhamento de cartão de vacina, verificação da saúde bucal, administração de medicamentos, entre outros; com as crianças matriculadas nas referidas creches, em Goiana.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1475/n_336.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1475/n_336.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para firmar parceria com o Sesc Ler Goiana, visando realizar aulas de natação com os alunos da rede municipal (Ensino Fundamental I e II), em Goiana.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1476/n_337.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1476/n_337.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando construir uma Praça Municipal, na comunidade das Malvinas, localizada no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1481/n_338.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1481/n_338.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando instalar lâmpadas de Led, no Loteamento São Pedro e no Loteamento Bela Vista, localizados no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1477/n_339.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1477/n_339.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de galerias, começando na Vila Teimosa, até à Rodovia PE-49, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1491/n_340.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1491/n_340.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando providências cabíveis para construção do matadouro público, em Goiana.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1482/n_341.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1482/n_341.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, Ofício propondo o envio de Projeto de Lei a este Poder Legislativo Municipal, versando sobre o perdão de multas e juros, em 100%, dos contribuintes inadimplentes de IPTU e Alvará de Funcionamento, assim como, 40% de desconto no valor do pagamento à vista, e 30% no parcelamento em até 12 meses, em Goiana.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1483/n_342.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1483/n_342.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido de implantação de pavimentação asfáltica na Rua do Arame, que tem acesso pela Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1484/n_343.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1484/n_343.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de pavimentação em asfalto na Rua Djalma Raposo, situada na Cidade Nova, no centro de Goiana.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1485/n_344.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1485/n_344.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido de implantação de um Centro Especializado no tratamento e reabilitação de pacientes com doenças, como Lupus, Alzheimer, Leucemia, Fibromialgia e dores de cabeça agudas ou crônicas, visando a melhoria de vida dos portadores destas enfermidades, em Goiana.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1486/n_345.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1486/n_345.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a construção de um abrigo de passageiros, na entrada do Frazão, na Rodovia Osvaldo Rabelo Filho, próximo à casa do Sr. Fabú, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando proceder, junto à Gerência Regional dos Correios, a efetivação de convênio para reimplantação de Agência Comunitária dos Correios, no povoado de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1488/n_347.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1488/n_347.pdf</t>
   </si>
   <si>
     <t>Indica a Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pavimentar, a Rua do Sol na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1492/n_348.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1492/n_348.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, Ofício propondo que a Compesa realize, com urgência, a troca do cano que faz o abastecimento d’água para a cidade, localizado no Rio Goiana, entre as comunidades do Baldo do Rio e da Impoeira, em Goiana.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1493/n_349.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1493/n_349.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para implantação de pavimentação asfáltica na Rua Almeida João Inácio, que tem acesso pela Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1494/n_350.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1494/n_350.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando desapropriar um espaço próximo ao Calçadão de Ponta de Pedras, em Goiana, para construir uma praça de alimentação.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1495/n_351.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1495/n_351.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando desapropriar uma área visando a construção de um novo cemitério público municipal para o distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1496/n_352.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1496/n_352.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício solicitando ver a possibilidade de oferecer nas unidades de saúde de Goiana os seguintes serviços de grande necessidade para os munícipes: ecocardiograma e teste ergométrico.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1497/n_353.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1497/n_353.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício solicitando a construção de um pátio de eventos em Goiana.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a extensão da iluminação pública na Travessa da Rua da Matinha, na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1499/n_355.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1499/n_355.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício solicitando as devidas providências para a entrega de títulos de posse aos moradores da comunidade de  Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1501/n_356.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1501/n_356.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para implantação de pavimentação asfáltica na Rua da Igreja, que tem acesso pela Rodovia PE-62, na comunidade de Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, Ofício propondo a recuperação da estrada do Engenho São Bento, em Goiana.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1502/n_358.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1502/n_358.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando construir uma Praça Municipal, na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1517/n_359.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1517/n_359.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando realizar uma Caravana da Saúde, na Rua da Praia, em Goiana.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1503/n_360.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1503/n_360.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando urgentes providências no sentido de desapropriar o imóvel nº 27 (Sobrado), localizado à Rua Siqueira Campos, em Goiana, onde funcionou a Amplificadora Tupã, bem como, todo o acervo da mesma.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1504/n_361.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1504/n_361.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado ao Prefeito do Município solicitando criar convênios com as escolinhas de futebol de Goiana, para incentivar as crianças a praticarem a modalidade, nas comunidades do Gambá, Atapuz, São Lourenço, Tejucupapo, Carne de Vaca, Ponta de Pedras, Catuama e Barra de Catuama.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1508/n_362.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1508/n_362.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de ciclovias na Rodovia Osvaldo Rabelo Filho, em Goiana.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1509/n_363.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1509/n_363.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de calçamento no Beco da Padaria do Manuel, localizado no centro no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1510/n_364.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1510/n_364.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado pedido ao Prefeito do Município para implantação de faixas de pedestres na Av. Nunes Machado: em frente à Compesa, na frente da Faculdade de Goiana (FAG) e na entrada da Rua do Curtume, em Goiana.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1511/n_365.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1511/n_365.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a construção de um abrigo (ponto de ônibus) na entrada do Loteamento São Pedro, localizada no km 24, da Rodovia PE-49, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1512/n_366.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1512/n_366.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para construir um ponto de apoio para os mototaxistas das comunidades de São Lourenço e Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1518/n_367.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1518/n_367.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a realização dos serviços de esgotamento sanitário em um trecho do calçamento da Rua da Conceição, localizada no povoado de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1519/n_369.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1519/n_369.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de calçamento no Loteamento Santa Cruz, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1520/n_370.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1520/n_370.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido de construção de uma ponte para travessia de veículos e pedestres, no loteamento Boa Vista, próximo ao Mercadinho Paraíba, em Goiana.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1521/n_372.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1521/n_372.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a confecção e instalação de placas de sinalização que demarquem a entrada da comunidade do Engenho Mussumbú, em Goiana.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1525/n_373.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1525/n_373.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, visando analisar a possibilidade de proceder com a inclusão de intérprete da Língua Brasileira de Sinais (Libras) em todos os eventos da Prefeitura Municipal de Goiana.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1526/n_375.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1526/n_375.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para implantação de pavimentação asfáltica no Loteamento Santa Emília, em Goiana, que tem acesso pela Rodovia PE-75.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1527/n_376.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1527/n_376.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pavimentar a Rua das Malvinas, localizada na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1528/n_377.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1528/n_377.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a realização da Caravana da Saúde para o Engenho Dois Rios, em Goiana.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1529/n_378.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1529/n_378.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de lixeiras públicas no Pátio da Misericórdia, bem como nas demais áreas de pontos de alimentação, em Goiana.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1530/n_379.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1530/n_379.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a realização dos serviços de pavimentação na antiga estrada que interliga a comunidade do Gambá à praia de Atapuz, com aproximadamente 60 residências às margens do trajeto, e no trecho do Gambá até à Rodovia BR-101, em Goiana.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1533/n_380.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1533/n_380.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando implantar na Prefeitura de Goiana, destinado aos servidores públicos efetivos, um Auxílio Saúde, cujo objetivo é auxiliar àqueles que necessitam, uma vez que o Sistema Único de Saúde (SUS), não oferece as condições necessárias e devidas aos seus usuários.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1534/n_381.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1534/n_381.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para implantar pavimentação asfáltica na Rua do Supermercado Alves, que tem acesso pela Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1535/n_382.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1535/n_382.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, Ofício propondo a realização da Caravana da Saúde para a Associação de Moradores, no Engenho Foguedo, em Goiana.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1536/n_383.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1536/n_383.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando medida que torne obrigatória a presença de agentes de segurança armada, nos finais de semana (sexta-feira, sábado e domingo), no Pátio da Misericórdia, em Goiana, na área do Food Park, bem como a instalação de câmeras de segurança no local.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1537/n_384.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1537/n_384.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de um pórtico no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1538/n_385.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1538/n_385.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando pavimentar a Rua do Campo, localizada na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1539/n_386.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1539/n_386.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, pedido para, por intermédio da Agência de Desenvolvimento de Goiana (AD Goiana), oferecer cursos de capacitação para atender às demandas dos polos econômicos de Goiana.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1540/n_387.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1540/n_387.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de semáforo, faixa de pedestre e sinalização no cruzamento da Rua da Praia com a comunidade do Barro Vermelho, na Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1541/n_388.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1541/n_388.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de calçamento na Travessa da Rua do Cemitério, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1542/n_389.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1542/n_389.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando solucionar o problema de escoamento do esgoto da Unidade Mista de Saúde, localizada na Rua do Rosário, no centro do distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1543/n_390.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1543/n_390.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, Ofício propondo a realização da Caravana da Saúde para a Associação de Moradores, no Engenho São Bento, em Goiana.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1549/n_391.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1549/n_391.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, Ofício propondo a implantação de calçamento e saneamento básico, bem como realizada a capinação, na Travessa Canto do Sul, na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1544/n_392.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1544/n_392.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a execução e implantação de um Terminal Central para embarque e desembarque do Transporte Alternativo, no centro de Goiana.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>Bruno Salsa, Pedro Henrique, Xandy da Praia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1545/n_393.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1545/n_393.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a execução de obras voltadas para o calçamento da Avenida São José, situada no distrito de Ponta de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1546/n_394.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1546/n_394.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para providenciar proteção em acrílico para as esculturas da Praça do Artesão, em Goiana.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando enviar a esta Casa Legislativa “Projeto de Carteira Nacional de Habilitação Social”, a fim de beneficiar e facilitar o acesso ao mercado de trabalho de jovens e adultos que se enquadrem como de baixa renda, em Goiana.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de lombada para redução de velocidade, na Rua do Lindo Amor, em Goiana.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1552/n_397.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1552/n_397.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de pavimentação em asfalto na Rua Poço do Rei, situada no centro de Goiana.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1553/n_398.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1553/n_398.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de calçamento na Rua das Pedrinhas, no trecho final do “Pé da Mentira”, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1554/n_399.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1554/n_399.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para pavimentar a Rua Granja Santa Maria, localizada na comunidade de Meia Légua, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1547/n_400.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1547/n_400.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, a construção da reserva da Prainha (Orla Ecológica), na Praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1555/n_401.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1555/n_401.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de pavimentação em asfalto, com início no Bar do Carlos, seguindo toda a Rua São Jorge e Av. Vice-Prefeito Joca de Souza, até o Bar da Balsa, na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1556/n_402.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1556/n_402.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para confeccionar e fornecer sacolas de tecido para as pessoas que recebem pão e leite do Programa Vaca Mecânica, em Goiana.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1558/n_403.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1558/n_403.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a informatização e atualização do acervo da Biblioteca Pública Municipal de Goiana, situada na Av. Marechal Deodoro da Fonseca (antiga Rua Direita), no centro da cidade.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1559/n_404.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1559/n_404.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando desapropriar a antiga Associação Comercial, situada às margens da BR-101, visando construir um centro de lazer para os servidores públicos municipais, em Goiana.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a implantação de iluminação de Led na Rua do Campo, situada na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1561/n_406.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1561/n_406.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de uma creche na praia de Barra de Catuama , no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1562/n_407.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1562/n_407.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido solicitando para implantação de lombada para redução de velocidade, no Loteamento Coração de Jesus, em frente à Escola Augusto Gondim, em Goiana.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1563/n_408.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1563/n_408.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, Ofício propondo a realização da Caravana da Saúde para a Rua do Bom Jesus, em Goiana.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1564/n_409.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1564/n_409.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando construir um Hospital Municipal, em Goiana, com a finalidade de atender aos munícipes em diversas especialidades, deixando assim de recorrer a outras cidades.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1565/n_410.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1565/n_410.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de pavimentação em asfalto na Rua Vereador João Bezerra Chaves, situada no Loteamento Nossa Senhora da Conceição, em Goiana.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1566/n_411.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1566/n_411.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de uma creche na comunidade das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1567/n_412.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1567/n_412.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município versando sobre a realização de processo de ajustes  de limites entre municípios no estado de Pernambuco, conforme a Lei nº 17.815/2022.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1574/n_413.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1574/n_413.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para instalar coletores de lixo no centro comercial, em Goiana.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, Ofício propondo a implantação de pontos de ônibus, devidamente sinalizados, nas seguintes localidades: em frente à Escola Francisco Nicolau da Silva; em frente à Igreja Assembleia de Deus (próximo aos Correios); e em frente à placa turística “Atapuz”, na comunidade do Detezeiro; situadas na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1576/n_416.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1576/n_416.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de uma creche na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a extensão da iluminação pública na Rua Subida do Loteamento Bela Vista, na comunidade das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1582/n_419.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1582/n_419.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a aquisição de 02 (duas) motolâncias para o Samu, em Goiana.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1597/n_420.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1597/n_420.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a realização de serviços de pavimentação em asfalto na Rua do Rosário, se estendendo os serviços até à Praça Alcides Rodrigues de Sena e Rua Luiz Gomes, no centro de Goiana.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1589/n_421.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1589/n_421.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando construir uma Arena de Futebol Society, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a extensão da iluminação pública na Travessa da Rua da Matinha, na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1590/n_423.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1590/n_423.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de calçamento na Avenida Liberdade, localizada na comunidade de Bela Vista II, em Goiana.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1591/n_424.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1591/n_424.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando analisar a possibilidade de ampliar a barragem de abastecimento d’água do povoado de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1592/n_425.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1592/n_425.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando ver a possibilidade de realizar curso ou treinamento básico de primeiros socorros para os pescadores e pescadoras de Goiana.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a instalação de biblioteca pública municipal, tanto no distrito-sede de Goiana, como nos distritos de Tejucupapo e Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1598/n_427.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1598/n_427.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado pedido ao Prefeito do Município solicitando a implantação de refletores no campo de futebol da comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1605/n_428.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1605/n_428.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de pavimentação em asfalto na 1ª Travessa da Rua Nova e no entorno da Praça Correia Picanço (“Praça do Hospital”), situada no centro de Goiana.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1606/n_429.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1606/n_429.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de asfalto na Vila Operária, em Goiana.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1607/n_430.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1607/n_430.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de asfalto no Baldo do Rio, em Goiana.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1608/n_431.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1608/n_431.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a cessão do imóvel situado ao lado da Igreja de Santa Tereza D’Ávila, da Ordem Terceira do Carmo, em Goiana.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1727/n_432.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1727/n_432.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, a complementação de calçamento e saneamento básico no final da Rua Principal do Loteamento FITEG.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1723/n_433.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1723/n_433.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para desapropriar um terreno visando a construção de um cemitério na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1724/n_434.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1724/n_434.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a realização de serviços de pavimentação em asfalto na Rua Siqueira Campos (antigo Beco do Pavão), se estendendo os serviços até à Rua Cleto Campelo (Beco da Câmara) e à Rua 05 de Maio, no centro de Goiana.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1725/n_435.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1725/n_435.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de refletores nos campos de futebol do Guarany (Tejucupapo), do Galo (Ponta de Pedras) e o da comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1726/n_436.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1726/n_436.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando, com máxima urgência, solicitando viabilizar a desapropriação do sobrado abandonado, localizado na Rua Siqueira Campos nº 47, para proceder com a restauração e posterior destinação daquele prédio como sede própria da Biblioteca Municipal de Goiana.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1732/n_437.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1732/n_437.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a reforma e revitalização da Praça Correia Picanço, popularmente conhecida como “Praça do Hospital”, situada no centro de Goiana.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1744/n_438.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1744/n_438.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a reforma e revitalização da Praça Frei Luciano, localizada na Cidade Nova, em Goiana.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1733/n_439.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1733/n_439.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, Ofício propondo a desobstrução da galeria localizada na esquina entre a Rua do Bom Jesus e a Rua Senador Barros Carvalho, em Goiana.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1745/n_440.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1745/n_440.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, Ofício propondo a implantação de asfalto na rua principal da comunidade da Impoeira, em Goiana.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1734/n_441.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1734/n_441.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando que seja encaminhado a esta Casa Legislativa um Projeto de Lei versando sobre regularização fundiária em Goiana.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1751/n_442.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1751/n_442.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, Ofício propondo a implantação de calçamento e saneamento básico na 3ª Travessa da Vila Operária, conhecida como Rua do Barreiro, em Goiana.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1735/n_443.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1735/n_443.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para realizar uma campanha educativa que incentive aos moradores a colocarem o lixo em suas portas, aguardando a coleta, o que evitará espalhar os resíduos em esquinas e terrenos baldios, assim evitando danos à saúde das pessoas e dos animais, em Goiana.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1736/n_444.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1736/n_444.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município sugerindo a troca das lâmpadas nos postes da Rua Engenho Diamante, bem como a implantação de asfalto na referida rua, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1737/n_445.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1737/n_445.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município sugerindo a troca das lâmpadas nos postes da Rua Engenho Gutiuba, bem como a implantação de asfalto na referida rua, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1759/n_446.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1759/n_446.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a construção de um reservatório para fornecimento de água na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1738/n_447.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1738/n_447.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de asfalto de Ponta de Pedras à Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1739/n_448.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1739/n_448.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a desapropriação da área localizada na Rodovia PE-49, onde encontra-se instalada a caixa d’água da comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1746/n_449.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1746/n_449.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando enviar a esta Casa Legislativa projeto de lei versando sobre a revisão do Plano Diretor de Goiana.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1752/n_450.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1752/n_450.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando realizar a reforma das escolas municipais Costa e Silva, Heroínas de Tejucupapo e Arcendrino César de Albuquerque, todas localizadas no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1747/n_451.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1747/n_451.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para pavimentar a Rua das Flores, localizada na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1760/n_452.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1760/n_452.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando ver a possibilidade de construir uma Unidade Mista de Saúde, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1753/n_453.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1753/n_453.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando providências cabíveis, junto aos órgãos competentes, visando a destinação de um sala para emissão da Carteira de Reservista, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1754/n_454.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1754/n_454.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, sugerindo a troca das lâmpadas nos postes da Rua Engenho Miranda, bem como a implantação de asfalto na referida rua, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1755/n_455.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1755/n_455.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município sugerindo a troca das lâmpadas nos postes da Rua Engenho Mariúna, bem como a implantação de asfalto na referida rua, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1756/n_456.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1756/n_456.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando analisar a possibilidade de envio a esta Casa Legislativa de projeto de lei instituindo um Programa de Auxílio às Famílias em Situação de Vulnerabilidade, em Goiana.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1761/n_457.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1761/n_457.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de um Centro Médico de Hemodiálise, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de uma Defensoria Pública Municipal, em Goiana.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1763/n_459.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1763/n_459.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a pavimentação em asfalto na Rua São Jorge, na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1765/n_460.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1765/n_460.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de calçamento na Avenida Timbaúba, situada no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1766/n_461.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1766/n_461.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Oficiado ao Prefeito do Município, em caráter de urgência, solicitando as providências cabíveis para a implantação de calçamento na Avenida Nossa Senhora da Conceição, localizada no Loteamento Sítio, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1767/n_462.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1767/n_462.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, sugerindo a troca das lâmpadas nos postes em toda a comunidade da Nova Goiana, em Goiana, por lâmpadas de Led.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1768/n_463.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1768/n_463.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de um Centro de Referência em Saúde da Mulher, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1769/n_464.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1769/n_464.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de pavimentação em asfalto na 2ª Travessa da Rua Nova, situada no centro de Goiana.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1770/n_465.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1770/n_465.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito de Goiana, sugerindo a troca das lâmpadas nos postes em toda a comunidade da Bela Vista 2, em Goiana, por lâmpadas de Led.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1771/n_466.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1771/n_466.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando providências cabíveis para disponibilizar, ao Governo do Estado de Pernambuco, uma área (terreno), com no mínimo 40 x 60 metros, para construção de uma Creche, em Goiana.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implementação de aulas de informática básica na grade curricular de ensino das escolas públicas municipais de Goiana.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1794/n_468.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1794/n_468.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, solicitando a concessão de subvenção à Sociedade 12 de Outubro (Saboeira) e à Sociedade Musical Curica, em Goiana.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1795/n_469.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1795/n_469.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito de Goiana, solicitando as devidas providências, junto à Secretaria de Turismo e Desenvolvimento Cultural, para a realização do primeiro Fest Verão, na praia de Atapuz, em Goiana, durante o mês de janeiro de 2024.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando disponibilizar cadeiras de rodas anfíbias para a população das praias de Carne de Vaca, Ponta de Pedras e Barra de Catuama, em Goiana.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1776/n_471.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1776/n_471.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando analisar a necessidade de inserção de profissionais das áreas de Serviço Social e Psicologia nas escolas públicas municipais de educação básica de Goiana.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1777/n_472.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1777/n_472.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a realização de serviços de pavimentação em asfalto na via principal do Loteamento José Albino Pimentel, que se estende da Praça do Artesão até à margem da BR-101, nas proximidades do Largo da Alvorada, em Goiana.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1781/n_473.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1781/n_473.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a concessão de reajuste nas diárias dos Conselheiros Tutelares, em Goiana.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>André Rabicó, Carlos Viegas</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a desapropriação e posterior entrega do título de posse, em relação a toda área que hoje é motivo de disputa judicial entre a população e os supostos proprietários da terra, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1782/n_475.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1782/n_475.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando ver a possibilidade de executar os serviços de recapeamento da Rodovia Osvaldo Rabelo Filho, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1788/n_476.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1788/n_476.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a disponibilidade de um médico especialista em Psiquiatria na Upinha, em Goiana.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1799/n_477.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1799/n_477.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de um Centro Especializado na realização de exames de ressonância magnética, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1779/n_478.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1779/n_478.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, a implantação de asfalto no Curtume, em Goiana,</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1789/n_479.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1789/n_479.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a concessão de reajuste nos subsídios dos Conselheiros Tutelares, em Goiana.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1790/n_480.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1790/n_480.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando ver a possibilidade de asfaltar as seguintes localidades: Rua Nova Divisão, Picuta, 1ª, 2ª e 3ª Travessas do Megaó e Boca do Jacaré, todas localizadas no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1791/n_481.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1791/n_481.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido para a implantação de asfalto na Rua Projetada, artéria que liga o ponto final das kombis de Flexeiras à Redimix, e que dá acesso à Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a disponibilidade de um médico especialista em Geriatria, na Upinha, em Goiana.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1796/n_483.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1796/n_483.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando ver a possibilidade de aumentar os recursos da Secretaria de Esportes e Juventude de Goiana, que hoje é de R$ 40.000,00 (Quarenta mil reais), para R$ 80.000,00 (Oitenta mil reais), e que os mesmos sejam destinados à Liga dos Distritos, em Goiana.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1797/n_484.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1797/n_484.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de pavimentação em asfalto no Loteamento Antonio Andrade, incluindo as ruas Rodolfo Rafael Pessoa de Melo e Accioly Netto, bem como suas travessas, situadas em Goiana.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando que seja encaminhado pedido de análise, junto ao Ministro da Pesca e Aquicultura, Dr. André de Paula, visando a volta da balsa de Carne de Vaca, que liga esta localidade à praia de Acaú-PB.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de asfalto na Rua da Telpe (Principal), e na rua que dá acesso à escola municipal, na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
@@ -6723,945 +6723,945 @@
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando as devidas providências, junto à Secretaria de Turismo e Desenvolvimento Cultural, a realização do 1º Festival de Verão, na comunidade de Atapuz, durante o mês de janeiro de 2024, em Goiana.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município pedido de construção de uma pracinha na povoação de São Lourenço, em Goiana, em espaço localizado próximo à entrada principal da comunidade, pela Rodovia PE-49, entre as ruas Sucupira e Altinho.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Eduardo Honório Carneiro</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1001/projeto_de_lei_complementar_001-2023_-_altera_o__1o_do_art._79_da_lc_022-2015_revisado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1001/projeto_de_lei_complementar_001-2023_-_altera_o__1o_do_art._79_da_lc_022-2015_revisado.pdf</t>
   </si>
   <si>
     <t>Fixa o Salário Mínimo a ser pago a seus servidores, pelo Município de Goiana/PE, a partir de 1° de janeiro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1612/projeto_de_lei_002-2023_-_revoga_a_lei_2.454.2021_-_moradia_baixa_renda_1.docx.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1612/projeto_de_lei_002-2023_-_revoga_a_lei_2.454.2021_-_moradia_baixa_renda_1.docx.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUCIONALIZAÇÃO, ORGANIZAÇÃO E FUNCIONAMENTO DA PROCURADORIA-GERALDO MUNICÍPIO DE GOIANA, BEM COMO A CARREIRA DOS PROCURADORES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à abertura de Crédito Adicional Suplementar ao Orçamento Geral do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>Autoriza a concessão de subvenção às agremiações, clubes ou troças carnavalescas do Município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1103/projeto_de_lei_0052023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1103/projeto_de_lei_0052023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Agência Municipal de Meio Ambiente de Goiana, define suas atribuições e estrutura organizacional, cria o Fundo Municipal de Meio Ambiente, e dá outras providências.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1071/projeto_de_lei__0062023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1071/projeto_de_lei__0062023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à abertura de Crédito Especial ao Orçamento Geral do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1182/projeto_de_lei_no_007-2023_-_revisado.doc.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1182/projeto_de_lei_no_007-2023_-_revisado.doc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para doação com encargo, de bem imóvel do domínio público municipal, consistente em área localizada no distrito industrial de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1147/projeto_lei_0082023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1147/projeto_lei_0082023.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município de Goiana dia 15 de abril como o dia da Conscientização dos Povos de Terreiros e o mês de Abril como mês da "Caminhada dos Povos de Terreiros" e dá outras providências.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1107/projeto_de_lei_no_009-2023_-_revisado_03.03.23.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1107/projeto_de_lei_no_009-2023_-_revisado_03.03.23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do vencimento básico, do salário e dos proventos dos servidores efetivos do cargo de Professor, Ativos e Inativos e Servidores Contratados Temporariamente para o cargo de Professor do Município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1213/projeto_de_lei_no_010-2023_revisado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1213/projeto_de_lei_no_010-2023_revisado.pdf</t>
   </si>
   <si>
     <t>Acrescenta os § 1º, 2º, 3º e 4º, ao art. 36, da Lei nº 2.042/2007 - Estatuto da Guarda Municipal de Goiana - e dá outras providências.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1121/pl_substitutivo_0122023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1121/pl_substitutivo_0122023.pdf</t>
   </si>
   <si>
     <t>Estabelece a estrutura e o funcionamento do Conselho Tutelar do Município de Goiana-PE e dá outras providências.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Gratificação de Desempenho pelo Exercício de Atividades de Planejamento, Orçamento e Tesouraria - GPLAN, e dá outras providências.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1614/projeto_de_lei_no_014-2023_-_tributos_-_revisado.doc.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1614/projeto_de_lei_no_014-2023_-_tributos_-_revisado.doc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Gratificação de Produtividade Fiscal – GPF -, substituindo as Gratificações de Desempenho de Atividade de Fiscalização Tributária (GDAFT) e a de Desempenho de Atividade Administrativa Tributária (GDAAT), revoga as Leis n.ºs 1.974/2006 e 2.034/2007, define competências e garantias dos Fiscais de Tributos e Agentes de Tributos, e dá outras providências.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1251/projeto_de_lei_no_015-2023_-_revisado.doc.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1251/projeto_de_lei_no_015-2023_-_revisado.doc.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à abertura de Crédito Especial, no Orçamento Geral do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1374/projeto_de_lei_no_016-2023_-_ldo_-_exercicio_2024_-_revisado_12.05.2023.doc.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1374/projeto_de_lei_no_016-2023_-_ldo_-_exercicio_2024_-_revisado_12.05.2023.doc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1615/projeto_de_lei_no_017-2023_-_revisado.doc.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1615/projeto_de_lei_no_017-2023_-_revisado.doc.pdf</t>
   </si>
   <si>
     <t>Altera o inciso VI do artigo 17 e o artigo 22 da Lei 2.583/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1240/projeto_de_lei_no_018-2023_-_revisado.doc.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1240/projeto_de_lei_no_018-2023_-_revisado.doc.pdf</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1349/projeto_de_lei_no_019-2023_-_revisado.doc.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1349/projeto_de_lei_no_019-2023_-_revisado.doc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Custeio do Regime Próprio de Previdência Social dos Servidores do Município de Goiana e fixa alíquota suplementar para o equacionamento do déficit atuarial, conforme avaliação atuarial anual e as determinações dos artigos 13, 14, “x”, e 15, da Lei Municipal nº 2.514/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1294/projeto_de_lei_no_020-2023_-_revisado.doc.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1294/projeto_de_lei_no_020-2023_-_revisado.doc.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos à Lei nº 2.495/2021, que dispõe sobre o Conselho Municipal de Assistência Social, o Fundo Municipal de Assistência Social, e dá outras providências.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1268/projeto_de_lei_no_021-2023_-_revisado_24.05.2023.doc.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1268/projeto_de_lei_no_021-2023_-_revisado_24.05.2023.doc.pdf</t>
   </si>
   <si>
     <t>Dispõe  sobre o plano de cargos, carreira e remuneração dos servidores públicos da administração direta do poder executivo do município de Goiana, revoga a Lei 2.190/2012 e dá outras providências''.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1269/projeto_de_lei_no_022-2023_-_revisado_24.05.2023.doc.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1269/projeto_de_lei_no_022-2023_-_revisado_24.05.2023.doc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o aumento do vencimento básico da Guarda Civil Municipal, dos servidores inativos e dos contratados temporariamente do município de Goiana-PE, e dá outras providências.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1290/projeto_de_lei_n_023_-_2023_-_suplementacao_festividade_29.05.2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1290/projeto_de_lei_n_023_-_2023_-_suplementacao_festividade_29.05.2023.pdf</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1295/projeto_de_lei_no_024-2023-revisado.doc.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1295/projeto_de_lei_no_024-2023-revisado.doc.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a firmar acordo extrajudicial, abertura de crédito adicional suplementar, e dá outras providências.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1291/projeto_de_lei_n_025_-_2023_-_alteracao_pcc_05.06.2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1291/projeto_de_lei_n_025_-_2023_-_alteracao_pcc_05.06.2023.pdf</t>
   </si>
   <si>
     <t>Substitui o Anexo XII da Lei nº 2.594/2023, pelo Anexo Único desta Lei.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1292/projeto_de_lei_n_026_-_2023_-_alteracao_aumento_05.06.2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1292/projeto_de_lei_n_026_-_2023_-_alteracao_aumento_05.06.2023.pdf</t>
   </si>
   <si>
     <t>Substitui o Art. 4º da Lei nº 2.595/2023.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>Autoriza a concessão de subvenção à Associação da União dos Grupos das Quadrilhas Juninas de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>Dispõe sobre a reposição salarial e dos proventos dos servidores efetivos, ativos e inativos, e dos professores e contratados, temporariamente, da Autarquia Municipal do Ensino Superior de Goiana Dr. Clóvis Fontenelle Guimarães AMESG -, e dá outras providências.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1394/0292023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1394/0292023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à abertura de Crédito Suplementar e Especial ao Orçamento Geral do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N. 2.454/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 2.378/2019, que dispõe sobre a concessão de Auxílio Financeiro no transporte escolar à estudantes universitários e dá outras providências.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1433/pl_0332023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1433/pl_0332023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização legislativa para abertura de crédito adicional suplementar ao Orçamento Geral do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1616/projeto_de_lei_no_034-2023_-_revisado_01.08.2023.doc.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1616/projeto_de_lei_no_034-2023_-_revisado_01.08.2023.doc.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a alteração do art. 4º, caput, e seu § 1º, da Lei Municipal nº 1.997/2006.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1568/pl_0362023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1568/pl_0362023.pdf</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1610/pl_0372023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1610/pl_0372023.pdf</t>
   </si>
   <si>
     <t>Altera Dispositivos da Lei Municipal 2.300/2015 e dá outras providências.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1611/pl_0382023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1611/pl_0382023.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Educação – FME no município da Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1570/pl_0402023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1570/pl_0402023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Gratificação de Produtividade Administrativa (GPA), substituindo as Gratificações de Desempenho de Atividade de Fiscalização Tributária (GDAFT) e de Desempenho de Atividade Administrativa Tributária (GDAAT), instituídas pela Lei nº 1.974/2005, revoga a Lei nº 2.034/2007, e dá outras providências.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1489/pl_0432023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1489/pl_0432023.pdf</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1571/pl_0442023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1571/pl_0442023.pdf</t>
   </si>
   <si>
     <t>Altera o disposto no Anexo II, da Lei nº 2.401/2019, e estabelece Atribuições Funcionais do Cargo de Auditores Fiscais do Município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal de Segurança Alimentar e Nutricional do Município de Goiana.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para doação com encargo de terreno localizado no Núcleo Industrial de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1792/pl_0482023_ppa_merged.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1792/pl_0482023_ppa_merged.pdf</t>
   </si>
   <si>
     <t>Revisa, para o Exercício de 2024, o Plano Plurianual 2022/2025, do município de Goiana.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1798/pl_0492023_loa_merged.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1798/pl_0492023_loa_merged.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Goiana, para o Exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 2.502/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>Altera a composição, vencimentos, símbolos e quantidades de cargos em comissão da Autarquia Municipal de Ensino Superior – AMESG-, e dá outras providências.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>Dispõe sobre o recebimento de patrocínio pelo poder público a eventos realizados no território do Município de Goiana/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a desenvolver ações e aporte de contrapartida municipal, para implementação do Programa Minha Casa, Minha Vida – PMCMV, nos termos das Leis Federais nºs 11.977/2009 e 14.620/2023, e nas disposições das Instruções Normativas e Portarias do Ministério das Cidades, e dá outras providências.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei da Câmara</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1002/projeto_de_lei_legislativo_01_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1002/projeto_de_lei_legislativo_01_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do Salário Mínimo a ser pago aos Servidores da Câmara Municipal de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1026/projeto_de_lei_legislativo_02_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1026/projeto_de_lei_legislativo_02_2023.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos, salários e proventos dos servidores da Câmara Municipal de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1039/projeto_de_lei_legislativo_05_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1039/projeto_de_lei_legislativo_05_2023.pdf</t>
   </si>
   <si>
     <t>Altera o caput do art. 1º, da Lei nº 2.548/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1150/projeto_de_lei_legislativo_06_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1150/projeto_de_lei_legislativo_06_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade, na rede pública e de educação do município, da realização de exames, avaliação, identificação e rastreamento para diagnóstico precoce do Autismo, no município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa Empresa Amiga do Pet, às empresas que doarem rações e utensílios, nos termos da Lei Municipal nº 2.512/2022,  e dá outras providências.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1224/projeto_de_lei_legislativo_11_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1224/projeto_de_lei_legislativo_11_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de portal de detector de metal, em cada Centro Municipal de Educação Infantil (CMEI) de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1181/projeto_de_lei_legislativo_12_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1181/projeto_de_lei_legislativo_12_2023.pdf</t>
   </si>
   <si>
     <t>Institui e inclui, no Calendário Oficial, o "Dia da Mulher Goianense, a ser celebrado, anualmente, no dia 24 de abril, no Município de Goiana-PE e dá outras providências.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1222/projeto_de_lei_legislativo_15_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1222/projeto_de_lei_legislativo_15_2023.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Goiana “As Semanas dos Congressos de Jovens, Adolescentes e Mulheres da Igreja Assembleia de Deus – IEADPE, e dá outras providências.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1191/projeto_de_lei_legislativo_16_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1191/projeto_de_lei_legislativo_16_2023.pdf</t>
   </si>
   <si>
     <t>Altera o inciso IV e renumera os parágrafos do Art. 17 e altera o § 4º do Art. 31 da Lei nº 2.583/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1306/projeto_de_lei_legislativo_18_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1306/projeto_de_lei_legislativo_18_2023.pdf</t>
   </si>
   <si>
     <t>Institui, a inclusão no Calendário Cultural Oficial de Eventos do Município de Goiana/PE, a Festividade do Forró da Vila Castelo Branco.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1307/projeto_de_lei_legislativo_19_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1307/projeto_de_lei_legislativo_19_2023.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação dos Moradores da Praia de Pontas de Pedras, e dá outras providências.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1408/projeto_de_lei_legislativo_21_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1408/projeto_de_lei_legislativo_21_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominações de vias públicas no distrito de Tejucupapo, e dá outras providências.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1241/projeto_de_lei_legislativo_22_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1241/projeto_de_lei_legislativo_22_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouro público (Rua Luiz Gomes Correia de Arruda), e dá outras providências.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1749/projeto_de_lei_legislativo_24_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1749/projeto_de_lei_legislativo_24_2023.pdf</t>
   </si>
   <si>
     <t>Institui o Dia da Bandeira Municipal, no Calendário de Datas e Eventos do Município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1440/projeto_de_lei_legislativo_25_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1440/projeto_de_lei_legislativo_25_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a transferência simbólica para os distritos de Tejucupapo e Ponta de Pedras, por ocasião das efemérides do espetáculo das Heroínas de Tejucupapo e data de aniversário de Ponta de Pedras.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>Cria o Dia da Literatura Goianense no Calendário do Município de Goiana.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1815/projeto_de_lei_legislativo_29_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1815/projeto_de_lei_legislativo_29_2023.pdf</t>
   </si>
   <si>
     <t>Institui campanha de orientação e encaminhamento de alunos para realização de exame de visão na rede pública de ensino, e dá outras providências.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Vaqueiro e dá outras providências.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1802/projeto_de_lei_legislativo_31_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1802/projeto_de_lei_legislativo_31_2023.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha Permanente de Orientação, Prevenção e Conscientização da Depressão, Transtorno de Ansiedade e Síndrome do Pânico, no Município de Goiana-PE,  e dá outras providências.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>Institui e inclui no calendário oficial de Goiana-PE, a Parada da Diversidade de Goiana.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1816/projeto_de_lei_legislativo_36_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1816/projeto_de_lei_legislativo_36_2023.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público (Rua Severina Ferreira de Souza), e dá outras providências.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>Institui a Carteira Municipal de Identificação do Autista - CMIA, para as pessoas com Transtornos do Espectro Autista (TEA) residentes no Município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Goiana-PE o Festival de Música de Goiana.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1804/projeto_de_lei_legislativo_40_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1804/projeto_de_lei_legislativo_40_2023.pdf</t>
   </si>
   <si>
     <t>Fica instituída a Semana Municipal do Hip-Hop, a ser comemorada, anualmente, na semana do dia 11 de julho, e dá outras providências.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1828/projeto_de_lei_legislativo_41_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1828/projeto_de_lei_legislativo_41_2023.pdf</t>
   </si>
   <si>
     <t>Cria gratificação e estabelece valores para desempenho de funções em processos de contratações realizadas, no âmbito da Câmara de Goiana e dá outras providências.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>Institui o “Dia Municipal do Doador Voluntário de Sangue” e a “Semana Municipal de Incentivo à Doação de Sangue”, e dá outras providências.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1829/projeto_de_resolucao_01_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1829/projeto_de_resolucao_01_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação, no âmbito da Câmara Municipal de Goiana, da Lei Federal nº 14.133/2021.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1061/projeto_de_decreto_legislativo_01_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1061/projeto_de_decreto_legislativo_01_2023.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária Goianense à Sra. Simone Maia de Araújo e dá outras providências.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1073/projeto_de_decreto_legislativo_02_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1073/projeto_de_decreto_legislativo_02_2023.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária Goianense ao Sr. Antônio de Moraes Andrade Neto e dá outras providências.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1111/projeto_de_decreto_legislativo_03_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1111/projeto_de_decreto_legislativo_03_2023.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária Goianense ao Sr. Elias Fernandes de Oliveira e dá outras providências.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1172/projeto_de_decreto_legislativo_04_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1172/projeto_de_decreto_legislativo_04_2023.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Honorário de Goiana ao Sr. Daniel Luiz Guerra Costa e dá outras providências.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1122/projeto_de_decreto_legislativo_05_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1122/projeto_de_decreto_legislativo_05_2023.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária Goianense ao Sr. Luciano Caldas Bivar e dá outras providências.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1192/projeto_de_decreto_legislativo_06_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1192/projeto_de_decreto_legislativo_06_2023.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Honorário Goianense ao Sr. Djalma Domingos de Oliveira e dá outras providências.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1242/projeto_de_decreto_legislativo_07_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1242/projeto_de_decreto_legislativo_07_2023.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Goianense à Missionária Eunice Fernandes de Oliveira e dá outras providências.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_decreto_legislativo_08_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_decreto_legislativo_08_2023.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Goianense ao Empresário Leonardo Ferreira Bezerra e dá outras providências.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1243/projeto_de_decreto_legislativo_09_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1243/projeto_de_decreto_legislativo_09_2023.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadania Honorária de Goiana a Flávia Marcy da Silva Gadêlha e dá outras providências.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1193/projeto_de_decreto_legislativo_10_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1193/projeto_de_decreto_legislativo_10_2023.pdf</t>
   </si>
   <si>
     <t>Outorga a Medalha José Pinto de Abreu ao Senhor Epaminondas Feitosa Neto e dá outras providências.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1278/projeto_de_decreto_legislativo_11_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1278/projeto_de_decreto_legislativo_11_2023.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Honorária de Goiana ao Sr. Felipe Oliveira Pinheiro e dá outras providências.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1271/projeto_de_decreto_legislativo_12_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1271/projeto_de_decreto_legislativo_12_2023.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Goiana ao Sr. Daniel Pires Coelho e dá outras providências.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1270/projeto_de_decreto_legislativo_13_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1270/projeto_de_decreto_legislativo_13_2023.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadania Goianense à Maria da Penha Pereira de Albuquerque e da outras providencias.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1339/projeto_de_decreto_legislativo_14_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1339/projeto_de_decreto_legislativo_14_2023.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Goianense à Sra. Ana Cláudia Albuquerque de Araújo e dá outras providências.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1409/projeto_de_decreto_legislativo_15_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1409/projeto_de_decreto_legislativo_15_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Medalha José Pinto de Abreu ao Senhor Marcos Paulo Aurélio dos Santos e dá outras providências.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1375/projeto_de_decreto_legislativo_16_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1375/projeto_de_decreto_legislativo_16_2023.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadania Honorária de Goiana ao Senhor Jones Carlos de Albuquerque Ferreira e dá outras providências.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1425/projeto_de_decreto_legislativo_17_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1425/projeto_de_decreto_legislativo_17_2023.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Goianense à Senadora Maria Teresa Leitão de Melo e dá outras providências.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1376/projeto_de_decreto_legislativo_18_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1376/projeto_de_decreto_legislativo_18_2023.pdf</t>
   </si>
   <si>
     <t>Outorga a Medalha José Pinto de Abreu ao Senhor Gilvan Menezes e dá outras providências.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1410/projeto_de_decreto_legislativo_19_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1410/projeto_de_decreto_legislativo_19_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título de Cidadão Honorário Goianense ao Dr. Marco Antonio Cabral Maggi e dá outras providências.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1385/projeto_de_decreto_legislativo_20_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1385/projeto_de_decreto_legislativo_20_2023.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadania Honorária de Goiana ao Senhor Luiz Antonio Marinho Ferreira e dá outras providências.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1411/projeto_de_decreto_legislativo_21_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1411/projeto_de_decreto_legislativo_21_2023.pdf</t>
   </si>
   <si>
     <t>Outorga a Medalha José Pinto de Abreu à Senhora Marinalva Andrade de Mendonça e dá outras providências.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1426/projeto_de_decreto_legislativo_22_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1426/projeto_de_decreto_legislativo_22_2023.pdf</t>
   </si>
   <si>
     <t>Outorga a Medalha José Pinto de Abreu ao Senhor Ailton Alfredo de Souza e dá outras providências.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1467/projeto_de_decreto_legislativo_23_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1467/projeto_de_decreto_legislativo_23_2023.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária Goianense ao Sr. Bruno de Moraes Lisboa e dá outras providências.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1478/projeto_de_decreto_legislativo_24_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1478/projeto_de_decreto_legislativo_24_2023.pdf</t>
   </si>
   <si>
     <t>Fixa a Proposta Parcial Orçamentária da Câmara Municipal de Goiana, para o Exercício Financeiro de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>CFOF - Comissão De Finanças, Orçamento E Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1586/projeto_de_decreto_legislativo_25_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1586/projeto_de_decreto_legislativo_25_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a APROVAÇÃO DAS CONTAS, com ressalvas, do Município de Goiana/PE, concernente ao Exercício Financeiro de 2018 (Eduardo Honório Carneiro) - Processo TC nº 19100093-0-2018.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1785/projeto_de_decreto_legislativo_26_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1785/projeto_de_decreto_legislativo_26_2023.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadania Honorária de Goiana ao Sr. Cleiçon Henrique Pessoa e dá outras providências.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1729/projeto_de_decreto_legislativo_27_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1729/projeto_de_decreto_legislativo_27_2023.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária Goianense ao Sr. Salmo Valentim da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>Outorga Título de Cidadania Honorária de Goiana ao Senhor Alceu Assuero de Carvalho e dá outras providências.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>PLCO</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1059/projeto_de_lei_complementar_01_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1059/projeto_de_lei_complementar_01_2023.pdf</t>
   </si>
   <si>
     <t>Altera o §1º, do Art. 79, da Lei Complementar nº 022/2015, ao mesmo acrescenta os §§ 5º e 6º, e dá outras providências.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1748/projeto_de_lei_complementar_02_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1748/projeto_de_lei_complementar_02_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a institucionalização, organização e funcionamento da Procuradoria-Geral do Município de Goiana, bem como a carreira dos Procuradores e dá outras providências.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1801/projeto_de_lei_complementar_03_2023.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1801/projeto_de_lei_complementar_03_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código Tributário do Município de Goiana-PE, revoga a Lei Municipal 1.973/2005, que o instituiu, e todas as suas alterações posteriores, e dá outras providências.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>SUBST</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>Bruno Salsa, Carlos Viegas</t>
   </si>
   <si>
     <t>Substitui o Projeto de Lei nº 016/2022, que “Altera o art. 4º da Lei nº 2.073/2008, que dispõe sobre o Conselho Municipal de Saúde de Goiana, e dá outras providências”.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
@@ -8022,67 +8022,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1040/01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1041/r3.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1065/r4.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1068/r5.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1069/r6.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1093/r7.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1104/r8.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1183/req_9.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1130/req_10.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1131/req_11.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1151/req_12.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1152/req_13.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1132/req_14.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1490/015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1133/req_16.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1142/req_17.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1153/req_18.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1134/req_19.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1157/req_20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1148/req_21.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1194/req_22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1184/023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1199/req_24.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1190/req_25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1206/req_26.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1215/req_27.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1216/req_28.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1225/req_29.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1238/req_30.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1239/req_31.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1253/req_32.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1328/req_33.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1329/req_34.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1309/req_36.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1331/req_37.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1332/req_38.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1315/req_39.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1340/req_40.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1436/041.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1362/req_43.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1450/045.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1397/req_46.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1417/049.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1479/050.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1437/051.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1442/052.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1451/053.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1452/054.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1468/055.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1458/056.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1457/057.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1500/058.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1087/059.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1469/060.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1505/061.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1523/063.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1506/064.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1513/065.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1514/066.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1524/067.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1515/068.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1516/069.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1531/070.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1532/071.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1557/072.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1548/073.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1578/074.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1594/075.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1579/076.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1573/077.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1588/078.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1580/080.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1595/081.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1577/082.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1581/083.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1583/084.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1584/085.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1585/086.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1396/087.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1596/088.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1600/089.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1593/091.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1601/092.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1740/094.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1807/095.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1730/096.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1731/097.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1741/098.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1742/100.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1764/101.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1743/102.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1757/104.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1780/105.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1786/106.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1783/107.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1814/108.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1808/111.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1821/113.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1822/114.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1818/116.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1823/117.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1824/118.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1825/119.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1010/i1.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1011/i2.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1012/i3.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1013/i4.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1014/i6.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1015/i7.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1029/i8.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1016/i9.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1017/i10.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1018/i11.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1019/i12.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1052/i13.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1020/i14.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1030/i15.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1031/i16.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1021/i17.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1022/i18.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1032/i19.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1023/i20.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1033/i21.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1024/i22.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1025/i23.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1034/i24.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1042/i25.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1043/i26.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1035/i27.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1044/i28.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1062/i29.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1036/i30.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1045/i31.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1046/i32.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1037/i33.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1038/i34.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1047/i35.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1048/i36.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1049/i37.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1053/i38.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1054/i39.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1055/i40.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1056/i41.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1057/i42.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1058/i43.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1063/i44.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1064/i45.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1066/i46.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1067/i47.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1070/i48.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1074/i49.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1075/i50.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1076/i51.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1077/i52.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1078/i53.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1079/i54.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1094/i55.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1080/i56.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1081/i57.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1082/i58.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1092/i59.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1112/n_60.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1097/i61.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1088/i62.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1098/i63.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1089/i64.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1090/i65.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1095/i66.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1091/i67.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1113/ind_68.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1114/ind_69.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1105/i70.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1108/ind71.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1106/i72.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1115/ind_73.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1116/ind_74.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1096/ind_75.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1117/ind_76.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1123/ind_77.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1109/ind79.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1135/ind_80.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1110/ind81.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1118/ind_82.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1124/ind_83.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1120/ind_85.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1125/ind_86.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1140/ind_87.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1126/ind_88.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1127/ind_89.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1141/ind_90.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1128/ind_91.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1129/ind_92.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1158/ind_93.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1165/ind_94.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1136/ind_95.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1143/ind_96.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1144/ind_97.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1137/ind_98.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1138/ind_99.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1139/ind_100.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1166/ind_101.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1159/ind_102.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1145/ind_103.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1146/ind_104.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1174/ind_105.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1154/ind_106.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1155/ind_107.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1156/ind_108.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1160/ind_109.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1167/ind_111.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1162/ind_112.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1168/ind_113.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1175/ind_114.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1169/ind_115.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1176/ind_117.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1177/ind_118.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1178/ind_119.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1170/ind_120.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1179/ind_121.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1171/ind_122.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1180/ind_123.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1185/ind_124.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1187/ind_126.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1188/ind_127.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1195/ind_128.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1196/ind_130.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1198/ind_132.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1200/ind_133.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1201/ind_134.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1202/ind_135.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1203/ind_136.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1204/ind_137.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1205/ind_138.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1207/ind_139.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1208/ind_140.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1209/ind_141.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1210/ind_142.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1212/ind_144.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1217/ind_145.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1218/ind_146.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1219/ind_147.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1220/ind_148.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1221/ind_149.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1226/ind_150.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1227/ind_151.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1244/ind_152.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1262/ind_153.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1272/ind_154.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1228/ind_155.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1229/ind_156.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1230/ind_157.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1231/ind_158.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1232/ind_160.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1233/ind_161.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1234/ind_162.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1235/ind_163.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1254/ind_164.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1263/ind_165.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1236/ind_166.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1237/ind_167.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1264/ind_168.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1245/ind_169.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1246/ind_170.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1249/ind_171.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1247/ind_172.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1248/ind_173.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1255/ind_174.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1250/ind_175.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1252/ind_176.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1273/ind_177.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1256/ind_178.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1257/ind_179.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1265/ind_180.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1274/ind_181.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1266/ind_182.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1279/ind_183.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1280/ind_185.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1259/ind_186.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1260/ind_187.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1267/ind_188.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1296/ind_189.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1275/ind_190.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1276/ind_191.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1297/ind_192.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1281/ind_193.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1282/ind_194.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1283/ind_195.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1284/ind_196.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1316/ind_197.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1310/ind_199.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1286/ind_200.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1287/ind_201.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1288/ind_202.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1289/ind_203.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1298/ind_204.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1299/ind_205.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1311/ind_207.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1312/ind_208.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1300/ind_209.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1301/ind_210.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1302/ind_211.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1303/ind_212.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1313/ind_213.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1304/ind_214.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1317/ind_215.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1318/ind_216.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1319/ind_217.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1320/ind_218.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1363/ind_219.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1321/ind_220.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1305/ind_221.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1314/ind_222.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1322/ind_223.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1334/ind_226.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1324/ind_227.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1341/ind_228.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1325/ind_229.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1326/ind_230.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1342/ind_231.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1343/ind_232.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1335/ind_233.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1344/ind_235.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1351/ind_236.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1337/ind_237.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1338/ind_240.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1345/ind_241.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1346/ind_242.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1347/ind_243.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1348/ind_244.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1352/ind_245.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1353/ind_247.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1354/ind_248.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1355/ind_249.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1356/ind_250.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1364/ind_251.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1365/ind_253.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1366/ind_254.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1367/ind_255.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1357/ind_256.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1368/ind_257.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1377/n_258.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1358/ind_259.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1378/n_260.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1369/ind_261.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1359/ind_262.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1370/ind_263.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1371/ind_264.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1360/ind_265.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1372/ind_266.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1373/ind_268.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1382/n_271.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1383/n_272.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1386/n_273.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1387/n_276.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1407/n_278.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1389/n_279.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1390/n_280.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1398/n_281.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1399/n_282.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1391/n_283.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1392/n_284.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1400/n_285.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1401/n_286.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1402/n_287.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1403/n_288.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1404/n_289.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1406/n_291.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1418/n_292.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1412/n_293.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1414/n_295.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1438/n_296.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1415/n_297.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1419/n_299.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1420/n_300.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1421/n_301.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1422/n_302.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1423/n_303.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1424/n_304.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1427/n_305.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1428/n_306.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1431/n_307.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1429/n_308.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1430/n_309.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1432/n_310.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1439/n_311.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1443/n_312.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1444/n_313.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1445/n_314.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1446/n_315.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1459/n_316.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1447/n_317.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1453/n_318.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1448/n_319.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1454/n_320.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1455/n_321.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1460/n_322.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1461/n_323.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1456/n_324.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1462/n_325.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1470/n_326.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1471/n_327.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1463/n_328.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1472/n_329.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1464/n_330.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1480/n_331.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1465/n_332.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1466/n_333.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1473/n_334.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1474/n_335.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1475/n_336.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1476/n_337.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1481/n_338.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1477/n_339.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1491/n_340.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1482/n_341.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1483/n_342.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1484/n_343.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1485/n_344.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1486/n_345.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1488/n_347.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1492/n_348.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1493/n_349.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1494/n_350.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1495/n_351.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1496/n_352.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1497/n_353.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1499/n_355.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1501/n_356.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1502/n_358.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1517/n_359.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1503/n_360.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1504/n_361.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1508/n_362.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1509/n_363.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1510/n_364.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1511/n_365.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1512/n_366.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1518/n_367.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1519/n_369.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1520/n_370.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1521/n_372.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1525/n_373.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1526/n_375.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1527/n_376.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1528/n_377.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1529/n_378.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1530/n_379.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1533/n_380.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1534/n_381.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1535/n_382.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1536/n_383.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1537/n_384.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1538/n_385.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1539/n_386.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1540/n_387.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1541/n_388.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1542/n_389.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1543/n_390.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1549/n_391.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1544/n_392.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1545/n_393.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1546/n_394.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1552/n_397.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1553/n_398.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1554/n_399.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1547/n_400.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1555/n_401.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1556/n_402.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1558/n_403.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1559/n_404.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1561/n_406.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1562/n_407.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1563/n_408.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1564/n_409.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1565/n_410.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1566/n_411.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1567/n_412.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1574/n_413.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1576/n_416.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1582/n_419.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1597/n_420.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1589/n_421.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1590/n_423.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1591/n_424.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1592/n_425.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1598/n_427.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1605/n_428.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1606/n_429.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1607/n_430.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1608/n_431.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1727/n_432.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1723/n_433.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1724/n_434.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1725/n_435.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1726/n_436.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1732/n_437.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1744/n_438.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1733/n_439.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1745/n_440.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1734/n_441.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1751/n_442.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1735/n_443.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1736/n_444.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1737/n_445.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1759/n_446.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1738/n_447.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1739/n_448.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1746/n_449.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1752/n_450.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1747/n_451.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1760/n_452.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1753/n_453.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1754/n_454.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1755/n_455.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1756/n_456.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1761/n_457.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1763/n_459.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1765/n_460.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1766/n_461.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1767/n_462.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1768/n_463.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1769/n_464.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1770/n_465.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1771/n_466.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1794/n_468.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1795/n_469.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1776/n_471.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1777/n_472.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1781/n_473.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1782/n_475.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1788/n_476.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1799/n_477.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1779/n_478.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1789/n_479.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1790/n_480.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1791/n_481.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1796/n_483.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1797/n_484.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1001/projeto_de_lei_complementar_001-2023_-_altera_o__1o_do_art._79_da_lc_022-2015_revisado.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1612/projeto_de_lei_002-2023_-_revoga_a_lei_2.454.2021_-_moradia_baixa_renda_1.docx.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1103/projeto_de_lei_0052023.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1071/projeto_de_lei__0062023.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1182/projeto_de_lei_no_007-2023_-_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1147/projeto_lei_0082023.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1107/projeto_de_lei_no_009-2023_-_revisado_03.03.23.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1213/projeto_de_lei_no_010-2023_revisado.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1121/pl_substitutivo_0122023.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1614/projeto_de_lei_no_014-2023_-_tributos_-_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1251/projeto_de_lei_no_015-2023_-_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1374/projeto_de_lei_no_016-2023_-_ldo_-_exercicio_2024_-_revisado_12.05.2023.doc.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1615/projeto_de_lei_no_017-2023_-_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1240/projeto_de_lei_no_018-2023_-_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1349/projeto_de_lei_no_019-2023_-_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1294/projeto_de_lei_no_020-2023_-_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1268/projeto_de_lei_no_021-2023_-_revisado_24.05.2023.doc.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1269/projeto_de_lei_no_022-2023_-_revisado_24.05.2023.doc.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1290/projeto_de_lei_n_023_-_2023_-_suplementacao_festividade_29.05.2023.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1295/projeto_de_lei_no_024-2023-revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1291/projeto_de_lei_n_025_-_2023_-_alteracao_pcc_05.06.2023.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1292/projeto_de_lei_n_026_-_2023_-_alteracao_aumento_05.06.2023.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1394/0292023.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1433/pl_0332023.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1616/projeto_de_lei_no_034-2023_-_revisado_01.08.2023.doc.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1568/pl_0362023.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1610/pl_0372023.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1611/pl_0382023.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1570/pl_0402023.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1489/pl_0432023.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1571/pl_0442023.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1792/pl_0482023_ppa_merged.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1798/pl_0492023_loa_merged.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1002/projeto_de_lei_legislativo_01_2023.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1026/projeto_de_lei_legislativo_02_2023.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1039/projeto_de_lei_legislativo_05_2023.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1150/projeto_de_lei_legislativo_06_2023.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1224/projeto_de_lei_legislativo_11_2023.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1181/projeto_de_lei_legislativo_12_2023.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1222/projeto_de_lei_legislativo_15_2023.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1191/projeto_de_lei_legislativo_16_2023.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1306/projeto_de_lei_legislativo_18_2023.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1307/projeto_de_lei_legislativo_19_2023.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1408/projeto_de_lei_legislativo_21_2023.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1241/projeto_de_lei_legislativo_22_2023.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1749/projeto_de_lei_legislativo_24_2023.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1440/projeto_de_lei_legislativo_25_2023.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1815/projeto_de_lei_legislativo_29_2023.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1802/projeto_de_lei_legislativo_31_2023.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1816/projeto_de_lei_legislativo_36_2023.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1804/projeto_de_lei_legislativo_40_2023.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1828/projeto_de_lei_legislativo_41_2023.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1829/projeto_de_resolucao_01_2023.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1061/projeto_de_decreto_legislativo_01_2023.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1073/projeto_de_decreto_legislativo_02_2023.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1111/projeto_de_decreto_legislativo_03_2023.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1172/projeto_de_decreto_legislativo_04_2023.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1122/projeto_de_decreto_legislativo_05_2023.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1192/projeto_de_decreto_legislativo_06_2023.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1242/projeto_de_decreto_legislativo_07_2023.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_decreto_legislativo_08_2023.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1243/projeto_de_decreto_legislativo_09_2023.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1193/projeto_de_decreto_legislativo_10_2023.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1278/projeto_de_decreto_legislativo_11_2023.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1271/projeto_de_decreto_legislativo_12_2023.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1270/projeto_de_decreto_legislativo_13_2023.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1339/projeto_de_decreto_legislativo_14_2023.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1409/projeto_de_decreto_legislativo_15_2023.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1375/projeto_de_decreto_legislativo_16_2023.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1425/projeto_de_decreto_legislativo_17_2023.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1376/projeto_de_decreto_legislativo_18_2023.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1410/projeto_de_decreto_legislativo_19_2023.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1385/projeto_de_decreto_legislativo_20_2023.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1411/projeto_de_decreto_legislativo_21_2023.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1426/projeto_de_decreto_legislativo_22_2023.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1467/projeto_de_decreto_legislativo_23_2023.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1478/projeto_de_decreto_legislativo_24_2023.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1586/projeto_de_decreto_legislativo_25_2023.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1785/projeto_de_decreto_legislativo_26_2023.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1729/projeto_de_decreto_legislativo_27_2023.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1059/projeto_de_lei_complementar_01_2023.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1748/projeto_de_lei_complementar_02_2023.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1801/projeto_de_lei_complementar_03_2023.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1040/01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1041/r3.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1065/r4.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1068/r5.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1069/r6.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1093/r7.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1104/r8.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1183/req_9.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1130/req_10.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1131/req_11.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1151/req_12.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1152/req_13.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1132/req_14.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1490/015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1133/req_16.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1142/req_17.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1153/req_18.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1134/req_19.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1157/req_20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1148/req_21.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1194/req_22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1184/023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1199/req_24.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1190/req_25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1206/req_26.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1215/req_27.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1216/req_28.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1225/req_29.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1238/req_30.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1239/req_31.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1253/req_32.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1328/req_33.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1329/req_34.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1309/req_36.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1331/req_37.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1332/req_38.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1315/req_39.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1340/req_40.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1436/041.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1362/req_43.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1450/045.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1397/req_46.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1417/049.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1479/050.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1437/051.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1442/052.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1451/053.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1452/054.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1468/055.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1458/056.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1457/057.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1500/058.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1087/059.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1469/060.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1505/061.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1523/063.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1506/064.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1513/065.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1514/066.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1524/067.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1515/068.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1516/069.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1531/070.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1532/071.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1557/072.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1548/073.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1578/074.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1594/075.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1579/076.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1573/077.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1588/078.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1580/080.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1595/081.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1577/082.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1581/083.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1583/084.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1584/085.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1585/086.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1396/087.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1596/088.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1600/089.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1593/091.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1601/092.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1740/094.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1807/095.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1730/096.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1731/097.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1741/098.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1742/100.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1764/101.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1743/102.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1757/104.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1780/105.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1786/106.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1783/107.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1814/108.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1808/111.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1821/113.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1822/114.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1818/116.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1823/117.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1824/118.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1825/119.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1010/i1.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1011/i2.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1012/i3.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1013/i4.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1014/i6.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1015/i7.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1029/i8.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1016/i9.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1017/i10.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1018/i11.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1019/i12.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1052/i13.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1020/i14.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1030/i15.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1031/i16.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1021/i17.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1022/i18.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1032/i19.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1023/i20.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1033/i21.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1024/i22.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1025/i23.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1034/i24.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1042/i25.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1043/i26.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1035/i27.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1044/i28.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1062/i29.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1036/i30.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1045/i31.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1046/i32.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1037/i33.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1038/i34.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1047/i35.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1048/i36.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1049/i37.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1053/i38.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1054/i39.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1055/i40.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1056/i41.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1057/i42.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1058/i43.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1063/i44.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1064/i45.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1066/i46.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1067/i47.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1070/i48.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1074/i49.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1075/i50.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1076/i51.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1077/i52.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1078/i53.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1079/i54.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1094/i55.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1080/i56.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1081/i57.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1082/i58.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1092/i59.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1112/n_60.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1097/i61.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1088/i62.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1098/i63.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1089/i64.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1090/i65.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1095/i66.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1091/i67.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1113/ind_68.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1114/ind_69.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1105/i70.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1108/ind71.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1106/i72.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1115/ind_73.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1116/ind_74.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1096/ind_75.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1117/ind_76.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1123/ind_77.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1109/ind79.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1135/ind_80.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1110/ind81.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1118/ind_82.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1124/ind_83.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1120/ind_85.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1125/ind_86.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1140/ind_87.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1126/ind_88.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1127/ind_89.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1141/ind_90.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1128/ind_91.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1129/ind_92.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1158/ind_93.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1165/ind_94.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1136/ind_95.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1143/ind_96.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1144/ind_97.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1137/ind_98.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1138/ind_99.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1139/ind_100.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1166/ind_101.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1159/ind_102.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1145/ind_103.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1146/ind_104.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1174/ind_105.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1154/ind_106.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1155/ind_107.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1156/ind_108.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1160/ind_109.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1167/ind_111.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1162/ind_112.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1168/ind_113.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1175/ind_114.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1169/ind_115.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1176/ind_117.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1177/ind_118.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1178/ind_119.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1170/ind_120.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1179/ind_121.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1171/ind_122.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1180/ind_123.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1185/ind_124.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1187/ind_126.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1188/ind_127.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1195/ind_128.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1196/ind_130.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1198/ind_132.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1200/ind_133.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1201/ind_134.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1202/ind_135.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1203/ind_136.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1204/ind_137.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1205/ind_138.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1207/ind_139.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1208/ind_140.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1209/ind_141.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1210/ind_142.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1212/ind_144.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1217/ind_145.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1218/ind_146.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1219/ind_147.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1220/ind_148.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1221/ind_149.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1226/ind_150.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1227/ind_151.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1244/ind_152.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1262/ind_153.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1272/ind_154.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1228/ind_155.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1229/ind_156.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1230/ind_157.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1231/ind_158.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1232/ind_160.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1233/ind_161.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1234/ind_162.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1235/ind_163.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1254/ind_164.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1263/ind_165.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1236/ind_166.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1237/ind_167.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1264/ind_168.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1245/ind_169.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1246/ind_170.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1249/ind_171.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1247/ind_172.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1248/ind_173.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1255/ind_174.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1250/ind_175.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1252/ind_176.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1273/ind_177.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1256/ind_178.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1257/ind_179.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1265/ind_180.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1274/ind_181.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1266/ind_182.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1279/ind_183.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1280/ind_185.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1259/ind_186.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1260/ind_187.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1267/ind_188.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1296/ind_189.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1275/ind_190.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1276/ind_191.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1297/ind_192.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1281/ind_193.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1282/ind_194.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1283/ind_195.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1284/ind_196.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1316/ind_197.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1310/ind_199.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1286/ind_200.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1287/ind_201.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1288/ind_202.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1289/ind_203.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1298/ind_204.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1299/ind_205.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1311/ind_207.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1312/ind_208.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1300/ind_209.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1301/ind_210.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1302/ind_211.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1303/ind_212.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1313/ind_213.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1304/ind_214.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1317/ind_215.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1318/ind_216.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1319/ind_217.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1320/ind_218.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1363/ind_219.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1321/ind_220.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1305/ind_221.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1314/ind_222.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1322/ind_223.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1334/ind_226.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1324/ind_227.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1341/ind_228.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1325/ind_229.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1326/ind_230.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1342/ind_231.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1343/ind_232.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1335/ind_233.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1344/ind_235.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1351/ind_236.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1337/ind_237.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1338/ind_240.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1345/ind_241.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1346/ind_242.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1347/ind_243.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1348/ind_244.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1352/ind_245.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1353/ind_247.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1354/ind_248.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1355/ind_249.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1356/ind_250.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1364/ind_251.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1365/ind_253.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1366/ind_254.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1367/ind_255.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1357/ind_256.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1368/ind_257.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1377/n_258.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1358/ind_259.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1378/n_260.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1369/ind_261.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1359/ind_262.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1370/ind_263.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1371/ind_264.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1360/ind_265.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1372/ind_266.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1373/ind_268.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1382/n_271.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1383/n_272.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1386/n_273.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1387/n_276.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1407/n_278.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1389/n_279.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1390/n_280.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1398/n_281.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1399/n_282.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1391/n_283.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1392/n_284.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1400/n_285.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1401/n_286.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1402/n_287.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1403/n_288.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1404/n_289.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1406/n_291.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1418/n_292.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1412/n_293.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1414/n_295.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1438/n_296.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1415/n_297.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1419/n_299.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1420/n_300.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1421/n_301.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1422/n_302.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1423/n_303.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1424/n_304.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1427/n_305.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1428/n_306.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1431/n_307.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1429/n_308.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1430/n_309.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1432/n_310.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1439/n_311.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1443/n_312.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1444/n_313.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1445/n_314.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1446/n_315.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1459/n_316.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1447/n_317.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1453/n_318.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1448/n_319.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1454/n_320.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1455/n_321.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1460/n_322.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1461/n_323.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1456/n_324.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1462/n_325.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1470/n_326.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1471/n_327.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1463/n_328.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1472/n_329.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1464/n_330.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1480/n_331.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1465/n_332.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1466/n_333.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1473/n_334.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1474/n_335.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1475/n_336.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1476/n_337.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1481/n_338.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1477/n_339.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1491/n_340.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1482/n_341.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1483/n_342.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1484/n_343.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1485/n_344.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1486/n_345.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1488/n_347.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1492/n_348.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1493/n_349.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1494/n_350.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1495/n_351.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1496/n_352.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1497/n_353.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1499/n_355.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1501/n_356.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1502/n_358.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1517/n_359.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1503/n_360.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1504/n_361.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1508/n_362.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1509/n_363.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1510/n_364.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1511/n_365.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1512/n_366.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1518/n_367.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1519/n_369.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1520/n_370.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1521/n_372.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1525/n_373.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1526/n_375.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1527/n_376.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1528/n_377.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1529/n_378.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1530/n_379.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1533/n_380.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1534/n_381.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1535/n_382.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1536/n_383.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1537/n_384.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1538/n_385.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1539/n_386.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1540/n_387.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1541/n_388.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1542/n_389.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1543/n_390.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1549/n_391.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1544/n_392.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1545/n_393.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1546/n_394.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1552/n_397.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1553/n_398.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1554/n_399.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1547/n_400.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1555/n_401.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1556/n_402.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1558/n_403.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1559/n_404.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1561/n_406.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1562/n_407.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1563/n_408.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1564/n_409.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1565/n_410.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1566/n_411.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1567/n_412.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1574/n_413.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1576/n_416.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1582/n_419.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1597/n_420.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1589/n_421.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1590/n_423.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1591/n_424.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1592/n_425.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1598/n_427.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1605/n_428.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1606/n_429.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1607/n_430.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1608/n_431.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1727/n_432.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1723/n_433.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1724/n_434.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1725/n_435.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1726/n_436.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1732/n_437.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1744/n_438.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1733/n_439.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1745/n_440.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1734/n_441.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1751/n_442.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1735/n_443.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1736/n_444.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1737/n_445.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1759/n_446.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1738/n_447.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1739/n_448.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1746/n_449.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1752/n_450.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1747/n_451.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1760/n_452.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1753/n_453.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1754/n_454.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1755/n_455.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1756/n_456.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1761/n_457.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1763/n_459.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1765/n_460.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1766/n_461.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1767/n_462.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1768/n_463.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1769/n_464.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1770/n_465.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1771/n_466.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1794/n_468.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1795/n_469.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1776/n_471.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1777/n_472.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1781/n_473.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1782/n_475.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1788/n_476.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1799/n_477.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1779/n_478.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1789/n_479.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1790/n_480.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1791/n_481.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1796/n_483.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1797/n_484.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1001/projeto_de_lei_complementar_001-2023_-_altera_o__1o_do_art._79_da_lc_022-2015_revisado.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1612/projeto_de_lei_002-2023_-_revoga_a_lei_2.454.2021_-_moradia_baixa_renda_1.docx.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1103/projeto_de_lei_0052023.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1071/projeto_de_lei__0062023.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1182/projeto_de_lei_no_007-2023_-_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1147/projeto_lei_0082023.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1107/projeto_de_lei_no_009-2023_-_revisado_03.03.23.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1213/projeto_de_lei_no_010-2023_revisado.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1121/pl_substitutivo_0122023.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1614/projeto_de_lei_no_014-2023_-_tributos_-_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1251/projeto_de_lei_no_015-2023_-_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1374/projeto_de_lei_no_016-2023_-_ldo_-_exercicio_2024_-_revisado_12.05.2023.doc.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1615/projeto_de_lei_no_017-2023_-_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1240/projeto_de_lei_no_018-2023_-_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1349/projeto_de_lei_no_019-2023_-_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1294/projeto_de_lei_no_020-2023_-_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1268/projeto_de_lei_no_021-2023_-_revisado_24.05.2023.doc.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1269/projeto_de_lei_no_022-2023_-_revisado_24.05.2023.doc.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1290/projeto_de_lei_n_023_-_2023_-_suplementacao_festividade_29.05.2023.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1295/projeto_de_lei_no_024-2023-revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1291/projeto_de_lei_n_025_-_2023_-_alteracao_pcc_05.06.2023.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1292/projeto_de_lei_n_026_-_2023_-_alteracao_aumento_05.06.2023.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1394/0292023.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1433/pl_0332023.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1616/projeto_de_lei_no_034-2023_-_revisado_01.08.2023.doc.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1568/pl_0362023.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1610/pl_0372023.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1611/pl_0382023.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1570/pl_0402023.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1489/pl_0432023.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1571/pl_0442023.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1792/pl_0482023_ppa_merged.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1798/pl_0492023_loa_merged.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1002/projeto_de_lei_legislativo_01_2023.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1026/projeto_de_lei_legislativo_02_2023.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1039/projeto_de_lei_legislativo_05_2023.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1150/projeto_de_lei_legislativo_06_2023.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1224/projeto_de_lei_legislativo_11_2023.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1181/projeto_de_lei_legislativo_12_2023.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1222/projeto_de_lei_legislativo_15_2023.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1191/projeto_de_lei_legislativo_16_2023.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1306/projeto_de_lei_legislativo_18_2023.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1307/projeto_de_lei_legislativo_19_2023.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1408/projeto_de_lei_legislativo_21_2023.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1241/projeto_de_lei_legislativo_22_2023.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1749/projeto_de_lei_legislativo_24_2023.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1440/projeto_de_lei_legislativo_25_2023.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1815/projeto_de_lei_legislativo_29_2023.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1802/projeto_de_lei_legislativo_31_2023.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1816/projeto_de_lei_legislativo_36_2023.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1804/projeto_de_lei_legislativo_40_2023.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1828/projeto_de_lei_legislativo_41_2023.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1829/projeto_de_resolucao_01_2023.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1061/projeto_de_decreto_legislativo_01_2023.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1073/projeto_de_decreto_legislativo_02_2023.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1111/projeto_de_decreto_legislativo_03_2023.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1172/projeto_de_decreto_legislativo_04_2023.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1122/projeto_de_decreto_legislativo_05_2023.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1192/projeto_de_decreto_legislativo_06_2023.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1242/projeto_de_decreto_legislativo_07_2023.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_decreto_legislativo_08_2023.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1243/projeto_de_decreto_legislativo_09_2023.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1193/projeto_de_decreto_legislativo_10_2023.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1278/projeto_de_decreto_legislativo_11_2023.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1271/projeto_de_decreto_legislativo_12_2023.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1270/projeto_de_decreto_legislativo_13_2023.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1339/projeto_de_decreto_legislativo_14_2023.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1409/projeto_de_decreto_legislativo_15_2023.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1375/projeto_de_decreto_legislativo_16_2023.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1425/projeto_de_decreto_legislativo_17_2023.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1376/projeto_de_decreto_legislativo_18_2023.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1410/projeto_de_decreto_legislativo_19_2023.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1385/projeto_de_decreto_legislativo_20_2023.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1411/projeto_de_decreto_legislativo_21_2023.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1426/projeto_de_decreto_legislativo_22_2023.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1467/projeto_de_decreto_legislativo_23_2023.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1478/projeto_de_decreto_legislativo_24_2023.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1586/projeto_de_decreto_legislativo_25_2023.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1785/projeto_de_decreto_legislativo_26_2023.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1729/projeto_de_decreto_legislativo_27_2023.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1059/projeto_de_lei_complementar_01_2023.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1748/projeto_de_lei_complementar_02_2023.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2023/1801/projeto_de_lei_complementar_03_2023.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H699"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="157.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="156.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>