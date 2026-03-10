--- v0 (2025-10-22)
+++ v1 (2026-03-10)
@@ -54,123 +54,123 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Carlos Viegas</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1841/requerimento_1_carlos_viegas.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1841/requerimento_1_carlos_viegas.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos pela passagem dos 40 anos de fundação do bloco carnavalesco As Mufumbadas, na pessoa da Sra. Penha Peixoto, agremiação que em todos esses anos vem contribuindo para a diversão do carnaval goianense com seu desfile que já é tradição.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Eduardo Batista</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/</t>
+    <t>http://sapl.goiana.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, que seja registrado nos Anais desta Casa Legislativa Voto de Profundo Pesar pelo falecimento do Senhor José Nascimento de Barros Filho, ex-professor e Vereador desta Casa, ocorrido no dia 01 de fevereiro de 2024, na cidade do Recife-PE.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Cid do Caranguejo</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1851/requerimento_3_cid_do_caranguejo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1851/requerimento_3_cid_do_caranguejo.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à equipe técnica de iluminação pública da Secretaria de Serviços Públicos de Goiana, nas pessoas da engenheira eletricista Maria Gizele dos Santos Silva e do eletrotécnico José Fábio da Silva Azevedo, pelo eficiente trabalho realizado em todo o Município.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Edson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1868/requerimento_4_edson_da_farmacia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1868/requerimento_4_edson_da_farmacia.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos pelos 30 anos de fundação do bloco carnavalesco “O Deozão”, nas pessoas de seus organizadores, os senhores Henrique Fenelon de Barros Neto e Desjardins Fenelon de Barros, que em todos os anos vem contribuindo com seu desfile  para a folia de rua goianense, o que já é uma tradição em nossa cidade e conhecido em todo Pernambuco.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1855/requerimento_5_eduardo_batista.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1855/requerimento_5_eduardo_batista.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado um Ofício ao Exmo. Sr. Deputado Estadual, Joaquim Lira, solicitando a apresentação de propositura e/ou outras providências cabíveis visando a inclusão do município de Goiana, localizado na Zona da Mata Norte, no Programa Alepe Cuida(preferencialmente, se possível, ainda no primeiro semestre do ano de 2024), iniciativa da Assembleia do Estado de Pernambuco que tem levado serviços de saúde, bem-estar e cidadania para as cidades do interior e da Região Metropolitana.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Ana Diamante</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1869/requerimento_6_ana_diamante.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1869/requerimento_6_ana_diamante.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício ao Governo do Estado ratificando pedido para a inclusão de cursos voltados para os polos automobilístico, vidreiro e farmacoquímico nas unidades das escolas técnicas estaduais de Goiana e Região.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para as agremiações que representaram nossa cidade no carnaval do Recife, no Grupo Especial, o Caboclinho União 7 Flechas (vice-campeão); no Grupo 1, o Caboclinho Tupynambá (vice-campeão); e no Grupo Especial de Tribos e Índios, os Índios Tabajaras (1º lugar) e os Índios Orubá (2º lugar); que em muito honra esta Casa Legislativa e é motivo de orgulho para Goiana.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício, ratificando pedido ao Sistema Fecomércio (Sesc/Senac), solicitando um estudo de viabilidade para implantação de uma unidade hoteleira no litoral goianense, em parceria com o Município.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
@@ -180,478 +180,478 @@
   <si>
     <t>Mário do Peixe</t>
   </si>
   <si>
     <t>Requer a mesa consultado o Plenário , na forma regimental, que seja consignado na Ata dos trabalhos desta Casa Legislativa, VOTO DE PROFUNDO PESAR, ao Senhor Gildo Ribeiro de Eulálio, pelo seu falecimento ocorrido no dia 16 de fevereiro de 2024.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Bruno Salsa</t>
   </si>
   <si>
     <t>Requer à Mesa, consultado o Plenário, na forma Regimental, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à professora de Educação Física Geisa Araújo, um grande referencial de profissional para o município de Goiana.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1881/requerimento_11_ana_diamante.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1881/requerimento_11_ana_diamante.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício à Governadora do Estado de Pernambuco, Sra. Raquel Lyra, ratificando o pedido de ampliação do horário de funcionamento da Delegacia da Mulher, em Goiana.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Ana de Marcílio</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao Sr. Damião Batista da Silva, conhecido como Davi do Goiana em Alerta, em reconhecimento aos notáveis serviços prestados na promoção e preservação da cultura popular, realizando há anos a cobertura dos desfiles dos Caboclinhos e Índios no Grande Recife, mostrando todo o ritual, desde o ensaio, a caçada do bode, o cortejo até à votação e premiação.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1892/requerimento_13.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1892/requerimento_13.pdf</t>
   </si>
   <si>
     <t>Requer a mesa, consultado o Plenário, na forma regimental, que seja consignado ma Ata dos trabalhos desta Casa Legislativa, VOTO DE APLAUSO, ao Senhor Pastor Bento José de Santana ,pela festa de celebração dos 52 anos de existência da Igreja Batista Missionaria de Goiana, nos dias 28 e 29 de fevereiro de 2024.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1894/requerimento_14.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1894/requerimento_14.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à Igreja Casa da Bênção pelos 40 anos de instalação em Goiana.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1895/requerimento_15.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1895/requerimento_15.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, consultado o Plenário, na forma regimental, que sejam tomadas  as providências cabíveis para a realização de Sessão Solene pela passagem do Dia Internacional da Mulher (08 de Março), em Goiana.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Renato Sandre</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1918/requerimento_16.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1918/requerimento_16.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para o Presidente da Federação Pernambucana de Futebol, Sr. Evandro Barros de Carvalho, pela indicação do goianense Dr. Aguinaldo Fenelon de Barros como Presidente da Comissão Permanente de Prevenção e Enfrentamento à Violência nos Estádios de Pernambuco, ocorrida no último dia 01/03/2024.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1919/requerimento_17.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1919/requerimento_17.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício ao Diretor Presidente do Departamento de Estradas de Rodagem de Pernambuco (DER-PE), Sr. Rivaldo Melo, ratificando pedido para que veja a possibilidade de implantação de redutores de velocidade (lombadas) na Rodovia PE-49, no trecho compreendido entre o trevo de acesso à comunidade de Carrapicho (entrada da Ilha de Itapessoca) até próximo à comunidade de Carrapicho II (nas imediações da Caixa D’Água), no município de Goiana.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício ao Diretor da Rodotur Transporte, Dr. Kênio Filizzola, ratificando pedido para que analise a possibilidade de voltar com os ônibus perfazendo o percurso Catuama/Barra de Catuama, e vice-versa, no distrito de Ponta de Pedras, no município de Goiana.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado um Ofício sugerindo ao Governo do Estado de Pernambuco, por meio da Secretaria de Cultura (SECULT) e da Fundação do Patrimônio Histórico e Artístico de Pernambuco (FUNDARPE), o nome do artesão goianense Mestre Gercino para o “Registro do Patrimônio Vivo 2024”.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2028/req_20.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2028/req_20.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja encaminhado Ofício à governadora de Pernambuco, Dra. Raquel Lyra, solicitando que, por meio da Secretaria de Assistência Social, Combate à Fome e Políticas Sobre Drogas (SAS), seja implantado em Goiana o Programa Cozinha Solidária/Popular/Comunitária.</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2025/req_021.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2025/req_021.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que sejam tomadas providências cabíveis para a realização de Sessão Solene alusiva ao Dia da Mulher Goianense (24 de Abril), instituído pela Lei Municipal nº 2.587/2023 no Calendário Oficial de Eventos do Município de Goiana.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2056/req_022.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2056/req_022.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário em sua forma regimental, que seja consignado na Ata dos trabalhos desta Casa Legislativa, um VOTO DE APLAUSO para o Jornal JORNAL DO COMMERCIO, pelos seus 105 (cento e cinco) anos de fundação.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Alexandre Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2061/req_23.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2061/req_23.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, consultado o Plenário, na forma Regimental,  que seja outorgado o “Título de Cônsul de Goana” ao Professor e Historiador Marcos Paulo.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2082/req_24.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2082/req_24.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário em sua forma regimental, que seja realizada, no dia 07 de maio do ano em curso, nesta Casa Legislativa, uma Sessão Solene alusiva às comemorações dos 45 anos de instalação da Faculdade de Ciências e Tecnologia Professor Dirson Maciel de Barros (Fadimab).</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2083/req_25.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2083/req_25.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário em sua forma regimental, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à Escola Estadual Benigno Pessoa de Araújo, pela passagem dos seus 50 anos de atividades, data comemorada no último dia 24 de abril, motivo de orgulho para esta Câmara e para Goiana.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2111/req_26.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2111/req_26.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário, em sua forma regimental, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos à Escola Técnica Pernambucana (ETP), em reconhecimento ao “excelente trabalho” da referida instituição de ensino do município de Goiana, em benefício da população goianense e da região.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2112/req_28.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2112/req_28.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário, nos termos legais e regimentais, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Profundo Pesar pelo falecimento da Sra. Myriam Barone de Mendonça, ocorrido no dia 30 de abril de 2024, na cidade do Recife-PE.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário, em sua forma regimental, que seja Oficiado ao Prefeito do Município, tendo em vista a responsabilidade social que recai sobre as instituições públicas, solicitar ao Poder Executivo Municipal de Goiana, por intermédio da Secretaria de Políticas Sociais, que empreenda esforços para arrecadar donativos a serem destinados aos desabrigados e vítimas das recentes enchentes que assolaram o estado do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2179/req_30.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2179/req_30.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário e cumpridas as formalidades Regimentais, que seja registrado nos Anais desta Casa Legislativa Voto de Profundo Pesar pelo falecimento do Senhor Getúlio Bezerra de Araújo, servidor aposentado desta Casa, ocorrido no dia 23 de maio de 2024, na cidade de Pitimbú-PB.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2165/requerimento_31_ana_de_marcilio.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2165/requerimento_31_ana_de_marcilio.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário, em sua forma regimental, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Aplausos aos servidores da 25ª Zona Eleitoral de Goiana, em reconhecimento aos notáveis serviços prestados à população goianense.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2167/req_32.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2167/req_32.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, depois de ouvido o Plenário em sua forma regimental, que seja consignado nos trabalhos desta Casa Legislativa, a realização de uma AUDIÊNCIA PÚBLICA, para discutirmos causas e soluções sobre os recentes acontecimentos no Hospital Belarmino Correia.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Pedro Henrique</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2192/req_33.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2192/req_33.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, após ouvido o Plenário em sua forma regimental, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um VOTO DE APLAUSOS à equipe da GUARDA CIVIL MUNICIPAL DE GOIANA. responsável pelo êxito na ação de recuperação dos objetos furtados, na noite do dia 28 de maio de 2024, na Unidade Básica de Saúde da comunidade de Barra de Catuama, no distrito de Ponta de Pedras, em Goiana-PE, grupo formado pelos seguintes agentes: ALISSON RODRIGUES FERNANDES CAMPOS, ANDRÉ FELIPE DA SILVA, DAYBSON CARLOS CARDOSO CORDEIRO, LAURA DALINA LOPES DA SILVA COSTA e WILSERBERGUE BERNADO DA SILVA.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>André Rabicó</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2201/req_34.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2201/req_34.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa após ouvido o Plenário em sua forma regimental que seja consignada na ATA desta Casa Legislativa, "VOTO DE APLAUSO" ao Pastor Silas Malafaia, da Igreja Adve, Ministério Vitória em Cristo, pelos relevantes trabalho social como Pastor e Presidente, do Ministério Vitória em Cristo.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2206/requerimento_35_alexandre_carvalho.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2206/requerimento_35_alexandre_carvalho.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao Dr. Wagner Monteiro de Oliveira (Médico Intensivista), em reconhecimento dos seus relevantes serviços prestados ao estado do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2207/req_36.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2207/req_36.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Expediente à Sra. Raquel Lyra, governadora do estado de Pernambuco, e à secretária estadual de Defesa Social, Sra. Carla Patrícia Cunha, solicitando providências para a instalação de uma unidade do expresso Cidadão, em Goiana, visando atender à população que tanto carece da emissão de documentos essenciais, tais como RG, CPF, Carteira de Trabalho, entre outros.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2219/req_37.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2219/req_37.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para o Colégio Santa Helena, na pessoa das Senhoras Maria Helena da Silva Santana, Vera Lúcia Santana de Oliveira (gestoras) e Joanna Karolina Lauriano de Santana (vice-diretora), pelos relevantes trabalhos prestados à Educação do nosso Município e pela notória participação nos Jogos Regionais 2024, na modalidade de Futebol, onde conquistou a primeira colocação.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2220/req_38.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2220/req_38.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que sejaenviadoOfício ao Deputado Eduardo da Fonte, solicitando a destinação de recursos, por meio de Emenda, para a construção de uma Casa Azul para atendimento de pessoas com Transtorno de Espectro Autista (TEA), em Goiana.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2221/req_39.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2221/req_39.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja Oficiado à Sra. Raquel Lyra, governadora do estado de Pernambuco, e à secretária estadual de Defesa Social, Sra. Carla Patrícia Cunha, solicitando providências para a reativação do Posto Policial do Povoado de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2229/req_40.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2229/req_40.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Expediente à Sra. Raquel Lyra, governadora do estado de Pernambuco; à secretária estadual de Saúde, Sra. Zilda do Rego; e ao presidente da Stellantis, Sr. Antônio Filosa, solicitando providências no sentido de proceder com a cedência da UPAE para que a Prefeitura Municipal de Goiana possa reinaugurá-la e administrá-la, visando atender aos nossos munícipes.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Ramon Aranha</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2239/req_41.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2239/req_41.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à Sra. Ana Cecília Soares Neves, por sua aprovação no concurso público para delegado da Polícia Civil do Estado da Bahia.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2240/req_42.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2240/req_42.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa um Voto de Profundo de Pesar à família do aluno da 5º Ano do Sesi-Goiana, Benjamim Ferreira Lemos, de 10 anos de idade, pelo falecimento ocorrido no último dia 17 de junho de 2024, na cidade do Recife-PE.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2249/req_43.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2249/req_43.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário e cumpridas as formalidades Regimentais, que seja registrado nos Anais desta Casa Legislativa Voto de Profundo Pesar pelo falecimento do Senhor Severino Ramos Cordeiro, ocorrido no dia 18 de junho de 2024, no Real Hospital Português, na cidade do Recife-PE.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2250/req_44.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2250/req_44.pdf</t>
   </si>
   <si>
     <t>REQUEIRO À MESA, depois de ouvido o Plenário em sua forma regimental, que conste na Ata dos trabalhos de hoje, um voto de PROFUNDO PESAR pelo falecimento do amigo Bal do_x000D_
 Caboclinho.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2273/req_45.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2273/req_45.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos para o atleta goianense Henzo Gabriel de Lima Patrício, que participou do Campeonato Brasileiro de Jiu-Jitsu de Crianças, realizado pela Confederação Brasileira de Jiu-Jitsu, sagrando-se campeão na Faixa Amarela Sub-10, no evento disputado na cidade de Barueri-SP, nos dias 22 e 23 de junho do corrente.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2287/req_46.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2287/req_46.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos pelos 40 anos (Jubileu de Esmeralda) da Igreja Casa da Bênção, localizada na Estrada de Cima, nº 04, em Goiana, sob as direções do Pastor Neemias Amorim e da Missionária Mauricélia Amorim.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2281/req_47.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2281/req_47.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Expediente à Governadora do Estado de Pernambuco, Sra. Raquel Lyra, e à Secretária de Defesa Social de Pernambuco, Sra. Carla Patrícia Cunha, solicitando providências cabíveis no sentido de instalar, com a maior brevidade possível, a Delegacia de Polícia Civil do distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao Sr. Edivaldo José da Silva, popularmente conhecido por “Vado do Sporting”, pelos mais de 20 anos de dedicação ao trabalho social prestado para crianças e adolescentes na cidade de Goiana.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à Academia GFTeam, ao Mestre Sandro Rodrigues, e à atleta Williane Bonfim, de 07 anos, pela brilhante conquista no Campeonato Paraibano de Jiu-Jitsu, realizado no dia 14 de julho do ano corrente, sagrando-se pentacampeã paraibana, na Categoria 1, peso de até 27,2kg.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
@@ -892,3976 +892,3976 @@
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Requer à Mesa, após consultado o Plenário, em sua forma regimental, que veja a possibilidade de realizar uma Audiência Pública, no dia 10 de junho do corrente, para discutir o projeto de Lei nº 056/2023, haja vista a sua importância.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Requeiro à Mesa VOTO DE PROFUNDO PESAR pelo falecimento do SENHOR JOÃO FAGNER ANDRADE XAVIER DA SILVA.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1842/indicacao_n_1_2024_ramon_aranha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1842/indicacao_n_1_2024_ramon_aranha.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando realizar, em caráter de urgência, a implantação de calçamento na Rua Paulo Abouana, na comunidade da Bela Vista (na área entre a associação AMUBEV e a empresa Canaã Polpa de Frutas), em Goiana.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, reiterando pedido para executar o calçamento da Rua da Igreja, na comunidade de Meia Légua, localizada no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1871/indicacao_n_3_2024_andre_rabico.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1871/indicacao_n_3_2024_andre_rabico.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando o envio, a este Poder Legislativo, de um Projeto de Lei que conceda reajuste aos professores, que sofrem com a perda salarial, em Goiana.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1843/indicacao_n_4_2024_andre_rabico.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1843/indicacao_n_4_2024_andre_rabico.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, reiterando pedido para executar os serviços de implantação de calçamento da Vila Teimosa, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1857/indicacao_n_5_2024_andre_rabico.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1857/indicacao_n_5_2024_andre_rabico.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a construção de uma Creche, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1858/indicacao_n_6_2024_carlos.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1858/indicacao_n_6_2024_carlos.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Municípiosolicitando a implantação, pela Prefeitura de Goiana, de um Auxílio Saúde destinado aos seus servidores públicos efetivos, cujo objetivo é assistir àqueles que mais necessitam.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>Xandy da Praia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1844/indicacao_n_7_2024_xande_da_praia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1844/indicacao_n_7_2024_xande_da_praia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido para a implantação de asfalto no percurso de Ponta de Pedras à Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1859/indicacao_n_8_2024_xande_da_praia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1859/indicacao_n_8_2024_xande_da_praia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido para a implantação de uma Creche na comunidade de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1845/indicacao_n_09_2024_ana_marcilio.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1845/indicacao_n_09_2024_ana_marcilio.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para viabilizar a construção de 02 (dois) diques de contenção, nas imediações do Bar da Balsa, e outro nas proximidades das caiçaras dos pescadores, na orla da praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1860/indicacao_n_10_2024_ana_marcilio.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1860/indicacao_n_10_2024_ana_marcilio.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para viabilizar a ampliação do sistema de abastecimento d’água do Loteamento Canoé, localizado na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1846/indicacao_n_11_2024_cid_do_carangueijo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1846/indicacao_n_11_2024_cid_do_carangueijo.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para a construção de um ponto de apoio para os mototaxistas nas comunidades de São Lourenço e Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1854/indicacao_n_12_2024_cid_do_carangueijo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1854/indicacao_n_12_2024_cid_do_carangueijo.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário e cumprido às formalidades regimentais, que seja formalizado apelo ao Excelentíssimo Senhor Prefeito do Município, Eduardo Honório Carneiro, solicitando providências cabíveis junto aos órgãos competentes, visando a Desapropriação de um Terreno localizado as margens da PE-049 próximo a futura instalação da Creche no Povoado de São Lourenço, para construção de uma praça.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1847/indicacao_n_13_2024_edson_da_farmacia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1847/indicacao_n_13_2024_edson_da_farmacia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício solicitando a instalação de câmeras de monitoramento nos ônibus escolares que realizam o transporte dos alunos da rede municipal de ensino, em Goiana.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1861/indicacao_n_14_2024_edson_da_farmacia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1861/indicacao_n_14_2024_edson_da_farmacia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, solicitando realizar inspeção nos banheiros das escolas da rede pública municipal e reformar todos aqueles que necessitam de melhorias, em Goiana.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1848/indicacao_n_15_2024_pedro_henrique.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1848/indicacao_n_15_2024_pedro_henrique.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando implantar pavimentação no Loteamento Sítio, localizado no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>Mário do Peixe, Renato Sandre</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1849/indicacao_n_16_2024_mario_do_peixe.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1849/indicacao_n_16_2024_mario_do_peixe.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de paradas de ônibus, devidamente sinalizadas, nas seguintes localidades: Rua dos Correios, no Dendezeiro e na Rua principal, na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>Ibson Gouveia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1850/indicacao_n_17_2024_ibson.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1850/indicacao_n_17_2024_ibson.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado ao Prefeito do Município, solicitando a implantação de calçamento na Avenida Liberdade, na comunidade da Bela Vista em Goiana.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1862/indicacao_n_18_2024_ibson.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1862/indicacao_n_18_2024_ibson.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para que veja a urgente necessidade da implantação doPrograma Farmácia Viva, em Goiana.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2003/indicacao_n_19_2024_eduardo_batista.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2003/indicacao_n_19_2024_eduardo_batista.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando providências cabíveis para disponibilizar uma área (terreno) para construção de sede própria do Sindicato dos Empregados em Estabelecimentos Bancários de Goiana e Região (SEEB), em Goiana.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1852/indicacao_n_20_2024_bruno-1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1852/indicacao_n_20_2024_bruno-1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, solicitando a contratação de médico do trabalho, engenheiro do trabalho ou profissional habilitado para emissão de parecer ou laudo de insalubridade, em observância à Norma Regulamentadora (NR 15), referente ao Grupo Ocupacional de Apoio Administrativo ao Magistério, conforme preceitua o artigo 23, inciso II, da Lei Municipal 2.570/2023..</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1863/indicacao_n_21_2024_pedro_henrique.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1863/indicacao_n_21_2024_pedro_henrique.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedido para executar a pavimentação asfáltica na Av. Recife, localizada na comunidade das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1853/indicacao_n_22_2024_eduardo_batista.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1853/indicacao_n_22_2024_eduardo_batista.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a a realização de serviços de pavimentação em asfalto na Vila Paraíso, em Goiana.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1864/indicacao_n_23_2024_bruno-1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1864/indicacao_n_23_2024_bruno-1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a execução de obras voltadas para a implantação de calçamento nas ruas da comunidade das Malvinas e do Loteamento Estrela do Mar, na Rua Dona Doralice Cavalcante (paralela à Rua da Praia) e na Rua dos Pescadores, situadas em Catuama; e na Av. São José, esta na comunidade de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1865/indicacao_n_24_2024_eduardo_batista.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1865/indicacao_n_24_2024_eduardo_batista.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedidopara a implantação de calçamento no Loteamento Tenente Manoel dos Prazeres, localidade que tem acesso pela Rua das Quintas, em Goiana.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1872/indicacao_n_25_2024_pedro_henrique.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1872/indicacao_n_25_2024_pedro_henrique.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedido para desapropriar um espaço próximo ao Calçadão de Ponta de Pedras, para construir uma praça de alimentação, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1866/indicacao_n_26_2024_mario_do_peixe.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1866/indicacao_n_26_2024_mario_do_peixe.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município Ofício propondo uma vistoria na caixa d’água (com visita técnica de engenharia) localizada na rua ao lado do Posto de Saúde, no centro da praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1882/indicacao_n_27_2024_andre_rabico.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1882/indicacao_n_27_2024_andre_rabico.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para a implantação de calçamento na Vila Teimosa (tendo com referências as residências dos senhores Dezessete e Mago Cabeleireiro), no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1873/indicacao_n_28_2024_carlos.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1873/indicacao_n_28_2024_carlos.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a instalação de bibliotecas públicas municipais, tanto no distrito sede como nos distritos de Tejucupapo e Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1874/indicacao_n_29_2024_ramon_aranha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1874/indicacao_n_29_2024_ramon_aranha.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando, em caráter de urgência, a desapropriação, junto à Usina Santa Tereza, do terreno localizado por trás de Katita Auto Elétrica e que seja posteriormente entregues os títulos de posse aos moradores daquela localidade, em Goiana.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1875/indicacao_n_30_2024_eduardo_batista.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1875/indicacao_n_30_2024_eduardo_batista.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de iluminação pública, com lâmpadas de LED,  no trecho da então vila dos moradores até à antiga adubadeira, em terras remanescentes da extinta Usina Maravilhas, em Goiana.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1876/indicacao_n_31_2024_cid_do_carangueijo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1876/indicacao_n_31_2024_cid_do_carangueijo.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para a pavimentação da Rua do Sol, localizada na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1877/indicacao_n_32_2024_mario_do_peixe.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1877/indicacao_n_32_2024_mario_do_peixe.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de asfalto na Rua da Telpe (Principal) e na rua que dá acesso à escola municipal, na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1878/indicacao_n_33_2024_xande_da_praia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1878/indicacao_n_33_2024_xande_da_praia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido para a implantação de uma Creche na comunidade de Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1879/indicacao_n_34_2024_eduardo_batista.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1879/indicacao_n_34_2024_eduardo_batista.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de 04 (quatro) postes com iluminação pública (lâmpadas de LED) no entorno da Capela de Nossa Senhora das Maravilhas, situada às margens da BR-101 Norte, na entrada da antiga Usina Maravilhas, em Goiana.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1883/indicacao_n_35_2024_alexandre_carvalho.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1883/indicacao_n_35_2024_alexandre_carvalho.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando, em caráter de urgência, providências cabíveis para a implantação de calçamento na Segunda Travessa da Massangana, em Goiana.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1884/indicacao_n_36_2024_ramon_aranha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1884/indicacao_n_36_2024_ramon_aranha.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando, por meio da Secretaria de Administração, o envio de um Projeto de Lei unificando a gratificação de risco de vida da Guarda Municipal de Goiana em 40%.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, reiterando pedido para a implantação de calçamento na Chã de Alegria, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1885/indicacao_n_38_2024_ana_marcilio.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1885/indicacao_n_38_2024_ana_marcilio.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para analisar a possibilidade de reabertura da Escola de Governo da Prefeitura Municipal de Goiana, criada pela Lei nº 1896/2001 e alterada pela Lei nº 1901/2002.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1897/indicacao_n_39_2024_ana_diamante.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1897/indicacao_n_39_2024_ana_diamante.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando o pedido de aquisição de uma unidade Odontomóvel para a cidade de Goiana.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1886/indicacao_n_40_2024_eduardo_batista.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1886/indicacao_n_40_2024_eduardo_batista.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para a implantação de calçamento, com a devida drenagem para escoamento das águas pluviais, no Loteamento João Alves, contemplando a Rua Bento Celestino (artéria que vai da Rua João Lira até à Rodovia PE-75) e suas travessas, no centro de Goiana.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1887/indicacao_n_41_2024_cid_do_carangueijo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1887/indicacao_n_41_2024_cid_do_carangueijo.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para a pavimentação da Rua das Flores, localizada na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1888/indicacao_n_42_2024_ramon_aranha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1888/indicacao_n_42_2024_ramon_aranha.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de calçamento na Rua do Ouro, localizada na comunidade do Alecrim, em Goiana.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1889/indicacao_n_43_2024_edson_da_farmacia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1889/indicacao_n_43_2024_edson_da_farmacia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, ratificando pedido de implantação de calçamento, com drenagem para as águas pluviais, na comunidade da Portelinha, em Goiana.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1890/indicacao_n_44_2024_xande_da_praia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1890/indicacao_n_44_2024_xande_da_praia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido de extensão da iluminação pública da orla de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1891/indicacao_n_45_2024_eduardo_batista.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1891/indicacao_n_45_2024_eduardo_batista.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para a implantação de calçamento na localidade do Sítio Ibeapicú, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1941/indicacao_46.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1941/indicacao_46.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a implantação de aulas de artes marciais nas escolas municipais de Goiana.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1898/indicacao_47.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1898/indicacao_47.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando a solicitação de providências cabíveis para construir e implantar uma Creche Escola, na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1899/indicacao_48.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1899/indicacao_48.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a execução de obras voltadas para a implantação de calçamento nas ruas do Loteamento Celina de Oliveira e para o revestimento asfáltico no trecho que compreende a Rua da Soledade e a Av. Manoel Carlos de Mendonça (antiga Estrada de Cima) até às margens da Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1900/indicacao_49.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1900/indicacao_49.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedido para executar os serviços de pavimentação asfáltica na Av. Carpina, localizada na praia de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1901/indicacao_50.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1901/indicacao_50.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para a pavimentação da Rua Cem, localizada na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1932/indicacao_51.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1932/indicacao_51.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedido para executar os serviços de pavimentação asfáltica na Rua da Praia, localizada na povoação de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1902/indicacao_52.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1902/indicacao_52.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando, em caráter de urgência, a instalação da caixa d’água da Rua do Ouro, localizada na comunidade do Alecrim, em Goiana.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1933/indicacao_53.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1933/indicacao_53.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para solucionar a situação da bueira do campo de futebol da comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1903/indicacao_55.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1903/indicacao_55.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido de providências cabíveis para disponibilizar, ao Governo do Estado de Pernambuco, uma área (terreno), com no mínimo 40 x 60 metros, para construção de uma Creche, em Goiana.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1904/indicacao_56.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1904/indicacao_56.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de uma placa indicando o nome “Atapuz”, na entrada da praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1905/indicacao_57.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1905/indicacao_57.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de calçamento na Rua José Roberto Guedes, localizada na Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1906/indicacao_58.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1906/indicacao_58.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a implantação de uma lombada, para redução de velocidade, na Rua Frei Alberto Siqueira, no centro de Goiana.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1942/indicacao_59.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1942/indicacao_59.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício ratificando o pedido para construir uma UBS no Loteamento Osvaldo Rabelo, em Goiana.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1907/indicacao_60.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1907/indicacao_60.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a concessão da gratificação de 20% do Magistério para os professores da rede pública municipal admitidos a partir do ano de 2011, em Goiana.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1908/indicacao_61.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1908/indicacao_61.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a substituição de toda a iluminação do Loteamento Vista Plena, em Goiana, por iluminação de LED, tendo em vista a grande quantidade de moradores e o risco iminente de assaltos.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1909/indicacao_62.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1909/indicacao_62.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido para a instalação de câmeras de videomonitoramento no Cemitério Público Municipal de Goiana.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1910/indicacao_63.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1910/indicacao_63.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a desapropriação do terreno onde funciona o campo de futebol, na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1920/indicacao_64.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1920/indicacao_64.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, reiterando pedido para executar os serviços de implantação de calçamento no Loteamento Arizona, localizado no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_65.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_65.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a construção de uma praça na comunidade da Boa Vista e a revitalização da Praça Mãe Rainha, situada na Cidade Nova, em Goiana.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1912/indicacao_66.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1912/indicacao_66.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido de pavimentação do Loteamento Jardim Eldorado, localizado na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1913/indicacao_n_67_2024_xande_da_praia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1913/indicacao_n_67_2024_xande_da_praia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido de implantação de calçamento e saneamento básico na Rua do Honório, localizada na comunidade de Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1914/indicacao_68.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1914/indicacao_68.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando providências cabíveis para realizar a reforma do campo de futebol da comunidade do Gambá, em Goiana, com a troca dos refletores antigos por lâmpadas de LED, a construção de vestiários, a instalação de novas telas de proteção, entre outras melhorias necessárias.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1915/indicacao_69.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1915/indicacao_69.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido  para implantação de iluminação pública em toda a extensão da Rodovia Osvaldo Rabêlo Filho (antiga Estrada do Cajueiro), em Goiana.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1921/indicacao_70.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1921/indicacao_70.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido de construção de um reservatório para fornecimento de água na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1922/indicacao_71.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1922/indicacao_71.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a ampliação dos serviços prestados pela Clínica Veterinária Municipal de Goiana, incluindo a oferta de exames laboratoriais e pequenas cirurgias, além da contratação de mais veterinários.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1923/indicacao_72.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1923/indicacao_72.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a construção da “Praça do Pneu”, bem como a instalação de lâmpadas de LED na área conhecida como “Sítio”, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1934/indicacao_73.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1934/indicacao_73.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, reiterando pedido para executar os serviços de implantação de calçamento da Rua do Campo, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1924/indicacao_74.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1924/indicacao_74.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando implantar e requalificar as escadarias, com a instalação de corrimão, na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1935/indicacao_n_75_2024_mario_do_peixe.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1935/indicacao_n_75_2024_mario_do_peixe.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a construção de uma praça, com parque infantil, em frente à entrada do cemitério, na Rua do Cemitério, na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1925/indicacao_76.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1925/indicacao_76.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a isenção do pagamento de passagens para os enfermeiros, técnicos de enfermagem e os funcionários da Saúde, que atuam em Goiana, tanto no distrito-sede como nos demais distritos.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1943/indicacao_77.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1943/indicacao_77.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a desapropriação do antigo clube da Associação Comercial de Goiana, situado na BR-101, a fim de que seja construído um centro de lazer para os servidores públicos municipais de Goiana.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1926/indicacao_78.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1926/indicacao_78.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido de instalação de um semáforo na interseção (cruzamento) entre a Rua Fundo da Mala, Rua do Cemitério, Av. Desembargador Edmundo Jordão e a Rua José Maria de Albuquerque Melo, em Goiana.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1955/indicacao_79.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1955/indicacao_79.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando as providências necessárias para construir ou implantar um laboratório municipal de análises clínicas no distrito de Ponta de Pedras, visando atender 2toda a população do litoral de Goiana.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1936/indicacao_81.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1936/indicacao_81.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a realização dos serviços de implantação de calçamento na Rua Celina de Oliveira, artéria localizada em frente da Praça da Bíblia, em Goiana.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1927/indicacao_82.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1927/indicacao_82.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para reabrir a Biblioteca Pública Municipal, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1928/indicacao_83.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1928/indicacao_83.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ratificando pedido de implantação de calçamento, com drenagem para as águas pluviais, na Rua Evaldo Braga, no trecho compreendido entre a Rua Maysa Matarazzo e a Feira Livre de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1929/indicacao_84.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1929/indicacao_84.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para pavimentar a Rua Goiti, localizada na povoação de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1930/indicacao_85.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1930/indicacao_85.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido para a implantação de canaletas de concreto para escoamento das águas pluviais nas barreiras e encostas da comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1937/indicacao_86.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1937/indicacao_86.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício ratificando o pedido para implantar uma UBS na comunidade da Portelinha, em Goiana.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2306/indicacao_n_88_2024_pedro_henrique.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2306/indicacao_n_88_2024_pedro_henrique.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado oficio ao Senhor Prefeito do Município Eduardo Honório, determinando ao setor competente, que veja a possibilidade, ratificando o pedido para instalar a pavimentação da Rua Cajueiro Doce, nas Malvinas, localizada na cidade de Goiana.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1944/indicacao_89.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1944/indicacao_89.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para a restauração e manutenção da caixa d’água da Rua do Altinho, próximo ao campo de futebol da povoação de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1938/indicacao_90.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1938/indicacao_90.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a realização dos serviços de  pavimentação asfáltica na Rua da Igreja, localizada na comunidade de Nova Goiana, que tem acesso pela Rodovia PE-62, em Goiana.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1939/indicacao_91.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1939/indicacao_91.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando que veja a possibilidade, junto à Secretaria de Saúde, de implantar uma Unidade Básica de Saúde (UBS), na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1940/indicacao_92.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1940/indicacao_92.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando providências cabíveis visando viabilizar o prolongamento da rede elétrica, com a implantação de um poste de iluminação, na Quadra H-1, no final da Rua Cocota, localizada no Loteamento Ponta de Pedras, distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1945/indicacao_93.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1945/indicacao_93.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando que seja realizada uma intervenção de melhoria na entrada principal da comunidade do Bom Tempo, em Goiana.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1946/indicacao_94.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1946/indicacao_94.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de um gradil de proteção na praça localizada no centro da comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1947/indicacao_95.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1947/indicacao_95.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para transformar a área situada às margens da Rodovia PE-49, na comunidade de Jardim Eldorado, em Goiana, num parque de eventos, esporte e lazer.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1948/indicacao_96.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1948/indicacao_96.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, reiterando pedido para executar o calçamento da Rua do Céu, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1949/indicacao_97.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1949/indicacao_97.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para a construção e implantação de um Terminal Central para embarque e desembarque do Transporte Alternativo, no centro de Goiana.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1950/indicacao_98.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1950/indicacao_98.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para desapropriar um terreno visando a construção de um cemitério municipal na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1956/indicacao_99.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1956/indicacao_99.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Municípiosolicitandoa realização de obra de pavimentação em asfalto na Rua São Jorge, na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1951/indicacao_100.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1951/indicacao_100.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de uma Academia da Saúde na Praça dos Anjos, localizada no Loteamento Nossa Senhora da Conceição, em Goiana.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1952/indicacao_101.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1952/indicacao_101.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando executar o calçamento, construir uma praça e instalar uma Academia da Saúde na comunidade de Ibeapicú (na rua onde se situa a Colônia dos Pescadores), no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_102.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_102.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido de implantação de calçamento, com drenagem para escoamento das águas pluviais, na via de entrada da comunidade das Malvinas (em frente à nova praça de eventos), se estendendo até ao armazém de construção Casa Pessoa, no Loteamento Gulandim, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_103.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_103.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para a implantação de sinalização, com semáforo e faixa de pedestre, no cruzamento da Rua da Praia com a comunidade do Barro Vermelho, na Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1957/indicacao_n_104_2024_ramon_aranha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1957/indicacao_n_104_2024_ramon_aranha.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando que seja realizado um acordo com o Governo do Estado de Pernambuco e, posteriormente, seja entregue o título de posse às famílias residentes no antigo matadouro público, em Goiana.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1958/indicacao_n_105_2024_mario_do_peixe.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1958/indicacao_n_105_2024_mario_do_peixe.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na Travessa Canto do Sul, na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1959/indicacao_n_106_2024_carlos.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1959/indicacao_n_106_2024_carlos.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, e à Secretaria de Políticas Sociais, solicitando providências cabíveis para a criação de uma casa de acolhimento à pessoa em situação de rua, em Goiana.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1960/indicacao_n_107_2024_andre_rabico.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1960/indicacao_n_107_2024_andre_rabico.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, reiterando pedido para a implantação de calçamento na Rua da Picuta(por trás da residência do ex-vereador Ramilson Cabeleireiro), no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1961/indicacao_n_108_2024_eduardo_batista.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1961/indicacao_n_108_2024_eduardo_batista.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para a construção de uma quadra poliesportiva num terreno pertencente à Prefeitura de Goiana, localizado na Quadra G-5, implantando ainda uma Academia da Saúde, visando atender às crianças, adolescentes e jovens residentes no Loteamento Nossa Senhora da Conceição (conhecido como Sítio) e na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1962/indicacao_n_109_2024_pedro_henrique.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1962/indicacao_n_109_2024_pedro_henrique.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedido para reformar a Praça do Pé da Mentira, no distrito de Ponta de Pedras,em Goiana.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1963/indicacao_n_110_2024_cid_do_carangueijo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1963/indicacao_n_110_2024_cid_do_carangueijo.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para instalar refletores no campo de futebol localizado na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1964/indicacao_n_111_2024_ibson.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1964/indicacao_n_111_2024_ibson.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Municípiosolicitando a implantação do posto médico da comunidade da antiga Usina Maravilhas, em Goiana.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1965/indicacao_n_112_2024_xande_da_praia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1965/indicacao_n_112_2024_xande_da_praia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município,ratificando pedido visando a construção de casas popularespara as comunidades de Ponta de Pedras, Cocota, Malvinas e Barra de Catuama, no distrito de Ponta de Pedras, Goiana.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1966/indicacao_n_113_2024_eduardo_batista.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1966/indicacao_n_113_2024_eduardo_batista.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a realização dos serviços de pavimentação em asfalto nas vias da comunidade da Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1986/indicacao_n_114_2024_ramon_aranha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1986/indicacao_n_114_2024_ramon_aranha.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de um canal de atendimento com a Guarda Municipal de Goiana para a população, por telefone, através do número 153.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1973/indicacao_n_115_2024_andre_rabico.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1973/indicacao_n_115_2024_andre_rabico.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a implantação de calçamento na Rua dos Melões (tendo como ponto de referência a residência do Sr. Roberto), no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1974/indicacao_n_116_2024_carlos.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1974/indicacao_n_116_2024_carlos.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando a desapropriação de área para construir um novo cemitério no distrito-sede de Goiana.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido visando a realização dos serviços de pavimentação na antiga estrada que interliga a comunidade do Gambá à praia de Atapuz, com aproximadamente 60 residências, e no trecho do Gambá até à Rodovia BR-101, em Goiana.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1976/indicacao_n_118_2024_cid_do_carangueijo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1976/indicacao_n_118_2024_cid_do_carangueijo.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido visando a realização de obra de pavimentação na Rua das Malvinas, na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1977/indicacao_n_119_2024_ibson.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1977/indicacao_n_119_2024_ibson.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de uma ciclovia com extensão da Avenida Nunes Machado até ao trevo de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1978/indicacao_n_120_2024_mario_do_peixe.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1978/indicacao_n_120_2024_mario_do_peixe.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a construção de uma praça (em frente à creche), com a instalação de parque infantil, tendo a denominação de Adilson Tavares do Rosário, na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_n_121_2024_pedro_henrique.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_n_121_2024_pedro_henrique.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando o pedido para executar a pavimentação da Rua Coqueiral, localizada por trás do cemitério, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao_n_122_2024_ibson.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao_n_122_2024_ibson.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de calçamento e drenagem na Primeira Travessa Manoel Carlos de Mendonça, em Goiana.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1980/indicacao_n_123_2024_xande_da_praia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1980/indicacao_n_123_2024_xande_da_praia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para instituir uma clínica escolar do autismo, no centro de Goiana, com profissionais especializados na área.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1981/indicacao_n_124_2024_ana_diamante.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1981/indicacao_n_124_2024_ana_diamante.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido de requalificação do Largo da Alvorada, em Goiana.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1988/indicacao_n_125_2024_ana_diamante.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1988/indicacao_n_125_2024_ana_diamante.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para proceder com a construção de um Hospital Municipal, em Goiana.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1982/indicacao_n_126_2024_bruno-1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1982/indicacao_n_126_2024_bruno-1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando instituir um auxílio financeiro para os comerciantes estabelecidos na Rua da Conceição, em  Goiana.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1983/indicacao_n_127_2024_edson_da_farmacia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1983/indicacao_n_127_2024_edson_da_farmacia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício ratificando o pedido de implantação de calçamento, com drenagem para escoamento das águas pluviais, nas ruas do Vaqueiro, da Benção e do Cajá até à Portelinha de Baixo, em Goiana.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1984/indicacao_n_128_2024_ana_marcilio.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1984/indicacao_n_128_2024_ana_marcilio.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando substituir as lâmpadas de vapor mercúrio por lâmpadas de LED, onde for necessário, em todo o Loteamento Novo Horizonte, situado na Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1989/indicacao_n_129_2024_mario_do_peixe.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1989/indicacao_n_129_2024_mario_do_peixe.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício solicitando providências cabíveis para que veja, junto à empresa Rodotur, a possibilidade do ônibus que sai da praia de Ponta de Pedras para Recife, e vice-versa, entrar na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2004/indicacao_n_130_2024_ramon_aranha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2004/indicacao_n_130_2024_ramon_aranha.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a desapropriação de uma residência localizada na entrada principal da comunidade do Bom Tempo, visando melhorar o acesso de veículos naquela localidade.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1990/indicacao_n_131_2024_andre_rabico.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1990/indicacao_n_131_2024_andre_rabico.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando implantar calçamento na comunidade dos Melões (tendo como ponto de referência as residências dos senhores Tocha e Zé Onça), no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1991/indicacao_n_132_2024_carlos.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1991/indicacao_n_132_2024_carlos.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a construção de uma Arena Society no distrito de Ponta de Pedras,em Goiana.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1992/indicacao_n_133_2024_ana_marcilio.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1992/indicacao_n_133_2024_ana_marcilio.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para revitalizar a área onde está localizado o “Obelisco”, na beira-mar do Loteamento Nossa Senhora da Conceição (conhecido como “Sítio”), na praia de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1993/indicacao_n_134_2024_xande_da_praia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1993/indicacao_n_134_2024_xande_da_praia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município ,ratificando pedido para implantar um centro de fisioterapia no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1994/indicacao_n_135_2024_cid_do_carangueijo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1994/indicacao_n_135_2024_cid_do_carangueijo.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para desapropriar um terreno e construir um novo cemitério na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para disponibilizar cadeiras de rodas em todas as escolas municipais de Goiana a fim de atender casos emergenciais.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1996/indicacao_n_137_2024_edson_da_farmacia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1996/indicacao_n_137_2024_edson_da_farmacia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício ratificando o pedido de implantação de asfalto, com drenagem para escoamento das águas pluviais, na Rua Projetada, artéria que liga o ponto final das Kombis de Flexeiras à Redimix, que dá acesso à Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2017/indicacao_n_138_2024_ramon_aranha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2017/indicacao_n_138_2024_ramon_aranha.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando que veja a possibilidade, junto à Marinha do Brasil, da implantação de quiosques turísticos e áreas de convivência nas proximidades do Farol de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2005/indicacao_n_139_2024_carlos.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2005/indicacao_n_139_2024_carlos.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando que seja enviado “Projeto de Carteira Nacional de Habilitação Social”, a fim de beneficiar e facilitar o acesso ao mercado de trabalho para jovens e adultos que se enquadram como de baixa renda, em Goiana.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2006/indicacao_n_140_2024_ana_marcilio.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2006/indicacao_n_140_2024_ana_marcilio.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a implantação de asfalto, com início no Bar do Carlos, seguindo toda a Rua São Jorge e Av. Vice-Prefeito Joca de Souza, até ao Bar da Balsa, na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2007/indicacao_n_141_2024_cid_do_carangueijo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2007/indicacao_n_141_2024_cid_do_carangueijo.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para  pavimentar a Rua do Campo, na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2008/indicacao_n_142_2024_ibson.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2008/indicacao_n_142_2024_ibson.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a implantação de curso pré-vestibular e pré-jovem para o Enem, gratuitos,  para os jovens de baixa renda, em Goiana.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2009/indicacao_n_143_2024_pedro_henrique.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2009/indicacao_n_143_2024_pedro_henrique.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando o pedido para executar a pavimentação da Rua Projetada, que fica por trás da Igreja Católica São José Operário, na comunidade das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2010/indicacao_n_144_2024_xande_da_praia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2010/indicacao_n_144_2024_xande_da_praia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando incluir no Programa da Vaca Mecânica as comunidades de Ponta de Pedras (centro), das Malvinas, Cocota, Catuama e Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2011/indicacao_n_145_2024_ana_diamante.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2011/indicacao_n_145_2024_ana_diamante.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, pedido de criação de um programa de aulas de reforço escolar para crianças e adolescentes vulneráveis, com o intuito de melhorar o desempenho escolar em Goiana.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2018/indicacao_n_146_2024_eduardo_batista.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2018/indicacao_n_146_2024_eduardo_batista.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a troca da iluminação pública antiga, por lâmpadas de LED, em terras remanescentes do Engenho Jacaré, em Goiana.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2012/indicacao_n_147_2024_bruno-1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2012/indicacao_n_147_2024_bruno-1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, sugerindo a elaboração de projeto de lei que “Cria e determina a obrigatoriedade de manutenção de uma brigada profissional, composta por bombeiros civis, nos respectivos estabelecimentos: supermercados, atacados, mercados públicos, centros de ensino, clubes, academias de ginástica, lojas de departamentos, hospitais e clínicas galerias comerciais, edifícios empresariais; unidades prisionais; e casa de shows”, em Goiana.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2055/ind_148.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2055/ind_148.pdf</t>
   </si>
   <si>
     <t>INDICO à Mesa, após ouvido o Plenário e cumprida as formalidades Regimentais, seja enviado Ofício ao Exmo. Sr. Eduardo Honório Prefeito Municipal, através da secretaria de Educação, para que seja viabilizado a construção de uma creche TIPO B (para atendimento de até 240 crianças em dois turnos), na comunidade da Bela Vista 2.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2054/ind_149.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2054/ind_149.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa legislativa, nos termos regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, a troca de Lâmpadas de Vapor Mercúrio por Luz Led, do Engenho Folguedo e Engenho Pedra, Em Goiana.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2019/ind_150.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2019/ind_150.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando implantar calçamento na Rua do Altinho (tendo como ponto de referência a residência do senhor Kecher), no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Carlos Viegas, Mário do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2020/ind_151.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2020/ind_151.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a construção de uma creche na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2021/ind_152.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2021/ind_152.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício ratificando o pedido para implantação de calçamento (com drenagem para escoamento das águas pluviais) na Rua São Gonçalo, localizada no Engenho Ubú, em Goiana.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2022/ind_153.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2022/ind_153.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para analisar a possibilidade de viabilizar a construção de um pórtico no trevo de acesso à comunidade da Nova Goiana, com os seguintes dizeres: “Nova Goiana, Bairro Multicultural”.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2029/ind_154.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2029/ind_154.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para implantar um Centro Médico de Hemodiálise, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2023/ind_155.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2023/ind_155.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para a implantação de uma lombada, para redução de velocidade, no Loteamento Coração de Jesus (em frente à Escola Augusto Gondim), em Goiana.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2038/ind_156.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2038/ind_156.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido de construção de um Velório Municipal no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2030/indicacao_n_157_2024_edson_da_farmacia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2030/indicacao_n_157_2024_edson_da_farmacia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício ratificando o pedido para implantação de asfalto na Rua Faixa do Gás, artéria que liga a Rodovia PE-62 à Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2039/ind_158.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2039/ind_158.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando implantar calçamento na Rua do Campo (tendo como ponto de referência a residência do senhor Luiz), no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2040/ind_159.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2040/ind_159.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para que envie a esta Casa Legislativa um Projeto de Lei visando a desapropriação e doação de terrenos para pessoas que não possuam casa própria, em Goiana.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2053/ind_160.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2053/ind_160.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretária de Saúde, Ilma. Sra. Lícia Maciel, no sentido que seja criado um Centro Especializado de Reabilitação, oferecendo apoio as pessoas com necessidades especiais, físicas ou intelectual, com a finalidade de promover inclusão social e dispondo do atendimento/tratamento que necessitam com diversas especialidades.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2052/ind_161.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2052/ind_161.pdf</t>
   </si>
   <si>
     <t>Indica a Mesa ouvido o Plenário e cumpridas as formalidades regimentais, seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município EDUARDO HONORIO CARNEIRO, em sintonia com a Secretaria competente, a possibilidade de construir o calçamento na Rua Travessa do Caricé, (onde moram á irmã Meri e Nivaldo do Bar, na Praia de Carne de Vaca.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2041/ind_162.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2041/ind_162.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para promover o funcionamento, aos sábados e domingos, da UBS de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2031/ind_163.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2031/ind_163.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando o pedido para executar a pavimentação da Rua da Cocota de Cima e da Rua Pedras dos Carnerios, localizadas na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2042/ind_164.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2042/ind_164.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município ratificando pedido para a construção de poço artesiano, quadra de esportes e três salas, bem como o retorno do programa EJA na Escola Professora Zilma Gemir Baracho, na comunidade de Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2032/ind_165.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2032/ind_165.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para  pavimentar a Rua Granja Santa Maria, localizada na comunidade de Meia Légua, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2043/ind_166.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2043/ind_166.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, pedido para executar os serviços de pavimentação em asfalto na Rua Fundo da Mala e na Av. Timbaúba, em Goiana.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2051/ind_167.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2051/ind_167.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos regimentais, que seja encaminhado ao. Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, SOLICITANDO PROVIDÊNCIAS CABÍVEIS PARA DISPONIBILIZAR UMA ÁREA (TERRENO) PARA CONSTRUÇÃO DE UMA SEDE PRÓPRIA DA IGREJA REDE ESPERANÇA, em Goiana.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2044/ind_168.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2044/ind_168.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a realização do serviço de climatização da Biblioteca Pública Municipal de Goiana, localizada na Av. Mal. Deodoro da Fonseca (Rua Direita).</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2033/ind_169.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2033/ind_169.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de asfalto na Vila Operária, em Goiana.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2034/ind_170.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2034/ind_170.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de asfalto no Baldo do Rio, em Goiana.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2045/ind_171.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2045/ind_171.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a realização dos serviços de pavimentação em asfalto na Rua do Timóteo, Rua do Quelé e na interseção Alameda do Quelé, em Goiana.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2050/ind_172.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2050/ind_172.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município, Senhor Eduardo Honório, SOLICITANDO A REFORMA DAS ESCOLAS MUNICIPAIS DE CATUAMA E BARRA DE CATUAMA, NO DISTRITO DE PONTA DE PEDRAS, em GOIANA.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2049/ind_173.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2049/ind_173.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município, Senhor Eduardo Honório, solicitando a desapropriação da área (terreno) que há anos serve como campo de futebol da comunidade de Carrapicho, em Goiana.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2046/ind_174.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2046/ind_174.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a construção de um Hospital Municipal, em Goiana, com a finalidade de reforçar o atendimento ao povo de nossa cidade.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>André Rabicó, Carlos Viegas</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2047/ind_175.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2047/ind_175.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a desapropriação e posterior entrega do “Título de Posse”, em relação a toda área que hoje é motivo de disputa judicial entre a população e os supostos proprietários da terra, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2048/ind_176.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2048/ind_176.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório Carneiro, oficio ratificando o pedido para que, por intermédio da Secretaria competente, veja a urgente necessidade de REVITALIZAÇÃO DO ESPAÇO MULTIUSO DA LOCALIDADE DA NOVA GOIANA, E QUE SEJA CRIADO UM FOOD PARK NO LOCAL, em Goiana.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2067/ind_177.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2067/ind_177.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de asfalto no Curtume de Cima e no Curtume de Baixo, em Goiana.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2062/ind_178.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2062/ind_178.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Municípiosolicitando a implantação de faixas de pedestres na Av. Nunes Machado, sendo uma em frente à Compesa e outra em frente à Faculdade de Goiana (FAG), em Goiana.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2068/ind_179.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2068/ind_179.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de asfalto na rua principal da comunidade da Impoeira, em Goiana.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2063/ind_180.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2063/ind_180.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a construção de uma Unidade Básica de Saúde na comunidade do Engenho Mussumbú, em Goiana.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2064/ind_181.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2064/ind_181.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para viabilizar a implantação de uma rotatória, no largo que fica por trás do Colégio da Sagrada Família e ao lado da Escola Marie ArmelleFalguières, em Goiana.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2076/ind_182.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2076/ind_182.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município, Senhor Eduardo Honório, SOLICITANDO A IMPLANTAÇÃO DE UMA PRAÇA EM CATUAMA, NO DISTRITO DE PONTA DE PEDRAS, em Goiana.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>Eduardo Batista, Mário do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2075/ind_183.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2075/ind_183.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município, Senhor Eduardo Honório, solicitando a instalação de um semáforo e a implantação de uma faixa de pedestres na Av. Nunes Machado, nas proximidades da loja de atendimento da Compesa, na entrada da Rua Augusta, hoje um importante corredor de veículos no centro de Goiana.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2065/ind_184.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2065/ind_184.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município,pedido para que sejam executados os serviços de pavimentação em asfalto na Rua do Rio, em Goiana.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2069/ind_185.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2069/ind_185.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido para implantação de pavimentação da artéria compreendida entre a rua de acesso à UPA Deputado Osvaldo Rabelo e a Rua Historiador Antonio Corrêa de Oliveira Andrade Filho, situada no Loteamento Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2070/ind_186.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2070/ind_186.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Municípiosolicitando a construção de uma quadra poliesportiva na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2074/ind_187.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2074/ind_187.pdf</t>
   </si>
   <si>
     <t>Indica a Mesa ouvido o Plenário e cumpridas as formalidades regimentais, seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município EDUARDO HONORIO CARNEIRO, em sintonia com a Secretaria competente, a possibilidade de construir o calçamento na Rua do Campo, (que dá acesso ao campo, onde moram o amigo Jair, Ana de Lolita, e ao bar da Ângela), na Praia de Carne de Vaca.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2071/ind_188.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2071/ind_188.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício ratificando pedido de implantação de calçamento, com drenagem para as águas pluviais, na Rua Engenho Itapirema, na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2072/ind_189.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2072/ind_189.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município,solicitando a troca das manilhas na Rua das Flores, localizada na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2073/ind_190.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2073/ind_190.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido de construção de um Velório Municipal no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2077/ind_191.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2077/ind_191.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa após ouvido o Plenário e cumprida as formalidades Regimentais, seja formulado Apelo ao Exmo. Sr. Prefeito do Município Senhor Eduardo Honório Carneiro, solicitando a implantação de uma CICLOVIA DA RUA AVENIDA NUNES MACHADO ATÉ O TREVO DE FLEXEIRAS, neste Município de_x000D_
 Goiana.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2078/ind_192.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2078/ind_192.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, seja oficiado ao Sr. Eduardo Honório Carneiro, Prefeito do Município de Goiana junto a Secretaria de Obras, em conjunto com a Secretaria de Educação, no sentido que seja construída uma escola no Engenho Mussumbú, neste município.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2079/ind_193.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2079/ind_193.pdf</t>
   </si>
   <si>
     <t>indico à Mesa ouvido o Plenário e cumpridas as formalidades regimentais, Apelo ao Prefeito do Município Eduardo Honório Carneiro, a construção de Poços Artesianos em todas as Escolas da Rede Municipal de Goiana</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2080/ind_194.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2080/ind_194.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário e cumprindo às formalidades regimentais, que seja formulado Apelo ao excelentíssimo Sr. Prefeito do Município, Eduardo Honório carneiro, solicitando providências cabíveis, junto aos órgãos competentes, ratificando o pedido para a realização do Asfaltamento na Rua da Sucupira, Localizada no Povoado em São Loureço.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2081/ind_195.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2081/ind_195.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório, ofício propondo, A IMPLANTAÇÃO DE REFLETORES NOVOS NO CAMPO DE FUTEBOL DA PRAIA DE ATAPUZ, em Goiana.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2091/ind_196.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2091/ind_196.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando instalar refletores (iluminação) no campo do Guarani, localizado na Rua dos Melões, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2092/ind_197.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2092/ind_197.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para implantar ciclovias e ciclofaixas no percurso da comunidade de Ponta de Pedras até à Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2216/ind_198.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2216/ind_198.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município, Sr. Eduardo Honório, ratificando o pedido para que seja implantado o calçamento do Loteamento Osvaldo Rabelo, na localidade conhecida popularmente como "Casas de Gesso", em Goiana.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2093/ind_199.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2093/ind_199.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a reabertura do posto médico da Usina Santa Tereza, em Goiana.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2085/ind_200.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2085/ind_200.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Municípiosolicitando  a distribuição de leite e pão do Programa Vaca Mecânica, através da Associação dos Moradores  Unidos da Bela Vista (Amubev), naquela comunidade, em Goiana.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2086/ind_201.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2086/ind_201.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a pavimentação asfáltica na Rua do Arame, que tem acesso pela Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2094/ind_202.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2094/ind_202.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município solicitando a implantação de um abrigo para ponto de ônibus, além de rondas da Guarda Municipal, nos horários de pico, nas imediações do Condomínio Portal Goiana Residence I, localizado às margens da Rodovia PE-62, em Goiana.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2137/ind_203.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2137/ind_203.pdf</t>
   </si>
   <si>
     <t>Indica a Mesa ouvido o Plenário e cumpridas as formalidades regimentais, seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município Eduardo Honorio Carneiro, em sintonia com a Secretaria competente, a possibilidade de ampliar o abastecimento de água para a população do Loteamento Canoé, em Carne de Vaca.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2087/ind_204.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2087/ind_204.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a reforma do Estádio Municipal Agamenon Magalhães, em Goiana.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2088/ind_205.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2088/ind_205.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido para a implantação de calçamento na 3ª Travessa do Loteamento São Rafael, em Goiana.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2089/ind_206.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2089/ind_206.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a reforma, com paisagismo, do trevo que liga a Rodovia PE-75 à Rodovia PE-62, em Goiana.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2090/ind_207.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2090/ind_207.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para a implantação de calçamento na 5ª Travessa da Avenida Cana Brava, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2097/ind_208.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2097/ind_208.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a execução dos serviços de revitalização dos canteiros e pavimentação asfáltica da Avenida Costa e Silva e do Loteamento Rocha, em Goiana.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2095/ind_209.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2095/ind_209.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido para que seja efetivado o complemento do calçamento na Rua Projetada, que vai da estação de gás até à empresa Canaã Polpa de Frutas, ligando a Rodovia PE-62 à Rodovia PE-75, no Loteamento Bela Vista II, em Goiana.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2096/indicacao_n_210_2024_andre_rabico.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2096/indicacao_n_210_2024_andre_rabico.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, reiterando pedido para implantar calçamento na Rua do Sapoti, no Gambá, até à entrada velha para a comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2098/ind_211.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2098/ind_211.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município,solicitando construir uma pracinha na Rua São Luiz, às margens da Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2122/ind_212.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2122/ind_212.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando implantar calçamento na Rua da Saudade, localizada na comunidade do Gambá, tendo como ponto de referência o estabelecimento conhecido como “mercadinho de Nilsinho”.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2099/ind_213.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2099/ind_213.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitandoa instalação de equipamentos de energia fotovoltaica nos prédios públicos municipais de Goiana.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2101/ind_214.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2101/ind_214.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, reiterando pedido para instalar um Restaurante Popular, em Goiana.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2102/ind_215.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2102/ind_215.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para que veja a urgente possibilidade da construção de uma praça pública na Portelinha, em Goiana.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2103/ind_216.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2103/ind_216.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na Rua Adilson Tavares, na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2104/ind_217.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2104/ind_217.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município,ratificando pedido para pavimentar a RuaTrês Irmãs, na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2113/ind_218.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2113/ind_218.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando implantar calçamento na Rua da União, localizada na comunidade do Gambá, tendo como ponto de referência o estabelecimento conhecido como “mercado de Gean do Gás”.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2105/ind_219.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2105/ind_219.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município,solicitando a reforma dos quiosques (bares) do centro da praia de Catuama, ao lado da Igrejinha, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2106/ind_220.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2106/ind_220.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município,ratificando pedido para asfaltar a Rua Subida de Megaó, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2107/ind_221.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2107/ind_221.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município solicitando a elaboração de um projeto de lei visando a modificação do prazo de validade do Alvará de Funcionamento do comércio de Goiana, que atualmente enseja numa validade de 06 meses, para 1 ano.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2108/ind_222.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2108/ind_222.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, reiterando pedido para a aquisição de ônibus e vans para deslocamento de atletas de Goiana que participam de competições.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2109/indicacao_n_223_2024_eduardo_batista.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2109/indicacao_n_223_2024_eduardo_batista.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido, junto à Secretaria de Saúde, de implantação de uma Unidade Básica de Saúde (UBS), na comunidade de Ibeapicú, distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2114/ind_224.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2114/ind_224.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na Rua da Prainha, na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2115/ind_225.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2115/ind_225.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a desapropriação do terreno onde se encontra localizado o campo de futebol da comunidade do Bom Tempo, em Goiana.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2124/ind_226.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2124/ind_226.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, reiterando pedido para implantar calçamento na Rua Bela Vista, localizada na comunidade do Gambá, em Goiana, tendo como ponto de referência a residência do senhor conhecido popularmente como “Doca”.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2116/ind_227.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2116/ind_227.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando o pedido de construção de uma Garagem Municipal para abrigar as máquinas e a frota de veículos da Prefeitura de Goiana.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2117/ind_228.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2117/ind_228.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando providências cabíveis para a retomada, o mais breve possível, da Agência da Receita Federal, em Goiana.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2118/ind_229.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2118/ind_229.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a implantação de projeto Wi-Fi Livre em todas as praças de Goiana.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2125/ind_230.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2125/ind_230.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na Rua Nova, na praia de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2119/ind_231.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2119/ind_231.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a pavimentação asfáltica na Rua Professor Mário Rodrigues do Nascimento, em Goiana.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2120/ind_232.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2120/ind_232.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido de reabertura da Casa das Heroínas, no distrito de Tejucupapo, em Goiana, criada pela Lei Municipal nº 1.941/2004.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2121/ind_233.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2121/ind_233.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando que sejam asfaltadas a Rua Marquês do Herval (antiga Rua da Ponte), e toda a área em torno da Praça Barão do Rio Branco, bem como seja revitalizado o referido logradouro, em Goiana.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2160/ind_234.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2160/ind_234.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório Carneiro, oficio para que, por intermédio da Secretaria de Serviços Públicos, solicitando a implantação de lâmpadas LED na Rodovia PE - 75, no trecho compreendido entre o posto de Combustível Maria de Lourdes II (Posto Shell) e a Faculdade de Medicina Tiradentes, no Loteamento Novo Horizonte , na comunidade da Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2126/ind_235.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2126/ind_235.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando implantar calçamento na Rua Travessa da Brasília Teimosa, localizada na praia de Carne Vaca, tendo como ponto de referência a residência do Sr. Alysson Pasteleiro.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2127/ind_236.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2127/ind_236.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para  realização de uma fiscalização mais intensa nas margens do Canal da Boa Vista.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2128/ind_237.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2128/ind_237.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a restauração do Mercado Público de Goiana.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2129/ind_238.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2129/ind_238.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido de extensão do horário de atendimento, nos dias de semana, de segunda a sexta-feira, das 17h até às 21h, e a implantação de plantões médicos nos finais de semana, aos sábados e domingos, na Unidade Básica de Saúde (UBS) da comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2130/ind_239.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2130/ind_239.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município,solicitando ao Governo do Estado de Pernambuco autorização para municipalizar os trechos das rodovias PE-75 e PE-62, no limite geográfico de Goiana.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2131/ind_240.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2131/ind_240.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a instalação de uma Academia da Cidade na comunidade das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2132/ind_241.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2132/ind_241.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício solicitando a construção de uma escola, nas proximidades da “Faixa do Gás”, no Loteamento Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2133/ind_242.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2133/ind_242.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a cessão de uso do prédio público municipal onde funciona o antigo Mercado Cibrazém, na Rua da Misericórdia, em Goiana, para os proprietários dos estabelecimentos ali existentes.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2134/ind_243.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2134/ind_243.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para restabelecer o atendimento diário da especialidade de Clínica Geral, na Unidade Básica de Saúde (UBS) da comunidade de Carrapicho, emGoiana.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2138/ind_244.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2138/ind_244.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, sugerindo encaminhar Ofício à Governadora do Estado de Pernambuco, Sra. Raquel Lyra, e ao Diretor/Presidente do Departamento de Estradas de Rodagem (DER-PE), Sr. Rivaldo Melo, solicitando implantar, com urgência, sinalização no final do Viaduto da BR-101 até às proximidades das Lojas 2001, na Rodovia PE-075, em Goiana, com a finalidade de assegurar mais segurança aos veículos que transitam por aquele trecho da referida rodovia.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2139/ind_245.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2139/ind_245.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município solicitando o asfaltamento da Rua Senador Barros Carvalho, em Goiana.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2140/ind_246.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2140/ind_246.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedidopara executar a construção da praça em frente à UPA Santo Amaro, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2141/ind_247.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2141/ind_247.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando determinar a quem tenha a concessão do transporte público coletivo, em Goiana, implantar o sistema de acesso gratuito aos cidadãos maiores de 65 anos, nos termos da Lei Federal nº 10.741/2003 (Estatuto do Idoso).</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2142/ind_248.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2142/ind_248.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido,para que, por intermédio da Secretaria de Urbanismo, Obras e Patrimônio Arquitetônico, veja a urgente necessidade da implantação de asfalto na Povoação de São Lourenço,no trecho que compreende o trevo da PE-49, seguindo até a Igreja de São Lourenço, se estendendo até o trevo de saída em direção à praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2148/ind_249.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2148/ind_249.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando contratar profissionais capacitados para a Unidade Mista deTejucupapo, visando a realização de exames de Endoscopia, Ultrassonografia e Ecocardiograma.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2143/ind_250.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2143/ind_250.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município,ratificando pedido para a implantação de um pórtico de entrada no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2144/ind_251.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2144/ind_251.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a construção de um  Matadouro Público, em Goiana.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2145/ind_252.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2145/ind_252.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, sugerindo a execução dos serviços de limpeza e dragagem no Rio Engenho Ubú, em Goiana.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2146/ind_253.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2146/ind_253.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a criação de vagas de estacionamento nas principais ruas, escolas, bancos, supermercados e departamentos públicos para portadores de TEA (Transtorno do Espectro Autista), em Goiana.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2159/ind_254.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2159/ind_254.pdf</t>
   </si>
   <si>
     <t>O vereador Renato Sandré - Cidadania, através da Indicação Parlamentar, nos termos do art. 91 do Regimento Interno, e , após aprovação do Plenário e demais procedimentos  legais, sugere ao Executivo Municipal que seja providenciado com urgência junto ao Secretário de Segurança Cidadã, Transporte e Transportes Urbanos - SESTRAN, instalação de quadro (4) redutores de velocidade (quebra-molas) na Avenida Marechal Deodoro da Fonseca (Rua Direita) nesta cidade de Goiana - PE.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2147/ind_255.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2147/ind_255.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, o encaminhamento de Ofício ao Prefeito do Município, solicitando que veja a urgente necessidade da implementação de uma Campanha de Erradicação do Trabalho Infantil,em Goiana.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2158/ind_256.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2158/ind_256.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Oficio ao Exmo. Sr. Eduardo Honório Carneiro Prefeito Municipal, solicitando construir uma praça com equipamento de recreação infantil e uma Academia de Saúde no terreno localizado por trás do supermercado Novo Atacarejo, no Loteamento José Albino Pimentel ( em frente ao antigo Motel Castelon), em Goiana.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2149/ind_257.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2149/ind_257.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a troca de lâmpadas de vapor mercúrio por lâmpadas LED, nas comunidades de Engenho Novo e Engenho Goiana Grande, em Goiana.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2157/ind_258.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2157/ind_258.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado apelo ao Excelentíssimo Sr. Prefeito Eduardo Honório Carneiro, em sintonia com a Secretaria competente, a possibilidade de construir uma Quadra de Esportes, na Praia de Carne de Vaca.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2150/ind_259.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2150/ind_259.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a criação de um Food Park nos distritos de Goiana.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2151/ind_260.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2151/ind_260.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido de implantação de asfalto na Rua Djalma Raposo, situada na Cidade Nova, no centro de Goiana.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2152/ind_261.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2152/ind_261.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a implantação de uma lombada (para redução de velocidade) ao lado da Igreja Batista Missionária, no Loteamento Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2153/ind_262.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2153/ind_262.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a instalação de uma Academia da Saúde, na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2154/ind_263.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2154/ind_263.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório Carneiro, oficio para que, por intermédio da Secretaria Competente, veja a urgente necessidade de Construção de um Centro de Oftamologico, em Goiana.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2155/ind_264.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2155/ind_264.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório Carneiro, ratificando pedido para a Implantação de asfalto na Rua do Poço do Rei, situada em Goiana.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2156/ind_265.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2156/ind_265.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Honório Carneiro, oficio para que, por intermédio da Secretaria Competente, veja a urgente necessidade de Reformar os Bancos das Calçadas da Rua Direita, em Goiana.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2168/ind_266.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2168/ind_266.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a troca de lâmpadas de vapor mercúrio por lâmpadas LED, nas comunidades do Engenho São Bento, Engenho Dois Rios e Engenho Terra Nova, em Goiana.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2169/indicacao_n_267_2024_carlos.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2169/indicacao_n_267_2024_carlos.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a concessão de subvenção à Sociedade 12 de Outubro (Saboeira) e à Sociedade Musical Curica.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2170/indicacao_n_268_2024_andre_rabico.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2170/indicacao_n_268_2024_andre_rabico.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a perfuração de um poço artesiano na comunidade do Frazão, localizada no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2171/indicacao_n_269_2024_ibson.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2171/indicacao_n_269_2024_ibson.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a implantação de um semáforo na Rodovia PE-62, no cruzamento da Nova Goiana para a Bela Vista e no cruzamento na Faixa do Gás para a Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2166/indicacao_n_270_2024_xande_da_praia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2166/indicacao_n_270_2024_xande_da_praia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de mesas, para a prática de futmesa, nas comunidades de Carne de Vaca, Ponta de Pedras, Catuama e Barra de Catuama, em Goiana.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2178/indicacao_n_271_2024_renato_sandre.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2178/indicacao_n_271_2024_renato_sandre.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município sugerindo a execução dos serviços de aplicação de asfalto na Rua Engenho Massaranduba, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2184/ind_272.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2184/ind_272.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a cessão de uso do espaço público municipal de Espaço Multiuso, localizado no pátio de Flexeiras, para que seja transformado em um espaço de utilidade cultural, que contemple as agremiações de Índios e Caboclinhos, em Goiana.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2172/ind_273.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2172/ind_273.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a requalificação da "Praça do Dendê", em Goiana.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2183/ind_274.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2183/ind_274.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, que seja destinado aos profissionais da Educação 60% dos precatórios do FUNDEF, em Goiana.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2173/ind_275.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2173/ind_275.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido de implantação de asfalto na Rua João Bezerra Chaves, situada no Loteamento Nossa Senhora da Conceição, em Goiana.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2174/ind_276.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2174/ind_276.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de calçamento do “beco da padaria do Manuel”, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2175/ind_277.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2175/ind_277.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a implantação de calçamento e drenagem na Rua Osvaldo Rabelo, localizada na comunidade de Bela Vista II, em Goiana.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2182/ind_278.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2182/ind_278.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, que seja providenciado com urgência junto a Secretária de Obras, Aplicação de Asfalto na Rua Engenho Cana Brava, em Goiana.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2181/ind_279.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2181/ind_279.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando uma Academia da Saúde na Praça do Pé da Mentira, em Pontas de Pedras.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2180/ind_280.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2180/ind_280.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para a implantação de pavimentação em asfalto na Rua Clóvis Fontenelle Guimarães (antiga Travessa da Conceição), situada no centro de Goiana.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2176/ind_281.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2176/ind_281.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a implantação de um redutor de velocidade (quebra-molas) na Av. Goiana, localizada no distrito de Tejucupapo,em Goiana.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2177/ind_282.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2177/ind_282.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, propondo a inclusão da disciplina História de Goiana no concurso público a ser realizado pelo município de Goiana.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2186/ind_283.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2186/ind_283.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a desapropriação da Associação Comercial de Goiana visando a construção de um pátio de eventos para a cidade.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2187/ind_284.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2187/ind_284.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a construção de uma Praça pública com a instalação de uma Academia da Saúde, na comunidade do Barro Vermelho, em Goiana.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2188/ind_285.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2188/ind_285.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a implantação de asfalto na Rua da Cruz, artéria que tem acesso pela Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2189/ind_286.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2189/ind_286.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando instalar uma caixa d’água de 20.000 litros na comunidade de Meia Légua, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2190/ind_287.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2190/ind_287.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a instalação de Academias da Saúde nas seguintes localidades:  Usina Maravilhas, Engenho Folguedo (próximo da Associação de Moradores), Engenho Dois Rios e Engenho São Bento, em Goiana.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2195/ind_288.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2195/ind_288.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de asfalto na Rua Poço do Rei e na Rua do Bom Negócio, se estendendo os serviços até à margem da Rodovia PE - 75, em Goiana.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2196/ind_289.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2196/ind_289.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de asfalto na rua da campina, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2197/ind_290.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2197/ind_290.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de Pavimentação na Rua 4° Travessa Manoel Carlos de Mendonça, neste Município de Goiana.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2198/ind_291.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2198/ind_291.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, reiterando o pedido para a possibilidade de executar o calçamento de Meia Légua, na Rua da Igreja, em Tejucupapo.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2199/ind_292.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2199/ind_292.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, afim de que seja concedido reajuste nas diárias dos Conselheiros Tutelares, neste município.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2200/ind_293.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2200/ind_293.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido para a realização de serviços de pavimentação em asfalto na via principal do Loteamento José Albino Pimentel, que se estende da Praça do Artesão até à margem da BR-101, nas proximidades do Largo da Alvorada, em Goiana.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2191/ind_294.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2191/ind_294.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos regimentais, que seja encaminhado ao Prefeito deste Município, Senho Eduardo Honório, ofício propondo, IMPLANTAÇÃO DE ASFALTO PARA À RUA SIMONE, 2° TRAVESSA DO CURTUME E LOTEAMENTO FITEG, em Goiana.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2208/ind_295.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2208/ind_295.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a construção de uma Creche na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2209/ind_296.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2209/ind_296.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo o envio de um projeto de lei a esta Casa Legislativa visando implementar um programa de destinação de bolsas de estudos de cursos profissionalizantes para jovens, com a finalidade de prepará-los para o mercado de trabalho, em Goiana.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2210/ind_297.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2210/ind_297.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, ratificando pedido para construir banheiros públicos nas orlas das praias de Carne de Vaca, Ponta de Pedras e Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2211/ind_298.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2211/ind_298.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício ratificando pedido implantação de calçamento no Loteamento Santa Cruz, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2212/ind_299.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2212/ind_299.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo implantação de calçamento e saneamento básico na Terceira Travessa da Vila Operária, conhecida como Rua do Barreiro, em Goiana.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2213/ind_300.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2213/ind_300.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a implantação de coletores de lixo na área central do comércio de Goiana.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2214/ind_301.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2214/ind_301.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de calçamento,  com a devida drenagem para escoamento das águas pluviais, na Rua e na Primeira Travessa do Cemitério, na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2222/ind_302.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2222/ind_302.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício solicitando a implantação de calçamento na Rua Evaldo Braga, em Goiana.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2223/ind_303.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2223/ind_303.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município,ratificando pedidode implantação de calçamento nas ruas da Madeireira e das Malvinas, até o Loteamento Porto do Sol, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2224/ind_304.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2224/ind_304.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo o envio de um projeto de lei a esta Casa Legislativa visando implementar um programa de Bolsa Família, em Goiana, no valor de R$ 300,00.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2225/ind_305.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2225/ind_305.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, solicitando a implantação de horário em tempo integral na Escola Costa e Silva, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2226/ind_306.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2226/ind_306.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a pavimentação asfáltica na “Rua do Supermercado Alves”, na entrada da Vila Mutirão, com acesso pela Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2227/ind_307.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2227/ind_307.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de asfalto na via principal do Loteamento Nova Soledade (entrada ao lado do Abrigo São José), se estendendo o asfaltamento até à Rua Deputado Ulysses Guimarães,  em Goiana.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2230/ind_308.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2230/ind_308.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício solicitando a pavimentação em asfalto na Vila Castelo Branco, em Goiana.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2231/ind_309.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2231/ind_309.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando que veja a possibilidade de implantar em Goiana o Projeto Casa Azul, que consiste em um Centro de Referência para o atendimento de pessoas portadoras do Transtorno do Espectro Autista (TEA).</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2232/ind_310.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2232/ind_310.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, sugerindo a aplicação de asfalto na Rua Engenho Bujari, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2233/ind_311.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2233/ind_311.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a construção de uma ponte para travessia de veículos e pedestres no Loteamento Boa Vista (próximo ao Mercadinho Paraíba), em Goiana.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2234/ind_312.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2234/ind_312.pdf</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2235/ind_313.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2235/ind_313.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de calçamento nas ruas da Carpina e do Pantanal, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2236/ind_314.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2236/ind_314.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico na rua localizada por trás da antiga Fábrica de Tecidos de Goiana (Fiteg), em Goiana.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2241/indicacao_n_315_2024_renato_sandre.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2241/indicacao_n_315_2024_renato_sandre.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, sugerindo a aplicação de asfalto na Rua Engenho Itapirema, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2242/ind_316.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2242/ind_316.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a implantação de calçamento na Rua Flamboyan, localizada no Sítio do Rosário (onde residem os populares Irmão Ailton e Márcio do Gás), na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2243/ind_317.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2243/ind_317.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de asfalto na Rua da Baía, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2244/ind_318.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2244/ind_318.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, sugerindo a aplicação de asfalto na Rua Engenho Mussumbú, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2245/ind_319.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2245/ind_319.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedido para executar a construção de uma praça na comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2246/ind_320.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2246/ind_320.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de lombadas na Rua do Lindo Amor e na Rua do Jiló, em Goiana.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2247/ind_321.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2247/ind_321.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de redutor de velocidade (quebra-molas) no Loteamento João Alves, contemplando a Rua Bento Celestino (artéria que vai da Rua João Lira até à Rodovia PE-75) e suas travessas, no centro de Goiana.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2251/ind_322.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2251/ind_322.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a construção de uma Unidade Mista de Saúde, na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2252/ind_323.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2252/ind_323.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de calçamento na Travessa da Gameleira, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2253/ind_324.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2253/ind_324.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, sugerindo a aplicação de asfalto na Rua Engenho Goiana Grande, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2254/ind_325.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2254/ind_325.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedido para executar a construção de uma praça na comunidade da Enseada, localizada na praia de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2255/ind_326.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2255/ind_326.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de lombadas na Estrada da Boa Vista, localizada no Loteamento Boa Vista, onde está situado o Fórum da Comarca de Goiana.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2257/ind_327.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2257/ind_327.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a revitalização da barragem do povoado de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2258/ind_328.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2258/ind_328.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, sugerindo a aplicação de asfalto na Rua Engenho Uruaé, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2259/ind_329.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2259/ind_329.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de calçamento na Rua da Igreja (tendo como referência a residência do senhor conhecido por Irmão Benone), localizada na comunidade de Meia Légua, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2260/ind_330.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2260/ind_330.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a implantação de calçamento e saneamento básico em frente à Oficina de “Cara Velha”, situada à margem da Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2261/ind_331.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2261/ind_331.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedido para executar a construção de uma praça na comunidade das Malvinas, localizada no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2264/ind_332.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2264/ind_332.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a construção de uma praça na Rua do Rosário (próximo ao PETI), no povoado de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2262/ind_333.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2262/ind_333.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando a implantação de iluminação na travessa do Loteamento São Pedro, localizado no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2265/ind_334.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2265/ind_334.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo que o mesmo solicite à Compesa, com urgência, a troca do cano que faz o abastecimento d”água para a cidade, localizado no Rio Goiana, entre as comunidades do Baldo do Rio e da Impoeira, em Goiana.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2266/ind_335.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2266/ind_335.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, reiterando pedido para a implantação de calçamento na Rua da Igreja Católica (tendo como referência a residência do senhor Armando), na comunidade de Ibeapicú, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2267/ind_336.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2267/ind_336.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de asfalto na Rua do Farol, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2268/ind_337.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2268/ind_337.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, sugerindo a aplicação de asfalto na Rua Engenho Boa Vista, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2269/ind_338.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2269/ind_338.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedido para executar a pavimentação da Travessa da Rua do Meio (localizada ao lado do Clube Cheguei Tarde), no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2270/ind_339.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2270/ind_339.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a realização dos serviços de pavimentação em asfalto no Oitão da Matriz e na Rua do Rosário, se estendendo os serviços até à Praça Alcides Rodrigues de Sena e à Rua Luiz Gomes, no centro de Goiana.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2274/ind_340.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2274/ind_340.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Ofício propondo a disponibilidade de um médico Psiquiatra na Upinha, em Goiana.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2275/ind_341.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2275/ind_341.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando implantar calçamento na comunidade de Ibeapicú, tendo como referência a ladeira onde reside o popular Zé Mago, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2288/ind_342.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2288/ind_342.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município, Senhor Eduardo Honório, Solicitando a Implantação de Asfalto na Rua Martelo Alves, no Distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2276/ind_343.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2276/ind_343.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, sugerindo a aplicação de asfalto na Rua Engenho Gutiúba, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2277/ind_344.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2277/ind_344.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, ratificando pedido para executar a pavimentação na Travessa da Rua da Praia (localizada por trás do Clube Cheguei Tarde), no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2282/ind_345.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2282/ind_345.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando implantar asfalto nas principais ruas da comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2283/ind_346.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2283/ind_346.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, sugerindo que o mesmo solicite ao Governo de Pernambuco, através da Secretaria competente, a construção de um Conjunto Habitacional, que contemple a população das áreas de risco de enchentes, localizadas em Goiana.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2284/ind_347.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2284/ind_347.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, solicitando executar a pavimentação na Rua Gameleira, na Rua Bahia, bem como nas ruas do entorno da UPA Santo Amaro, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2285/ind_348.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2285/ind_348.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando que, por intermédio da Agência Municipal de Meio Ambiente, tomem-se providências cabíveis para realizar devida fiscalização no manguezal que faz limite com o Loteamento Vilar, na praia de Carne de Vaca, em Goiana, em área de 33 metros de extensão, tendo em vista as supostas intervenções e infrações ambientais promovidas por invasores naquele ecossistema.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2286/ind_349.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2286/ind_349.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a construção de um calçadão padronizado na orla marítima da praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando instalar refletores no campo de futebol do Santa Cruz, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a realização de obras de calçamento e implantação de sistema de escoamento de águas pluviais, na 9ª Travessa (do lado esquerdo) da Rua Engenho Cana Brava, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
@@ -5399,230 +5399,230 @@
   <si>
     <t>412</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município solicitando a implantação de calçamento, com a devida drenagem para escoamento das águas pluviais, na 1ª Travessa da Rua Edval Soares, localizada na comunidade de Bela Vista 2, em Goiana.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Eduardo Honório Carneiro</t>
   </si>
   <si>
     <t>Fixa o Salário Mínimo a ser pago a seus servidores, pelo Município de Goiana/PE, a partir de 1º de janeiro de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1834/ple_2_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1834/ple_2_2024.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal – REFIS, e dá outras providências.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1835/ple_3_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1835/ple_3_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de subvenção às agremiações, clubes, blocos, troças e manifestações populares carnavalescas do Município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2278/ple_4_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2278/ple_4_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização e funcionamento do Conselho Municipal de Educação de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1838/ple_5_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1838/ple_5_2024.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei Municipal nº 2.646/2024, que autoriza a concessão de subvenção às agremiações, clubes, blocos, troças e manifestações populares carnavalescas do município de Goiana, e dá outras providências, bem como, substitui os seus anexos I, II e III.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1969/ple_6_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1969/ple_6_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação da Gratificação de Produtividade Fiscal – GPF, revoga a Lei Municipal nº 2.622/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>Reestrutura a Coordenadoria Municipal de Defesa Civil, altera a Lei Municipal nº 2000/06, cria o Sistema Municipal de Proteção e Defesa Civil; o Conselho Municipal de Proteção e Defesa Civil; o Fundo Municipal de Proteção e Defesa Civil; os Núcleos Comunitários de Proteção e Defesa Civil nas Áreas de Risco do Município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1970/ple_10_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1970/ple_10_2024.pdf</t>
   </si>
   <si>
     <t>CRIA A COORDENADORIA ESPECIAL DA PESSOA COM DEFICIÊNCIA, NO ÂMBITO DO MUNICÍPIO DE GOIANA, E. DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2024/ple_12_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2024/ple_12_2024.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal dos Direitos da Mulher de Goiana (CMDMG), e dá outras providências.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2123/ple_13_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2123/ple_13_2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 2.623/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2014/ple_14_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2014/ple_14_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de gratificação por atividade do Ensino Superior a servidores efetivos da Autarquia Municipal do Ensino Superior de Goiana Dr. Clovis Fontenelle Guimarães, e dá outras providências.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1998/ple_15_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1998/ple_15_2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE READEQUAÇÃO DA TABELA DE VENCIMENTOS DA GUARDA CIVIL MUNICIPAL DE GOIANA, E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1999/ple_16_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1999/ple_16_2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ADEQUAÇÃO SALARIAL DOS SERVIDORES PÚBLICOS ATIVOS, INATIVOS E PENSIONISTAS DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO DO MUNICÍPIO DE GOIANA-PE, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2000/ple_17_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2000/ple_17_2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ADEQUAÇÃO SALARIAL DOS PROFESSORES EFETIVOS DO MUNICÍPIO DE GOIANA-PE, E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>Substitui o Anexo I da Lei Municipal nº 2.401/2019, que “Dispõe sobre o quadro de servidores do Município e dá outras providências.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2202/ple_20_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2202/ple_20_2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre abertura de Crédito Adicional Especial no Orçamento do Exercício de 2024 e dá outras providências”.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o Exercício de 2025 e dá outras providências._x000D_
 _x000D_
 Pareceres favoráveis da Comissão de Constituição, Justiça e Redação, publicado em 18 de junho de 2024, e da Comissão de Finanças, Orçamento e Fiscalização, publicado em 02 de julho de 2024.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2217/ple_22_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2217/ple_22_2024.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Chefe do Poder Executivo Municipal a proceder à abertura de Crédito Adicional Suplementar ao Orçamento Geral do Município e dá outras providências”.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2248/ple_23_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2248/ple_23_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do caput do Art. 5º da Lei nº 2.509/2022, que “Dispõe sobre o Auxílio Uniforme para os servidores da Guarda Civil e Agentes de Trânsito do Município de Goiana e dá outras providências”.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2228/ple_24_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2228/ple_24_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de subvenção à Associação da União dos Grupos das Quadrilhas Juninas de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2305/ple_25_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2305/ple_25_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação dos recursos dos precatórios do Fundef, e dá outras providências.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2271/ple_26_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2271/ple_26_2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DESAFETAÇÃO E AUTORIZAÇÃO PARA DOAÇÃO, COM ENCARGOS, DE TERRENO LOCALIZADO NO LOTEAMENTO NORTHVILLE, INCORPORADO AO DOMÍNIO PÚBLICO MUNICIPAL, A SECRETARIA DE PATRIMÔNIO DA UNIÃO, PARA IMPLANTAÇÃO DO CAMPI DO INSTITUTO FEDERAL DE EDUCAÇÃO, CIÊNCIA E TECNOLOGIA DE PERNAMBUCO - IFPE -, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2294/ple_27_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2294/ple_27_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público (Osvaldo Rabelo Filho), a Praça localizada no Loteamento Vilar, em Carne de Vaca, Goiana-PE, e dá outras providências.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público (Praça Maria Luiza da Silva, localizada na Rua Vicência, Vila Mutirão), em Goiana.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público (Praça Ageu Tavares Pessoa, localizada na Rua Mário Rodrigues do Nascimento, no bairro da Boa Vista), em Goiana</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à abertura de Crédito Adicional Suplementar ao Orçamento Geral do Município e dá outras providências.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
@@ -5731,177 +5731,177 @@
     <t>Dispõe sobre a denominação do aparelho público municipal Centro Municipal de Educação Infantil-CMEI - em Atapuz, Goiana/PE, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Escola Municipal (OSVALDO RABELO FILHO), localizada no distrito de Ponta de Pedras, e dá outras providências.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do aparelho publico municipal, Quadra da Escola Municipal Manuel César de Albuquerque em Ponta de Pedras, e dá outras providências.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2002/pll__001_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2002/pll__001_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do Pátio de Eventos da Praça Deputado Osvaldo Rabelo – Pátio Vereador Zilde Barbosa, e dá outras providências.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2015/pll__002_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2015/pll__002_2024.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público (Rua Severino José da Silva – Biu Vietnã), a rua localizada no final do Loteamento Fiteg, no sentido à esquerda, em Goiana.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1840/pll__003_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1840/pll__003_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do Salário Mínimo a ser pago aos Servidores da Câmara Municipal de Goiana, concede reajuste dos vencimentos, salários e proventos, e dá outras providências</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2016/pll__004_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2016/pll__004_2024.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público - Rua Professor Aguinaldo Gomes Marinho -, a rua principal do Loteamento Fiteg, a qual tem início na Avenida Nunes Machado, nesta cidade de Goiana.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2035/pll__006_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2035/pll__006_2024.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do município de Goiana-PE, o “Programa Mãe Empreendedora”, e dá outras providências.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1968/plc_8.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1968/plc_8.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a distribuição de equipamento de proteção contra radiação UV aos servidores públicos que desempenhem funções ao ar livre expostos ao sol no âmbito do Município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2066/pll__009_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2066/pll__009_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do selo de reconhecimento da empresa goianense amiga da mulher e da inclusão da temática contra a violência às mulheres no currículo escolar das unidades públicas e privadas no âmbito do município de Goiana.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>Ficam alterados os Símbolos dos Cargos de provimento efetivo de Auxiliar Legislativo e de Advogado, da Câmara Municipal de Goiana, substitui os Anexos definidores de seus vencimentos, símbolos e quantidades, e dá outras providências.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2057/pj_011.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2057/pj_011.pdf</t>
   </si>
   <si>
     <t>Institui o Espaço da Acessibilidade para portadores de deficiência, como uma Política Pública de Inclusão Social, nos eventos e festividades realizados no âmbito do Município de Goiana.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2058/pj_012.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2058/pj_012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do bem do domínio público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2059/pl_013.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2059/pl_013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Creche Muncipal, e dá outras providências.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2161/pl_14.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2161/pl_14.pdf</t>
   </si>
   <si>
     <t>Institui sobre a disponibilização de cadeiras de rodas de propulsão-própria (manual) para pessoas idosas e com deficiência, nos estabelecimentos comerciais de grande porte e similares, no Município de Goiana.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2203/pl_15.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2203/pl_15.pdf</t>
   </si>
   <si>
     <t>Fica denominada de Rua Ivete Gadelha de Moura, a rua localizada na Vila Zezita, a qual se situa entre a Rua do Tanquinho e a Rua André Vidal de Negreiros (antiga Estrada Nova), em Goiana.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2204/pl_16.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2204/pl_16.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio do Prefeito, do Vice-Prefeito e dos Secretários Municipais de Goiana, para viger a partir de Janeiro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2279/pll__017_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2279/pll__017_2024.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público (Rua Diêgo Rozil), a Rua Projetada 05, localizada ao lado do Senai, no Loteamento Vista Plena, em Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>Substitui o Anexo I e II da Lei nº 2.543/2022, que substituiu os Anexos I e II, da Lei Municipal nº 2.526/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>Torna obrigatória na formação continuada dos professores a inclusão da Prevenção ao Abuso Sexual de crianças e adolescentes Goianenses.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de logradouro público (Rua Vila Zezita), revoga a Lei nº 2.671/2024, e dá outras providências”.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
@@ -5912,234 +5912,234 @@
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>Dispõe sobre a acessibilidade de cadeirantes nas praias do município de Goiana, estado de Pernambuco, e dá outras providências.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Goiana/PE, o tradicional Bloco Arrastão do Sacaninha.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>Dispõe sobre a composição dos cargos da Câmara Municipal de Goiana, e dá outras providências.  _x000D_
 _x000D_
 Pareceres favoráveis da Comissão de Constituição, Justiça e Redação e da Comissão de Finanças, Orçamento e Fiscalização.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2506/projeto_de_lei_25.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2506/projeto_de_lei_25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da comercialização  e do uso de armas de gel (gel blasters), neste Município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2193/pr_002.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2193/pr_002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios dos Vereadores do Município de Goiana - PE, para viger a partir de 1° de Janeiro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2194/projeto_de_resolucao_3_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2194/projeto_de_resolucao_3_2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta o registro e controle de frequência dos servidores no âmbito da Câmara Municipal de Goiana - Pernambuco, e dá outras providências.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>Dispõe sobre o acréscimo do §3º ao art. 9º da Resolução nº 1.661/2024, que “Regulamenta o registro e controle de frequência dos servidores no âmbito da Câmara Municipal de Goiana – Pernambuco, e dá outras providências.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>Dispõe sobre a realização das Sessões Ordinárias da Câmara Municipal de Goiana, e dá outras providências</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1985/projeto_de_decreto_legislativo__001_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1985/projeto_de_decreto_legislativo__001_2024.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária Goianense à Sra. Edilene Peixe de Medeiros e dá outras providências.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Goiana ao Sr. Antônio Silvino da Silveira e dá outras providências.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1916/projeto_de_decreto_legislativo__003_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1916/projeto_de_decreto_legislativo__003_2024.pdf</t>
   </si>
   <si>
     <t>Primeira discussão do projeto de decreto Legislativo N°. 003/2024, de autoria do Vereador Eduardo Batista, que  "Outorga a medalha José Pinto de  Abreu ao Senhor Ademir Cândido da Silva - Grão Mestre Geral do Grande Oriente do Brasil e da outras providências ".</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1967/pdl_5.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1967/pdl_5.pdf</t>
   </si>
   <si>
     <t>Concede Título de cidadão Honorário ao Sr. Cleyton Alves Leandro, e dá outras providências.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2036/projeto_de_decreto_legislativo__006_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2036/projeto_de_decreto_legislativo__006_2024.pdf</t>
   </si>
   <si>
     <t>Confere a Medalha José Pinto de Abreu ao Sr. Eduardo Honório Carneiro (Prefeito do Município de Goiana, Pernambuco) e dá outras providências.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2084/projeto_de_decreto_legislativo__007_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2084/projeto_de_decreto_legislativo__007_2024.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária de Goiana ao Sr. Gilmar José Menezes Serra Júnior e dá outras providências.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2037/projeto_de_decreto_legislativo__008_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2037/projeto_de_decreto_legislativo__008_2024.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Honorária Goianense à Sra. Andrea Perales Albuquerque, e dá outras providências.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2110/pdl_9.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2110/pdl_9.pdf</t>
   </si>
   <si>
     <t>Outorga a Medalha José Pinto de Abreu à Irmã Maria Francisca da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2135/pdl_10.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2135/pdl_10.pdf</t>
   </si>
   <si>
     <t>Outorga a Medalha José Pinto de Abreu à Sra. Maria das Neves da Conceição de Souza Carneiro e dá outras providências.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2136/pdl_11.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2136/pdl_11.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária de Goiana e dá outras providências.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2185/pdl_12.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2185/pdl_12.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária Goianense ao Sr. Luíz Cláudio de Carvalho, e dá outras providências.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2205/pdl_13.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2205/pdl_13.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título de Cidadão Honorário Goianense ao Professor Amaro Lucindo da silva e dá outras providências.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2215/pdl_14.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2215/pdl_14.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário e dá outras providências.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2256/projeto_decreto_legislativo_15.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2256/projeto_decreto_legislativo_15.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária Goiana à Sra. Ana Paula Sousa Santa Rita e dá outras providências.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2280/projeto_de_decreto_legislativo__016_2024.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2280/projeto_de_decreto_legislativo__016_2024.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Honorário de Goiana ao Pastor Josenildo Caetano da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2289/projeto_decreto_legislativo_17.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2289/projeto_decreto_legislativo_17.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário de Goiana ao Sr. José Mendonça Bezerra Filho e dá outras providências.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Honorária de Goiana à Sra. Maria do Socorro Venâncio Silva e dá outras providências.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário de Goiana à Sra. Sandra Linhares de Sá e Melo e dá outras providências</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorária de Goiana à Sra. Maria Emília Marinho Dias e dá outras providências.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
@@ -6584,67 +6584,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1841/requerimento_1_carlos_viegas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1851/requerimento_3_cid_do_caranguejo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1868/requerimento_4_edson_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1855/requerimento_5_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1869/requerimento_6_ana_diamante.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1881/requerimento_11_ana_diamante.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1892/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1894/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1895/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1918/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1919/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2028/req_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2025/req_021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2056/req_022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2061/req_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2082/req_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2083/req_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2111/req_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2112/req_28.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2179/req_30.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2165/requerimento_31_ana_de_marcilio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2167/req_32.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2192/req_33.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2201/req_34.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2206/requerimento_35_alexandre_carvalho.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2207/req_36.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2219/req_37.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2220/req_38.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2221/req_39.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2229/req_40.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2239/req_41.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2240/req_42.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2249/req_43.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2250/req_44.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2273/req_45.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2287/req_46.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2281/req_47.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1842/indicacao_n_1_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1871/indicacao_n_3_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1843/indicacao_n_4_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1857/indicacao_n_5_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1858/indicacao_n_6_2024_carlos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1844/indicacao_n_7_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1859/indicacao_n_8_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1845/indicacao_n_09_2024_ana_marcilio.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1860/indicacao_n_10_2024_ana_marcilio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1846/indicacao_n_11_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1854/indicacao_n_12_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1847/indicacao_n_13_2024_edson_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1861/indicacao_n_14_2024_edson_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1848/indicacao_n_15_2024_pedro_henrique.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1849/indicacao_n_16_2024_mario_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1850/indicacao_n_17_2024_ibson.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1862/indicacao_n_18_2024_ibson.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2003/indicacao_n_19_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1852/indicacao_n_20_2024_bruno-1.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1863/indicacao_n_21_2024_pedro_henrique.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1853/indicacao_n_22_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1864/indicacao_n_23_2024_bruno-1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1865/indicacao_n_24_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1872/indicacao_n_25_2024_pedro_henrique.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1866/indicacao_n_26_2024_mario_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1882/indicacao_n_27_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1873/indicacao_n_28_2024_carlos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1874/indicacao_n_29_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1875/indicacao_n_30_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1876/indicacao_n_31_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1877/indicacao_n_32_2024_mario_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1878/indicacao_n_33_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1879/indicacao_n_34_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1883/indicacao_n_35_2024_alexandre_carvalho.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1884/indicacao_n_36_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1885/indicacao_n_38_2024_ana_marcilio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1897/indicacao_n_39_2024_ana_diamante.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1886/indicacao_n_40_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1887/indicacao_n_41_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1888/indicacao_n_42_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1889/indicacao_n_43_2024_edson_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1890/indicacao_n_44_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1891/indicacao_n_45_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1941/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1898/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1899/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1900/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1901/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1932/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1902/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1933/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1903/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1904/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1905/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1906/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1942/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1907/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1908/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1909/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1910/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1920/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1912/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1913/indicacao_n_67_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1914/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1915/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1921/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1922/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1923/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1934/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1924/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1935/indicacao_n_75_2024_mario_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1925/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1943/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1926/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1955/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1936/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1927/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1928/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1929/indicacao_84.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1930/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1937/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2306/indicacao_n_88_2024_pedro_henrique.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1944/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1938/indicacao_90.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1939/indicacao_91.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1940/indicacao_92.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1945/indicacao_93.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1946/indicacao_94.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1947/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1948/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1949/indicacao_97.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1950/indicacao_98.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1956/indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1951/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1952/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1957/indicacao_n_104_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1958/indicacao_n_105_2024_mario_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1959/indicacao_n_106_2024_carlos.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1960/indicacao_n_107_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1961/indicacao_n_108_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1962/indicacao_n_109_2024_pedro_henrique.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1963/indicacao_n_110_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1964/indicacao_n_111_2024_ibson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1965/indicacao_n_112_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1966/indicacao_n_113_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1986/indicacao_n_114_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1973/indicacao_n_115_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1974/indicacao_n_116_2024_carlos.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1976/indicacao_n_118_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1977/indicacao_n_119_2024_ibson.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1978/indicacao_n_120_2024_mario_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_n_121_2024_pedro_henrique.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao_n_122_2024_ibson.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1980/indicacao_n_123_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1981/indicacao_n_124_2024_ana_diamante.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1988/indicacao_n_125_2024_ana_diamante.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1982/indicacao_n_126_2024_bruno-1.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1983/indicacao_n_127_2024_edson_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1984/indicacao_n_128_2024_ana_marcilio.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1989/indicacao_n_129_2024_mario_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2004/indicacao_n_130_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1990/indicacao_n_131_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1991/indicacao_n_132_2024_carlos.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1992/indicacao_n_133_2024_ana_marcilio.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1993/indicacao_n_134_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1994/indicacao_n_135_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1996/indicacao_n_137_2024_edson_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2017/indicacao_n_138_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2005/indicacao_n_139_2024_carlos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2006/indicacao_n_140_2024_ana_marcilio.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2007/indicacao_n_141_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2008/indicacao_n_142_2024_ibson.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2009/indicacao_n_143_2024_pedro_henrique.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2010/indicacao_n_144_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2011/indicacao_n_145_2024_ana_diamante.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2018/indicacao_n_146_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2012/indicacao_n_147_2024_bruno-1.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2055/ind_148.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2054/ind_149.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2019/ind_150.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2020/ind_151.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2021/ind_152.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2022/ind_153.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2029/ind_154.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2023/ind_155.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2038/ind_156.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2030/indicacao_n_157_2024_edson_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2039/ind_158.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2040/ind_159.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2053/ind_160.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2052/ind_161.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2041/ind_162.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2031/ind_163.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2042/ind_164.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2032/ind_165.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2043/ind_166.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2051/ind_167.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2044/ind_168.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2033/ind_169.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2034/ind_170.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2045/ind_171.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2050/ind_172.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2049/ind_173.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2046/ind_174.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2047/ind_175.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2048/ind_176.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2067/ind_177.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2062/ind_178.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2068/ind_179.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2063/ind_180.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2064/ind_181.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2076/ind_182.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2075/ind_183.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2065/ind_184.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2069/ind_185.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2070/ind_186.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2074/ind_187.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2071/ind_188.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2072/ind_189.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2073/ind_190.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2077/ind_191.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2078/ind_192.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2079/ind_193.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2080/ind_194.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2081/ind_195.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2091/ind_196.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2092/ind_197.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2216/ind_198.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2093/ind_199.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2085/ind_200.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2086/ind_201.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2094/ind_202.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2137/ind_203.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2087/ind_204.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2088/ind_205.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2089/ind_206.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2090/ind_207.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2097/ind_208.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2095/ind_209.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2096/indicacao_n_210_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2098/ind_211.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2122/ind_212.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2099/ind_213.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2101/ind_214.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2102/ind_215.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2103/ind_216.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2104/ind_217.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2113/ind_218.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2105/ind_219.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2106/ind_220.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2107/ind_221.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2108/ind_222.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2109/indicacao_n_223_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2114/ind_224.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2115/ind_225.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2124/ind_226.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2116/ind_227.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2117/ind_228.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2118/ind_229.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2125/ind_230.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2119/ind_231.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2120/ind_232.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2121/ind_233.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2160/ind_234.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2126/ind_235.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2127/ind_236.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2128/ind_237.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2129/ind_238.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2130/ind_239.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2131/ind_240.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2132/ind_241.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2133/ind_242.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2134/ind_243.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2138/ind_244.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2139/ind_245.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2140/ind_246.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2141/ind_247.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2142/ind_248.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2148/ind_249.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2143/ind_250.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2144/ind_251.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2145/ind_252.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2146/ind_253.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2159/ind_254.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2147/ind_255.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2158/ind_256.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2149/ind_257.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2157/ind_258.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2150/ind_259.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2151/ind_260.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2152/ind_261.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2153/ind_262.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2154/ind_263.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2155/ind_264.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2156/ind_265.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2168/ind_266.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2169/indicacao_n_267_2024_carlos.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2170/indicacao_n_268_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2171/indicacao_n_269_2024_ibson.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2166/indicacao_n_270_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2178/indicacao_n_271_2024_renato_sandre.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2184/ind_272.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2172/ind_273.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2183/ind_274.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2173/ind_275.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2174/ind_276.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2175/ind_277.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2182/ind_278.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2181/ind_279.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2180/ind_280.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2176/ind_281.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2177/ind_282.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2186/ind_283.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2187/ind_284.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2188/ind_285.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2189/ind_286.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2190/ind_287.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2195/ind_288.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2196/ind_289.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2197/ind_290.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2198/ind_291.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2199/ind_292.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2200/ind_293.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2191/ind_294.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2208/ind_295.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2209/ind_296.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2210/ind_297.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2211/ind_298.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2212/ind_299.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2213/ind_300.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2214/ind_301.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2222/ind_302.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2223/ind_303.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2224/ind_304.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2225/ind_305.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2226/ind_306.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2227/ind_307.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2230/ind_308.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2231/ind_309.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2232/ind_310.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2233/ind_311.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2234/ind_312.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2235/ind_313.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2236/ind_314.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2241/indicacao_n_315_2024_renato_sandre.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2242/ind_316.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2243/ind_317.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2244/ind_318.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2245/ind_319.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2246/ind_320.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2247/ind_321.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2251/ind_322.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2252/ind_323.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2253/ind_324.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2254/ind_325.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2255/ind_326.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2257/ind_327.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2258/ind_328.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2259/ind_329.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2260/ind_330.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2261/ind_331.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2264/ind_332.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2262/ind_333.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2265/ind_334.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2266/ind_335.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2267/ind_336.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2268/ind_337.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2269/ind_338.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2270/ind_339.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2274/ind_340.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2275/ind_341.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2288/ind_342.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2276/ind_343.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2277/ind_344.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2282/ind_345.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2283/ind_346.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2284/ind_347.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2285/ind_348.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2286/ind_349.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1834/ple_2_2024.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1835/ple_3_2024.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2278/ple_4_2024.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1838/ple_5_2024.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1969/ple_6_2024.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1970/ple_10_2024.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2024/ple_12_2024.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2123/ple_13_2024.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2014/ple_14_2024.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1998/ple_15_2024.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1999/ple_16_2024.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2000/ple_17_2024.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2202/ple_20_2024.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2217/ple_22_2024.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2248/ple_23_2024.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2228/ple_24_2024.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2305/ple_25_2024.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2271/ple_26_2024.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2294/ple_27_2024.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2002/pll__001_2024.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2015/pll__002_2024.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1840/pll__003_2024.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2016/pll__004_2024.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2035/pll__006_2024.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1968/plc_8.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2066/pll__009_2024.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2057/pj_011.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2058/pj_012.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2059/pl_013.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2161/pl_14.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2203/pl_15.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2204/pl_16.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2279/pll__017_2024.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2506/projeto_de_lei_25.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2193/pr_002.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2194/projeto_de_resolucao_3_2024.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1985/projeto_de_decreto_legislativo__001_2024.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1916/projeto_de_decreto_legislativo__003_2024.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1967/pdl_5.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2036/projeto_de_decreto_legislativo__006_2024.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2084/projeto_de_decreto_legislativo__007_2024.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2037/projeto_de_decreto_legislativo__008_2024.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2110/pdl_9.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2135/pdl_10.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2136/pdl_11.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2185/pdl_12.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2205/pdl_13.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2215/pdl_14.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2256/projeto_decreto_legislativo_15.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2280/projeto_de_decreto_legislativo__016_2024.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2289/projeto_decreto_legislativo_17.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1841/requerimento_1_carlos_viegas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1851/requerimento_3_cid_do_caranguejo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1868/requerimento_4_edson_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1855/requerimento_5_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1869/requerimento_6_ana_diamante.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1881/requerimento_11_ana_diamante.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1892/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1894/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1895/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1918/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1919/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2028/req_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2025/req_021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2056/req_022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2061/req_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2082/req_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2083/req_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2111/req_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2112/req_28.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2179/req_30.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2165/requerimento_31_ana_de_marcilio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2167/req_32.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2192/req_33.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2201/req_34.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2206/requerimento_35_alexandre_carvalho.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2207/req_36.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2219/req_37.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2220/req_38.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2221/req_39.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2229/req_40.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2239/req_41.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2240/req_42.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2249/req_43.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2250/req_44.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2273/req_45.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2287/req_46.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2281/req_47.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1842/indicacao_n_1_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1871/indicacao_n_3_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1843/indicacao_n_4_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1857/indicacao_n_5_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1858/indicacao_n_6_2024_carlos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1844/indicacao_n_7_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1859/indicacao_n_8_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1845/indicacao_n_09_2024_ana_marcilio.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1860/indicacao_n_10_2024_ana_marcilio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1846/indicacao_n_11_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1854/indicacao_n_12_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1847/indicacao_n_13_2024_edson_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1861/indicacao_n_14_2024_edson_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1848/indicacao_n_15_2024_pedro_henrique.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1849/indicacao_n_16_2024_mario_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1850/indicacao_n_17_2024_ibson.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1862/indicacao_n_18_2024_ibson.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2003/indicacao_n_19_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1852/indicacao_n_20_2024_bruno-1.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1863/indicacao_n_21_2024_pedro_henrique.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1853/indicacao_n_22_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1864/indicacao_n_23_2024_bruno-1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1865/indicacao_n_24_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1872/indicacao_n_25_2024_pedro_henrique.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1866/indicacao_n_26_2024_mario_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1882/indicacao_n_27_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1873/indicacao_n_28_2024_carlos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1874/indicacao_n_29_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1875/indicacao_n_30_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1876/indicacao_n_31_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1877/indicacao_n_32_2024_mario_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1878/indicacao_n_33_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1879/indicacao_n_34_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1883/indicacao_n_35_2024_alexandre_carvalho.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1884/indicacao_n_36_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1885/indicacao_n_38_2024_ana_marcilio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1897/indicacao_n_39_2024_ana_diamante.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1886/indicacao_n_40_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1887/indicacao_n_41_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1888/indicacao_n_42_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1889/indicacao_n_43_2024_edson_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1890/indicacao_n_44_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1891/indicacao_n_45_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1941/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1898/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1899/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1900/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1901/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1932/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1902/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1933/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1903/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1904/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1905/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1906/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1942/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1907/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1908/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1909/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1910/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1920/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1912/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1913/indicacao_n_67_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1914/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1915/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1921/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1922/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1923/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1934/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1924/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1935/indicacao_n_75_2024_mario_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1925/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1943/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1926/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1955/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1936/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1927/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1928/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1929/indicacao_84.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1930/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1937/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2306/indicacao_n_88_2024_pedro_henrique.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1944/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1938/indicacao_90.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1939/indicacao_91.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1940/indicacao_92.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1945/indicacao_93.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1946/indicacao_94.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1947/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1948/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1949/indicacao_97.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1950/indicacao_98.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1956/indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1951/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1952/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1957/indicacao_n_104_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1958/indicacao_n_105_2024_mario_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1959/indicacao_n_106_2024_carlos.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1960/indicacao_n_107_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1961/indicacao_n_108_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1962/indicacao_n_109_2024_pedro_henrique.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1963/indicacao_n_110_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1964/indicacao_n_111_2024_ibson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1965/indicacao_n_112_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1966/indicacao_n_113_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1986/indicacao_n_114_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1973/indicacao_n_115_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1974/indicacao_n_116_2024_carlos.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1976/indicacao_n_118_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1977/indicacao_n_119_2024_ibson.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1978/indicacao_n_120_2024_mario_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_n_121_2024_pedro_henrique.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao_n_122_2024_ibson.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1980/indicacao_n_123_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1981/indicacao_n_124_2024_ana_diamante.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1988/indicacao_n_125_2024_ana_diamante.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1982/indicacao_n_126_2024_bruno-1.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1983/indicacao_n_127_2024_edson_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1984/indicacao_n_128_2024_ana_marcilio.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1989/indicacao_n_129_2024_mario_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2004/indicacao_n_130_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1990/indicacao_n_131_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1991/indicacao_n_132_2024_carlos.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1992/indicacao_n_133_2024_ana_marcilio.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1993/indicacao_n_134_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1994/indicacao_n_135_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1996/indicacao_n_137_2024_edson_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2017/indicacao_n_138_2024_ramon_aranha.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2005/indicacao_n_139_2024_carlos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2006/indicacao_n_140_2024_ana_marcilio.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2007/indicacao_n_141_2024_cid_do_carangueijo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2008/indicacao_n_142_2024_ibson.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2009/indicacao_n_143_2024_pedro_henrique.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2010/indicacao_n_144_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2011/indicacao_n_145_2024_ana_diamante.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2018/indicacao_n_146_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2012/indicacao_n_147_2024_bruno-1.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2055/ind_148.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2054/ind_149.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2019/ind_150.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2020/ind_151.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2021/ind_152.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2022/ind_153.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2029/ind_154.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2023/ind_155.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2038/ind_156.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2030/indicacao_n_157_2024_edson_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2039/ind_158.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2040/ind_159.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2053/ind_160.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2052/ind_161.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2041/ind_162.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2031/ind_163.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2042/ind_164.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2032/ind_165.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2043/ind_166.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2051/ind_167.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2044/ind_168.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2033/ind_169.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2034/ind_170.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2045/ind_171.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2050/ind_172.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2049/ind_173.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2046/ind_174.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2047/ind_175.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2048/ind_176.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2067/ind_177.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2062/ind_178.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2068/ind_179.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2063/ind_180.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2064/ind_181.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2076/ind_182.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2075/ind_183.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2065/ind_184.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2069/ind_185.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2070/ind_186.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2074/ind_187.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2071/ind_188.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2072/ind_189.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2073/ind_190.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2077/ind_191.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2078/ind_192.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2079/ind_193.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2080/ind_194.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2081/ind_195.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2091/ind_196.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2092/ind_197.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2216/ind_198.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2093/ind_199.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2085/ind_200.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2086/ind_201.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2094/ind_202.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2137/ind_203.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2087/ind_204.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2088/ind_205.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2089/ind_206.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2090/ind_207.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2097/ind_208.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2095/ind_209.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2096/indicacao_n_210_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2098/ind_211.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2122/ind_212.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2099/ind_213.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2101/ind_214.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2102/ind_215.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2103/ind_216.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2104/ind_217.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2113/ind_218.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2105/ind_219.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2106/ind_220.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2107/ind_221.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2108/ind_222.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2109/indicacao_n_223_2024_eduardo_batista.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2114/ind_224.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2115/ind_225.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2124/ind_226.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2116/ind_227.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2117/ind_228.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2118/ind_229.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2125/ind_230.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2119/ind_231.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2120/ind_232.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2121/ind_233.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2160/ind_234.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2126/ind_235.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2127/ind_236.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2128/ind_237.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2129/ind_238.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2130/ind_239.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2131/ind_240.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2132/ind_241.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2133/ind_242.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2134/ind_243.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2138/ind_244.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2139/ind_245.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2140/ind_246.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2141/ind_247.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2142/ind_248.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2148/ind_249.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2143/ind_250.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2144/ind_251.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2145/ind_252.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2146/ind_253.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2159/ind_254.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2147/ind_255.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2158/ind_256.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2149/ind_257.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2157/ind_258.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2150/ind_259.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2151/ind_260.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2152/ind_261.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2153/ind_262.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2154/ind_263.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2155/ind_264.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2156/ind_265.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2168/ind_266.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2169/indicacao_n_267_2024_carlos.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2170/indicacao_n_268_2024_andre_rabico.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2171/indicacao_n_269_2024_ibson.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2166/indicacao_n_270_2024_xande_da_praia.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2178/indicacao_n_271_2024_renato_sandre.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2184/ind_272.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2172/ind_273.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2183/ind_274.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2173/ind_275.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2174/ind_276.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2175/ind_277.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2182/ind_278.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2181/ind_279.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2180/ind_280.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2176/ind_281.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2177/ind_282.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2186/ind_283.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2187/ind_284.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2188/ind_285.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2189/ind_286.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2190/ind_287.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2195/ind_288.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2196/ind_289.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2197/ind_290.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2198/ind_291.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2199/ind_292.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2200/ind_293.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2191/ind_294.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2208/ind_295.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2209/ind_296.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2210/ind_297.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2211/ind_298.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2212/ind_299.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2213/ind_300.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2214/ind_301.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2222/ind_302.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2223/ind_303.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2224/ind_304.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2225/ind_305.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2226/ind_306.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2227/ind_307.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2230/ind_308.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2231/ind_309.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2232/ind_310.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2233/ind_311.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2234/ind_312.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2235/ind_313.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2236/ind_314.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2241/indicacao_n_315_2024_renato_sandre.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2242/ind_316.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2243/ind_317.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2244/ind_318.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2245/ind_319.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2246/ind_320.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2247/ind_321.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2251/ind_322.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2252/ind_323.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2253/ind_324.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2254/ind_325.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2255/ind_326.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2257/ind_327.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2258/ind_328.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2259/ind_329.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2260/ind_330.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2261/ind_331.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2264/ind_332.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2262/ind_333.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2265/ind_334.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2266/ind_335.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2267/ind_336.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2268/ind_337.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2269/ind_338.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2270/ind_339.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2274/ind_340.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2275/ind_341.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2288/ind_342.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2276/ind_343.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2277/ind_344.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2282/ind_345.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2283/ind_346.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2284/ind_347.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2285/ind_348.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2286/ind_349.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1834/ple_2_2024.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1835/ple_3_2024.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2278/ple_4_2024.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1838/ple_5_2024.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1969/ple_6_2024.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1970/ple_10_2024.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2024/ple_12_2024.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2123/ple_13_2024.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2014/ple_14_2024.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1998/ple_15_2024.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1999/ple_16_2024.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2000/ple_17_2024.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2202/ple_20_2024.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2217/ple_22_2024.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2248/ple_23_2024.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2228/ple_24_2024.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2305/ple_25_2024.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2271/ple_26_2024.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2294/ple_27_2024.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2002/pll__001_2024.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2015/pll__002_2024.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1840/pll__003_2024.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2016/pll__004_2024.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2035/pll__006_2024.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1968/plc_8.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2066/pll__009_2024.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2057/pj_011.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2058/pj_012.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2059/pl_013.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2161/pl_14.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2203/pl_15.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2204/pl_16.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2279/pll__017_2024.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2506/projeto_de_lei_25.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2193/pr_002.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2194/projeto_de_resolucao_3_2024.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1985/projeto_de_decreto_legislativo__001_2024.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1916/projeto_de_decreto_legislativo__003_2024.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/1967/pdl_5.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2036/projeto_de_decreto_legislativo__006_2024.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2084/projeto_de_decreto_legislativo__007_2024.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2037/projeto_de_decreto_legislativo__008_2024.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2110/pdl_9.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2135/pdl_10.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2136/pdl_11.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2185/pdl_12.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2205/pdl_13.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2215/pdl_14.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2256/projeto_decreto_legislativo_15.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2280/projeto_de_decreto_legislativo__016_2024.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2024/2289/projeto_decreto_legislativo_17.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H589"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>