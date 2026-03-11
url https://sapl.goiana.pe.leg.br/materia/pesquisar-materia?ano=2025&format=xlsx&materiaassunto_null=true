--- v0 (2026-01-20)
+++ v1 (2026-03-11)
@@ -54,797 +54,797 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Sérgio da SJS</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/</t>
+    <t>http://sapl.goiana.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário e cumpridas as formalidades Regimentais, que sejam tomadas providências cabíveis para realização de uma Audiência Pública, com a finalidade de debater políticas públicas acerca do combate à violência contra a mulher no âmbito do município de Goiana-PE.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Edson da Farmácia</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário e cumpridas as formalidades Regimentais, que seja enviado Ofício ao Diretor Presidente do Departamento de Estradas de Rodagem (DER-PE), Sr. Rivaldo Melo, ratificando pedido de implantação de redutores de velocidade (lombadas) na Rodovia PE-75, no trecho compreendido entre a antiga lombada eletrônica e o trevo de acesso à comunidade de Nova Goiana.</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Ana de Marcílio</t>
   </si>
   <si>
     <t>Requer à Mesa cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, VOTO DE PROFUNDO PESAR. à família enlutada pelo falecimento do senhor BENIGNO ALVES DA CRUZ, aos 75 anos de idade, ocorrido no dia 04 de fevereiro de 2025, na cidade de_x000D_
 Recife- Pe.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Carlos Viegas</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2487/posto_policial_sao_lourenco.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2487/posto_policial_sao_lourenco.docx</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja Oficiado à Exma. Sra. Raquel Lyra, Governadora do Estado de Pernambuco, e ao Exmo. Sr. Secretário Estadual de Defesa Social, Alessandro Carvalho Liberato de Mattos, solicitando providências cabíveis visando a reativação do Posto Policial da Povoação de São Lourenço, comunidade quilombola do município de Goiana.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ramon Aranha</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2513/requerimento_voto_de_aplauso_dr._jean.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2513/requerimento_voto_de_aplauso_dr._jean.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto  de Aplausos ao Delegado da 11ª Delegacia Seccional de Polícia Civil de Goiana, Sr. Jean Rockfeller., em reconhecimento ao valoroso trabalho realizado nas festividades do Verão Goiana 2025, no tocante à efetiva segurança ostensiva promovida em todo o litoral goianense.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>André Rabicó</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2532/requerimento_valdir_jose.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2532/requerimento_valdir_jose.docx</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja formulado Apelo ao Prefeito do Município de Goiana, em exercício, Sr. Luiz Eduardo Sousa dos Santos, solicitando que envie a esta Casa Legislativa, conforme prevê a Lei da Transparência, os seguintes documentos:_x000D_
 _x000D_
 Cópias de Notas de Empenhos e do Contrato do Grupo Pagodear RJ, que se apresentou no Fest Verão/ 2025.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2543/delegacia_de_pdp.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2543/delegacia_de_pdp.docx</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Expediente à Exma. Sra. Raquel Lyra, Governadora do Estado de Pernambuco, bem como ao Sr. Alessandro Carvalho Liberato de Mattos, Secretário de Defesa Social de Pernambuco, solicitando que sejam envidados esforços práticos no sentido de instalar, com a maior brevidade possível, a Delegacia de Polícia Civil do distrito de Ponta de Pedras, litoral do município de Goiana, visando promover para a população daquele distrito maior segurança que, como toda a população pernambucana, é atingida diretamente com os altos índices de violência contra a segurança pública.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2564/requerimento_lombadas_na_rodovia_pe75-_pe-62_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2564/requerimento_lombadas_na_rodovia_pe75-_pe-62_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício ao Diretor Presidente do Departamento de Estradas de Rodagem de Pernambuco (DER-PE), Sr. Rivaldo Rodrigues de Melo Filho, solicitando a realização de estudos técnicos e operacionais nas rodovias estaduais PE-62 e PE-75, no trecho que atravessa o município de Goiana-PE, com o objetivo de avaliar as condições estruturais, de tráfego e de segurança viária.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2592/voto_de_pesar_req.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2592/voto_de_pesar_req.docx</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Profundo Pesar pelo falecimento da Senhora Luci Soares de Almeida, aos 82 anos de idade, ocorrido no dia 21 de abril de 2025, em Recife/PE.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Dr. Wagner Monteiro</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2597/construcao_de_hemocentro.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2597/construcao_de_hemocentro.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício à Secretária de Saúde do Estado de Pernambuco (SES), Sra. Zilda do Rego Cavalcanti, solicitando a construção de um Hemocentro no município de Goiana-PE, com o objetivo de ampliar o acesso da população aos serviços de doação, coleta, armazenamento e distribuição de sangue e seus derivados.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2625/requerimento_voto_de_aplauso_guarda_municipal.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2625/requerimento_voto_de_aplauso_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignada na Ata dos Trabalhos desta Casa Legislativa, ´´Voto de Aplausos´´ aos senhores Andson Luiz Gomes da Silva, Edilson de Oliveira Vicente Junior e Marcelo Horácio, Guardas Municipais de Goiana, pelo brilhante trabalho prestado ao nosso Município.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2630/requerimento_posto_policial.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2630/requerimento_posto_policial.docx</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta casa, que seja enviado Expediente à Governadora do Estado de Pernambuco , Sra. Raquel Lyra, solicitando construir um Posto Policial no Jardim Eldorado (Gambá), em Goiana.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>André Rabicó, Dr. Wagner Monteiro</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2637/cozinhas_comunitarias.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2637/cozinhas_comunitarias.docx</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Expediente à Governadora do Estado de Pernambuco, Sra. Raquel Lyra, solicitando implantar duas Cozinhas Comunitárias (uma no distrito de Tejucupapo e outra na comunidade de São Lourenço), em Goiana PE.</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2659/requerimento_cursos_profissionalizantes_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2659/requerimento_cursos_profissionalizantes_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício ao Governo do Estado de Pernambuco, representado pela governadora Raquel Lyra, ratificando pedido para a inclusão de cursos voltados para os polos automobilístico, vidreiro e farmoquímico nas unidades das escolas técnicas de Goiana.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2685/voto_de_aplausos_stellantis.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2685/voto_de_aplausos_stellantis.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado nos trabalhos desta Casa Legislativa um Voto de Aplausos ao Polo Automotivo Stellantis de Goiana por seus 10 anos de operação na cidade, sendo motivo de orgulho e referência a justa homenagem desta Câmara, para este conceituado grupo industrial e empresarial, instalado no Município.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2692/requerimento_-_der_estrada_de_atapuz.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2692/requerimento_-_der_estrada_de_atapuz.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício ao Departamento de Estradas de Rodagem de Pernambuco – DER-PE, na pessoa do Diretor-Presidente, Sr. Rivaldo Rodrigues de Melo Filho, solicitando a realização de serviços de manutenção da estrada que liga a Rodovia PE-49 à comunidade de Atapuz, no município de Goiana, bem como a devida iluminação do trevo de acesso à referida via e a completa sinalização de todo o trecho mencionado.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2706/requerimento_voto_de_aplauso_laercio_santos_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2706/requerimento_voto_de_aplauso_laercio_santos_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa "Voto de Aplausos" ao Sr. Laércio Santos, pelos relevantes serviços prestados à comunicação e à promoção do turismo e da hospitalidade em nosso Estado.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2722/requerimento_-__ampliacao_da_estrutura_e_do_efetivo_do_posto_policial_existente_no_distrito_de_tejucupapo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2722/requerimento_-__ampliacao_da_estrutura_e_do_efetivo_do_posto_policial_existente_no_distrito_de_tejucupapo.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício à Secretaria de Defesa Social de Pernambuco – SDS-PE, na pessoa do Secretário, Sr. Alessandro Carvalho Liberato de Mattos, solicitando a ampliação da estrutura física e do efetivo do posto policial existente no distrito de Tejucupapo, no município de Goiana.</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2728/requerimento_libras_assinado_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2728/requerimento_libras_assinado_1.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que sejam adotadas medidas para que todas as transmissões ao vivo das sessões legislativas realizadas pelo canal oficial da Câmara no YouTube passem a contar com intérprete da Língua Brasileira de Sinais (Libras).</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Ana Diamante</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2746/requerimento_cozinha_comunitaria.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2746/requerimento_cozinha_comunitaria.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado Ofício ao Governo do Estado, representado pela governadora Raquel Lyra, solicitando a implantação de uma Cozinha Comunitária na sede do município de Goiana.</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Pedro Henrique</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2770/indicacao_ph_voto_de_aplausos_tony.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2770/indicacao_ph_voto_de_aplausos_tony.docx</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um “Voto de Aplausos” para o Sr. Tony Ramos Florêncio de Lima, em reconhecimento aos relevantes serviços prestados quando esteve à frente da Secretaria Municipal de Esporte e Juventude de Goiana.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2771/requerimento_voto_de_aplauso_atletico_goiana.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2771/requerimento_voto_de_aplauso_atletico_goiana.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, ´´Voto de Aplausos´´ ao Atlético Clube Goiana, que sagrou-se Vice-Campeão da Copa Pernambuco de Futsal Masculino, na categoria Sub-17, no último dia 28 de junho, na cidade do Recife.</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2772/requerimento_voto_de_aplauso_handebol.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2772/requerimento_voto_de_aplauso_handebol.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, ´´Voto de Aplausos´´ ao time masculino de Handebol, Categoria Sub-17, da Escola Santa Emília de Rodat, pela conquista do 3º Lugar nos Jogos Escolares de Pernambuco-JEP's,  entre os dias 04/07 a 10/07 deste ano, na cidade do Recife.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Requer à Mesa depois de ouvido o Plenário em sua forma regimental, que seja consignada na ATA dos trabalhos desta Casa Legislativa, ´´VOTO DE APLAUSOS´´, A VILA TEIXEIRINHA, pelo reconhecimento alcançado nas redes sociais, alcançando a marca de 500 MIL SEGUIDORES NA PLATAFORMA KWAI._x000D_
 Dá decisão da Casa, dê-se ciência ao homenageado.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2835/docutain_07_08_2025_13-21.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2835/docutain_07_08_2025_13-21.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignada na Ata dos Trabalhos desta Casa Legislativa, a realização de Sessão Solene para que seja concedido "Voto de Aplausos" ao Excelentíssimo Senhor Vereador Alexandre Carvalho, em reconhecimento dos relevantes serviços prestados ao nosso Município quando esteve à frente da Secretaria de Turismo e Desenvolvimento Cultural de Goiana.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2837/requerimento_animal..docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2837/requerimento_animal..docx</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja encaminhado Ofício à Governadora de Pernambuco, Sra. Raquel Lyra, solicitando a criação e implantação de uma delegacia especializada na proteção animal e no combate aos crimes contra animais, tendo em vista a necessidade do órgão no município de Goiana, nos termos das Leis Federais 9.605/98 e 14.064/20 (Lei Sansão).</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2859/requerimento_-_praca_gonzaga.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2859/requerimento_-_praca_gonzaga.docx</t>
   </si>
   <si>
     <t>Requer à Mesa, no uso de suas atribuições legais e regimentais, após ouvido o Plenário, que seja encaminhado ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, o presente pedido para que a nova praça localizada em frente à UPA Santo Amaro, no distrito de Ponta de Pedras, Goiana/PE, passe a denominar-se Praça Manoel Gonzaga de Lemos, em homenagem póstuma a este ilustre cidadão goianense.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Thiago Viana</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2860/requerimento_prestacao_de_contas_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2860/requerimento_prestacao_de_contas_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, no uso de suas atribuições legais e regimentais, após ouvido o Plenário, que dentro do prazo regimental, INFORME, preferencialmente por mídia eletrônica, e preste esclarecimentos a respeito de alguns itens.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2865/voto_de_profundo_pesar_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2865/voto_de_profundo_pesar_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Profundo Pesar pelo falecimento da Senhora Rosa Maria tavares Lins, ex-professora estadual em Goiana, ocorrido no último dia 14 de agosto, no que destacamos sua dedicação à educação e o relevante legado deixado à comunidade escolar e à sociedade goianense.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2893/requerimento_voto_de_aplausos_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2893/requerimento_voto_de_aplausos_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos aos alunos da equipe masculina de futsal da Escola Ciranda de Letras, campeões dos Jogos Escolares de Pernambuco – JEPS 2025, categoria de 12 a 14 anos, que irão representar Goiana nos Jogos Escolares Brasileiros em Uberlândia-MG.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2894/requerimento_-_poda_pe49.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2894/requerimento_-_poda_pe49.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício ao Departamento de Estradas de Rodagem de Pernambuco – DER-PE, na pessoa do Diretor-Presidente Sr. Rivaldo Rodrigues de Melo Filho, solicitando a realização de serviços de podação e manutenção preventiva das árvores localizadas às margens da Rodovia PE-49, em Goiana, em especial no trecho do km 6, tendo em vista as recorrentes quedas de árvores que vêm ocasionando acidentes e colocando em risco a vida dos condutores e pedestres.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2914/voto_de_aplausos_canide_ass.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2914/voto_de_aplausos_canide_ass.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa um “ Voto de Aplausos” à agremiação de Caboclinhos Canindé de Goiana, por sua representatividade municipal e estadual no 61º Festival de Folclore de Olímpia-SP (FEFOL 2025), ocorrido no período de 02 a 10 de agosto do corrente ano.</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Alexandre Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2952/voto_de_aplausos_-_robby.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2952/voto_de_aplausos_-_robby.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao Sr. Robson Demétrio (Robby), em reconhecimento ao seu talento, carisma e dedicação como cantor, o que tem levado o nome da cidade de Goiana com orgulho para todo o Brasil.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Eduardo Batista</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa legislativa, um Voto de Profundo Pesar pelo falecimento da Senhora Edjanete  Maria Valença da Silveira, Professora, ex-Vice-Prefeita e ex-Secretária de Educação de Goiana, ocorrido no último dia 15 de setembro, no Memorial Hospital de Goiana, na cidade de Goiana, estado de Pernambuco.</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2971/requerimento_voto_de_aplausos_curica_177_anos_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2971/requerimento_voto_de_aplausos_curica_177_anos_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa um Voto de Aplausos à Banda Musical Curica, pela passagem dos seus 177 anos de fundação, ocorrida no último dia 08 de setembro do corrente ano.</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2986/requerimento_alepe_cuida_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2986/requerimento_alepe_cuida_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício ao Deputado Estadual Joaquim Lira, solicitando a apresentação de propositura e/ou outras providências cabíveis visando a inclusão do município de Goiana, localizado na Zona da Mata Norte, no Programa Alepe Cuida (preferencialmente, se possível, ainda no segundo semestre do ano de 2025), iniciativa da Assembleia do Estado de Pernambuco que tem levado serviços de saúde, bem-estar e cidadania para as cidades do interior e da Região Metropolitana.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Ana Braçoforte</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2991/requerimento_audiencia_incentivos.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2991/requerimento_audiencia_incentivos.docx</t>
   </si>
   <si>
     <t>Requer à Mesa, que sejam tomadas providências cabíveis para a realização de uma Audiência Pública visando debater acerca de incentivos fiscais para as empresas do polo econômico de Goiana.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2994/requerimento_lombandas_pe49_ass.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2994/requerimento_lombandas_pe49_ass.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja Oficiado ao Departamento de Estradas de Rodagem de Pernambuco (DER), solicitando a implantação de lombada física defronte à creche a ser inaugurada na comunidade de São Lourenço, às margens da Rodovia PE-49, em Goiana.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2999/img20250925_10420045.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2999/img20250925_10420045.pdf</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento da Dra. Patrícia Sousa Nascimento.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3003/voto_de_profundo_pesar__eunice_veloso_da_cunha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3003/voto_de_profundo_pesar__eunice_veloso_da_cunha.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Profundo Pesar pelo falecimento da senhora Edileuza Barbosa Veloso, servidora pública municipal de Goiana, ocorrido no último dia 25 de setembro de 2025, na cidade de Goiana-PE.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3011/audiencia_publica.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3011/audiencia_publica.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja Oficiado ao Presidente desta Casa, Sr. Eduardo Batista, solicitando que sejam tomadas as providências necessárias para a realização de uma Audiência Pública, com o objetivo de tratar dos impactos financeiros da reforma tributária.</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3014/ricardo_roque_baracho_-_voto_de_profundo_pesar.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3014/ricardo_roque_baracho_-_voto_de_profundo_pesar.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legsialtiva, um Voto de Profundo Pesar pelo falecimento do Sr.  Ricardo Roque Baracho, ocorrido no último dia 30 de setembro de 2025, na cidade do Teresina, estado do Piauí.</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3021/requerimento_-__carreta_da_mulher_pernambucana.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3021/requerimento_-__carreta_da_mulher_pernambucana.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício à Secretaria Estadual de Saúde de Pernambuco – SES-PE, na pessoa da Secretária Sra. Zilda Cavalcanti, solicitando a inclusão do município de Goiana e de seus distritos no cronograma de atendimentos da Carreta da Mulher Pernambucana.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Ana Diamante, Andre do Forro dos Errados</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3030/regularizacao_fundiaria_no_municipio.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3030/regularizacao_fundiaria_no_municipio.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício ao Exmo. Sr. Deputado Estadual Antônio de Moraes Andrade Neto, solicitando que, em conjunto com o Governo do Estado, sejam adotadas as medidas necessárias para viabilizar a regularização fundiária no município de Goiana, ressaltando-se que diversos loteamentos, como Castelo Branco, Bela Vista I e II, Bom Tempo, Mutirão, entre outros, ainda não foram devidamente legalizados perante o registro público, o que reflete na existência de inúmeros terrenos irregulares, loteamentos e assentamentos ocupados e doados sem a devida regularização fundiária.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3113/requerimento_food_park.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3113/requerimento_food_park.docx</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja encaminhado Ofício à Governadora do Estado de Pernambuco, Srª. Raquel Lyra, visando permitir ao município de Goiana a implantação de um food park no terreno de propriedade do Estado, localizado em frente à Praça Laura Nogueira, na Vila Castelo Branco.</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3119/voto_de_aplausos_maestro_pingo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3119/voto_de_aplausos_maestro_pingo.docx</t>
   </si>
   <si>
     <t>Requeiro à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao Sr. Ítalo Manoel Alcântara Pinheiro, popularmente conhecido por “Pingo”, Maestro da Banda Marcial da Associação Cultural de Ponta de Pedras (A.C.P.P.), em reconhecimento aos relevantes serviços prestados que fortalecem a educação musical e valorizam a cultura local, dirigindo e coordenando grupos musicais em nosso Município e até em outros estados do Brasil.</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3120/patio_de_provas.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3120/patio_de_provas.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja enviado ofício ao Governo do Estado de Pernambuco, na pessoa da Exma. Sra. Governadora Raquel Teixeira Lyra Lucena, solicitando a implantação do Pátio de Provas Práticas de Direção Veicular do Departamento Estadual de Trânsito de Pernambuco – DETRAN-PE, no município de Goiana.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3123/voto_de_aplausos.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3123/voto_de_aplausos.docx</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando enviar a esse Vereador, conforme prevê a Lei da Transparência, informações acerca de todas as despesas e cópias de contratos da Secretaria de Esportes do período compreendido entre o dia 01 de janeiro a 30 de julho do corrente.</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3124/voto_de_aplausos.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3124/voto_de_aplausos.docx</t>
   </si>
   <si>
     <t>Requer á Mesa, após ouvido o Plenário em sua forma regimental, apelo ao Exmo. Sr. Prefeito do Município, que seja enviado a esse Vereador conforme prevê a Lei da Transparência._x000D_
 Secretaria de Saúde, todas as despesas do dia 01 de Janeiro há 30 de julho do corrente ano, e cópias de pagamentos, consertos e reparos do Raio X da Upinha de Goiana.( Osvaldo rabelo Filho), da mesma acima citada.</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3137/requerimento_n.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3137/requerimento_n.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a apresentação, em tempo hábil, de cópia integral do processo administrativo que deu origem ao Projeto de Lei nº 040/2025, de autoria do Poder Executivo, que altera o Plano Diretor de Desenvolvimento Urbano de Goiana, modificando o zoneamento das macrozonas MZ-1 e MZ-2 e criando a Zona de Urbanização Preferencial 4 (ZUP-4). Solicita ainda comprovação da realização de audiência pública, parecer técnico-urbanístico e ambiental com ART/RRT, estudo de impacto ambiental ou de vizinhança, parecer jurídico sobre a natureza legislativa da proposição e anexos originais em alta resolução, requerendo a suspensão da tramitação do referido projeto até o atendimento integral das informações, a fim de prevenir nulidades legislativas e assegurar o cumprimento dos princípios da publicidade, transparência e participação popular previstos no Estatuto da Cidade.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3156/requerimento_-_compesa_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3156/requerimento_-_compesa_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja encaminhado Ofício ao Governo do Estado de Pernambuco, solicitando providências urgentes quanto à grave falta de água enfrentada pela população do centro da cidade de Goiana, de forma ainda mais crítica nas comunidades de Vila Mutirão, Nova Goiana e Flexeiras.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3167/voto_de_aplauso_aranha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3167/voto_de_aplauso_aranha.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao Sr. Sérgio Aranha da Silva, em reconhecimento ao empreendedorismo, dedicação e relevante contribuição à cultura e ao entretenimento na cidade de Goiana e em toda a região.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3168/requerimento_voto_de_aplausos_saboeira_176_anos_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3168/requerimento_voto_de_aplausos_saboeira_176_anos_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à Banda Musical Saboeira, pela passagem dos seus 176 anos de fundação, ocorrido neste dia 27 de novembro de 2025, que muito nos orgulha ao longo desse tempo despertando em todos o gosto pela música e desenvolvendo o conhecimento musical juntamente com atividades de formação cidadã e humanista.</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Zildinho Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3169/voto_de_aplausos_igreja_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3169/voto_de_aplausos_igreja_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja inserido na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à Igreja Presbiteriana de Goiana pelos seus 145 anos de fundação no Município.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3177/voto_de_aplausos_-_leao_xiii.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3177/voto_de_aplausos_-_leao_xiii.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à equipe Sub-8 de Futsal do Leão XIII Futebol Clube, que, com determinação, disciplina e compromisso, alcançou um feito inédito para o clube e para o município de Goiana: a classificação para a grande final do Campeonato Pernambucano de Futsal Sub-8 2025.</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3178/requerimento_tribuna_popular.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3178/requerimento_tribuna_popular.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja instituída a criação da Tribuna Popular, instrumento de participação direta da população nas sessões legislativas, no âmbito da Câmara Municipal de Goiana.</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3187/voto_de_aplausos_-_grupo_teatral_vivencias.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3187/voto_de_aplausos_-_grupo_teatral_vivencias.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos ao Grupo Teatral Vivências, em reconhecimento ao talento, carisma e dedicação com que tem representado a cidade de Goiana, levando sua arte a diversos municípios pernambucanos e a estados vizinhos, fortalecendo a cultura local e enaltecendo o nome do Município por meio de suas destacadas apresentações.</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3194/requerimento_lombadas_carrapicho_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3194/requerimento_lombadas_carrapicho_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, após ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado um Ofício ao Diretor Presidente do Departamento de Estradas de Rodagem de Pernambuco (DER-PE), Sr. André de Souza Fonseca, solicitando analisar a possibilidade de implantação de dois redutores de velocidade (lombadas físicas) na Rodovia PE-49, num trecho compreendido antes e depois do trevo de acesso à comunidade de Carrapicho (entrada da Ilha de Itapessoca), no município de Goiana.</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3202/requerimento_reestruturacao_sitio_historico_pronto.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3202/requerimento_reestruturacao_sitio_historico_pronto.docx</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja encaminhado Ofício ao Superintendente do Instituto do Patrimônio Histórico e Artístico Nacional (IPHAN) em Pernambuco, Sr. Frederico de Vasconcelos Brennand, e à Presidente da Fundação do Patrimônio Histórico e Artístico de Pernambuco (FUNDARPE), Sra. Renata Duarte Borba, solicitando a adoção de medidas efetivas para a reestruturação/preservação do sítio histórico urbano de Goiana.</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3219/requerimento_campus_upe.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3219/requerimento_campus_upe.docx</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja encaminhado Ofício à Excelentíssima Senhora Governadora de Pernambuco, Sra. Raquel Lyra, bem como à Magnífica Reitora, Profª. Maria do Socorro de Mendonça Cavalcanti, solicitando analisar a possibilidade de implantação de um campus da Universidade de Pernambuco (UPE), em Goiana.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando que veja a possibilidade de construir uma Creche no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
     <t>Mário do Peixe</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício propondo a implantação de asfalto na Rua do Rio, em Goiana.</t>
   </si>
@@ -989,6538 +989,6538 @@
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Excelentíssimo Sr. Prefeito do Município, Senhor Luiz Eduardo Sousa dos Santos, para que, em sintonia com a Secretaria competente, veja a possibilidade de construir uma creche no Sítio Gambá, em Goiana-PE.</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício solicitando a ampliação da Unidade Básica de Saúde (UBS) da praia de Carne de Vaca, bem como do horário de atendimento das 07h para as 19h.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a instalação de lombadas em pontos estratégicos da artéria conhecida como Estrada Velha do Condado, localizada na Nova Goiana.</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando que veja a possibilidade de construir uma Academia da Saúde, na Bica do Araçá, localizada no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2458/indicacao_27.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2458/indicacao_27.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício propondo a implantação de asfalto na rua principal da comunidade da Impoeira, em Goiana.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2459/indicacao_28.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2459/indicacao_28.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando que sejam disponibilizadas cadeiras de rodas para todas as escolas municipais de Goiana, a fim de atender casos emergenciais.</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, ratificando pedido de reforma da Praça João Bandeira de Souza, na comunidade de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a construção de um Centro Esportivo em Goiana.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando que veja a possibilidade de executar os serviços de calçamento nas principais ruas do distrito de Tejucupapo: Rua do Céu, Vila Teimosa, Loteamento Arizona, Picuta (tendo como ponto de referência a residência do Sr. Roberto do Brega), Chã de Alegria, Melões (tendo como ponto de referência a residência do Sr. Ronaldo Tocha), Melões (tendo como referência a residência do Sr. Presbítero Vilmar) e Ibeapicú (tendo como referência a residência a Colônia de Pescadores), em Goiana.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a construção de uma Praça, com um espaço de lazer, na comunidade de Bela Vista II, em Goiana.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2485/indicacao_33.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2485/indicacao_33.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Oficio ao Prefeito do Município, Senhor Luís Eduardo Sousa dos Santos, ratificando pedido para a ASFALTAMENTO DE PONTA DE PEDRAS A BARRA DE CATUAMA, DISTRITO DE PONTA DE PEDRAS, em GOIANA.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando que envie a esta Casa Legislativa um Projeto de Lei para desapropriação e doação de terrenos para pessoas que não tenham casa própria em Goiana.</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício solicitando a instalação de uma subestação elétrica na Unidade Mista de Saúde do distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício solicitando a implantação de calçamento com saneamento na continuação da Rua Deputado Osvaldo Rabelo até a Trav. Cana Brava, esquina com o Millenium Recepções, passando em frente ao Espaço Sedução, na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2474/indicacao_37.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2474/indicacao_37.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa, nos termos legais e regimentais, que seja encaminhado ao Prefeito do Município, Senhor Luiz Eduardo Sousa dos Santos, Ofício para a CONSTRUÇÃO DE UMA PRAÇA VOLTADA AO LAZER E SAÚDE NA COMUNIDADE DA RUA DO CÉU EM TEJUCUPAPO.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2475/indicacao_38.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2475/indicacao_38.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município, Senhor LUIZ EDUARDO SOUSA DOS SANTOS, solicitando, por intermédio da Secretaria de Urbanismo Obras e Patrimônio ou do órgão competente, a terraplanagem do acesso ao Engenho Diamante, segunda entrada após a Klabin, estrada próximo ao ''sítio de Isac, em Goiana.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2476/indicacao_39.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2476/indicacao_39.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário e cumprindo às formalidades regimentais, que seja formulado Apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Batista, solicitando providências cabíveis, junto aos órgãos competentes, ratificando o pedido que seja desapropriado um terreno e construído em CARNE DE VACA um novo cemitério, pois o mesmo que hoje é utilizado não suporta mais pela superlotação de túmulos, ficando sem es para o sepultamento.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2477/indicacao_40.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2477/indicacao_40.pdf</t>
   </si>
   <si>
     <t>CARLOS VIÉGAS JÚNIOR, Vereador com assento nesta Casa, indico à Mesa, após ouvido o Plenário e cumprida as formalidades regimentais, seja oficiado ao Exmo. Sr. Eduardo Batista, Prefeito Interino do Município de Goiana, no sentido que sejam adotadas as providências cabíveis, para CONSTRUÇÃO DE UM POLO DE EVENTOS, neste Município.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2499/ind_41.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2499/ind_41.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, que seja encaminhado ao Prefeito deste Município, Senhor Eduardo Batista, Ofício propondo o envio de um Projeto de Lei, a esta Casa Legislativa, versando sobre o perdão de multas e juros, em 100%, dos contribuintes inadimplentes de IPTU e Alvará de Funcionamento, assim como, também, 40% de desconto no valor do pagamento à vista e 30% no parcelamento em até 12 vezes, em Goiana.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2478/indicacao_42.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2478/indicacao_42.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa que, consultando o Plenário e cumpridas as formalidades regimentais, que seja formulado Apelo ao Excelentíssimo Sr. Prefeito do Município, Senhor Luiz Eduardo Sousa dos Santos, para que, em sintonia com a Secretaria competente, veja a possibilidade de construir uma praça no Sítio Gambá, em Goiana-PE.</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2479/indicacao_43.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2479/indicacao_43.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município, Senhor Eduardo Batista, solicitando, por intermédio da Secretaria de Urbanismo, Obras e Patrimônio Arquitetônico ou do órgão competente veja a construção de uma pracinha da Comunidade da Povoação de São Lourenço, distrito de Tejucupapo. O referido espaço fica localizado próximo à entrada principal, na PE 49 e entre as Ruas Sucupira e Altinho.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2500/ind_44.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2500/ind_44.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, que seja formulado Apelo ao Prefeito do Município, Senhor Luiz Eduardo Sousa dos Santos, solicitando desapropriação para construção de uma Praça, na Rua da Independência, na Portelinha, em Goiana.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2480/indicacao_45.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2480/indicacao_45.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa ouvido o Plenário e cumpridas as formalidades regimentais, seja formulado apelo ao Excelentíssimo Sr. Prefeito do Município Senhor Luiz Eduardo Sousa dos Santos, que o mesmo envie ao Poder Legislativo, um Projeto de Lei, para desapropriar as terras da Fazenda Megaó, onde é realizado o "Teatro das Heroínas" no Distrito de Tejucupapo, esse Teatro é um patrimônio de nossa cidade.</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2481/indicacao_46.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2481/indicacao_46.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado ao Prefeito deste Município, Senhor Luiz Eduardo Souza dos Santos, pedido para que, por intermédio da Secretaria de Urbanismo, Obras e Patrimônio Arquitetônico, veja a urgente necessidade da IMPLANTAÇÃO DE PAVIMENTAÇÃO EM ASFALTO NO LOTEAMENTO NOSSA SENHORA DA CONCEIÇÃO, em Goiana</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2501/ind_47.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2501/ind_47.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, após ouvido o Plenário desta Casa, nos termos legais e regimentais, que seja encaminhado ao Prefeito do Município, Senhor Luiz Eduardo Sousa dos Santos, Ofício solicitando a criação de um plano emergencial para zerar a fila de espera por consultas e exames na Rede Municipal de Saúde.</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2482/indicacao_48.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2482/indicacao_48.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município, Senhor Luiz Eduardo Sousa dos Santos, solicitando a reforma e revitalização do antigo edifício do Fórum da Comarca de Goiana, situado na Praça da Bandeira, no centro de Goiana.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2502/ind_49.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2502/ind_49.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa,  que seja encaminhado Ofício ao Prefeito do Município, Senhor Luiz Eduardo Sousa dos Santos, solicitando calçamento com saneamento no acesso ao Engenho Mussumbu, saindo da Rodovia PE-062 até àquela localidade em Goiana.</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>Paula Brito</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2483/indicacao_50.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2483/indicacao_50.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município, Senhor Luiz Eduardo Sousa dos Santos, solicitando a instalação de um Posto de Lotação para Guarda-Vidas e Equipe do SAMU nas Praias de Ponta de Pedras, Carne de Vaca, Barra de Catuama, Catuama e Atapuz, com o objetivo de ampliar a segurança e a assistência à população e turistas que frequentam aquela localidade.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2484/indicacao_51.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2484/indicacao_51.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, consultado o Plenário desta Casa Legislativa, nos termos legais e regimentais, seja encaminhado Ofício ao Excelentíssimo Sr. Prefeito do Município de Goiana, Luiz Eduardo Sousa dos Santos, solicitando que seja enviado a esta Casa Legislativa um Projeto de Lei que institua o Programa "Goiana Digital", com o objetivo de modernizar a infraestrutura administrativa do Município, por meio da informatização dos serviços públicos e da criação de iniciativas voltadas a inclusão digital da população, inclusive, desenvolvimento estudantil através de aulas adicionais e complementares a grade curricular, com a possibilidade de pagamento de bolsas aos alunos participantes do Programa, visando a um maior engajamento dos estudantes da rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_ph_eletivas_-_ok.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_ph_eletivas_-_ok.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando realizar cirurgias eletivas, tais como: vesícula, hérnias, fimose, vasectomia e laqueadura, na sede, e no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2496/indicacao_-_n_053.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2496/indicacao_-_n_053.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Oficio ao Prefeito do Município, Senhor Luiz Eduardo Sousa dos Santos, solicitando a instalação de um Centro Comunitário da Paz (Compaz), com o objetivo de ampliar a segurança e a assistência à população e turistas que frequentam Goiana.</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos,  solicitando viabilizar a implantação de uma rotatória no largo que fica por trás do Colégio da Sagrada Família e ao lado da Escola Marie Arméllie Falguières.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2494/s22c-6e25031017410.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2494/s22c-6e25031017410.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Excelentíssimo Sr. Prefeito do Município, Eduardo Batista,  ratificando pedido visando desapropriar um terreno e construir um novo cemitério no distrito de Tejucupapo, pois o mesmo que hoje é utilizado não suporta mais pela superlotação de túmulos, ficando sem espaço para sepultamento.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2493/s22c-6e25031017411.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2493/s22c-6e25031017411.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Exmo. Sr. Luiz Eduardo Sousa dos Santos, Prefeito Municipal, solicitando que, em caráter de urgência, veja a possibilidade de realizar a desapropriação do terreno onde está localizado o Loteamento Nova Esperança, por trás da Katita Auto Elétrica, e posteriormente efetuar a entrega do título de posse a todos os moradores daquela comunidade, em Goiana.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2492/s22c-6e25031017412.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2492/s22c-6e25031017412.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Excelentíssimo Sr. Prefeito em Exercício do Município de Goiana, Senhor Luiz Eduardo Sousa dos Santos, solicitando a implantação de calçamento com saneamento, na Rua da Igreja, localizada na comunidade Meia Légua, tendo como ponto de referência a Igreja Assembleia de Deus, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2491/s22c-6e25031017413.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2491/s22c-6e25031017413.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Oficio ao Prefeito do Município, Senhor Luis Eduardo Sousa dos Santos, ratificando pedido para a implantação de uma creche na comunidade da Cocota, localizada no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2490/s22c-6e25031017420.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2490/s22c-6e25031017420.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Senhor Eduardo Batista, Ofício solicitando providências necessárias para a construção de uma escola no Loteamento Bela Vista, no município de Goiana.</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2489/s22c-6e25031017421.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2489/s22c-6e25031017421.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Excelentíssimo Sr. Prefeito do Município, Senhor Luiz Eduardo Sousa dos Santos, solicitando implantar gramado no campo de futebol da comunidade do Gambá, em Goiana-PE.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2488/s22c-6e25031017422.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2488/s22c-6e25031017422.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Senhor Luiz Eduardo Sousa dos Santos, Oficio solicitando a revitalização dos campos de futebol da sede e dos distritos com implantação de grama e melhoria da infraestrutura esportiva.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2503/kitis_de_protecao_individual_para_marisqueiras_e_pescadores.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2503/kitis_de_protecao_individual_para_marisqueiras_e_pescadores.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a disponibilização de kits de Equipamentos de Proteção Individual (EPI) para as marisqueiras e os pescadores de Goiana.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2504/indicacao_63.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2504/indicacao_63.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Eduardo Batista, Ofício propondo o retorno do Cartão Merenda para os alunos da Rede Pública Municipal de Ensino, em Goiana.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2509/nazare_indicacao_unidade_mista.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2509/nazare_indicacao_unidade_mista.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando disponibilizar na Unidade Mista de Saúde de Tejucupapo os exames de Endoscopia, Ultrassom, Imagem e Ecocardiograma de alta complexidade.</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2510/indicacao_2025_xande_autista_assinado_1.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2510/indicacao_2025_xande_autista_assinado_1.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Senhor Luiz Eduardo Sousa dos Santos, solicitando um auxílio financeiro, no valor de R$ 250,00 (Duzentos e cincoenta reais), para as mães de filhos Autistas residentes em Goiana.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2511/construcao_de_uma_pista_de_aeromodelismo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2511/construcao_de_uma_pista_de_aeromodelismo.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Senhor Eduardo Batista, Ofício solicitando providências para a construção de uma _x000D_
 pista de aeromodelismo no espaço localizado por trás da UPA Deputado Osvaldo Rabelo, em Goiana.</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2514/auxilio_saude_municipal.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2514/auxilio_saude_municipal.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação, na Prefeitura Municipal de Goiana, de um programa de Auxílio Saúde, destinado aos servidores públicos municipais efetivos, uma vez que somente o Sistema Único de Saúde (SUS), ainda não oferece as condições necessárias e devidas para todos os usuários.</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2515/indicacoes_2025_1-1_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2515/indicacoes_2025_1-1_1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a construção de um Parque de_x000D_
 Eventos na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2516/ressonancia_magnetica_e_tomografia_assinado_assinado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2516/ressonancia_magnetica_e_tomografia_assinado_assinado.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município Sr. Luiz Eduardo Sousa dos Santos, solicitando a aquisição de uma máquina de ressonância magnética e uma máquina de tomografia para Goiana.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2517/gramadao_tejucupapo_protocolado..pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2517/gramadao_tejucupapo_protocolado..pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Senhor Luiz Eduardo Sousa dos Santos, Ofício solicitando o reinício das obras do campo de futebol situado na Rua do Céu, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2518/rua_projetada_-_indicacao_assinado_assinado_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2518/rua_projetada_-_indicacao_assinado_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Senhor Eduardo Batista, Ofício solicitando a pavimentação e o saneamento na Rua Projetada, localizada próximo à garagem da ED BUS, na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2519/camscanner_12-03-2025_09.00.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2519/camscanner_12-03-2025_09.00.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito Municipal, Sr. Luiz Eduardo Sousa dos Santos, Prefeito Municipal, solicitando a implantação de um canal de atendimento com a Guarda Municipal e a população em geral, por telefone, através do número 153, em Goiana.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2520/patrimonio_vivo_de_goiana.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2520/patrimonio_vivo_de_goiana.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando o encaminhamento de Projeto de Lei municipal destinado à criação oficial da Lei do Patrimônio Vivo de Goiana.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2521/nazare_indicacao_bolsa_familia.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2521/nazare_indicacao_bolsa_familia.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando que o mesmo veja a possibilidade de descentralizar o Bolsa Família de Goiana, implantando um ponto de apoio no povoado do Gambá, em Tejucupapo.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2522/society.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2522/society.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Eduardo Batista, Ofício propondo a comnstrução de uma quadra poliesportiva ou um campo de futebol society na comunidade da Impoeira, em Goiana.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2523/pavimentacao_do_bom_tempo_atualizado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2523/pavimentacao_do_bom_tempo_atualizado.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a pavimentação em asfalto nas demais vias da comunidade do Bom Tempo, em Goiana.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2524/indicacao_mercado_cibrazem.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2524/indicacao_mercado_cibrazem.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos,, solicitando a cessão de uso do prédio público municipal onde funciona o antigo Mercado Cibrazém, na Rua da Misericórdia, aos proprietários dos estabelecimentos ali existentes.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2525/nazare_indicacao_sitio_negaca__saneamento_basico.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2525/nazare_indicacao_sitio_negaca__saneamento_basico.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando o calçamento com saneamento básico na localidade conhecida como Sítio  Negaça, onde mora o amigo Quiel, em Ibeapicú, e Rua de Dalva, no distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2526/hospital_municipal_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2526/hospital_municipal_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Ofício solicitando a construção de um Hospital Municipal, em Goiana.</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2527/rat_calc._carpijna_25_assinado_1.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2527/rat_calc._carpijna_25_assinado_1.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encamonhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, ratificando pedido para a implantação de calçamento na Rua da Carpina, em Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2528/pavimentacao_da_boa_vista_atualizado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2528/pavimentacao_da_boa_vista_atualizado.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a pavimentação em asfalto nas demais vias da comunidade da Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacoes_2025_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacoes_2025_1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa Santos, solicitando viabilizar a construção de um pórtico no trevo de acesso à comunidade de Nova Goiana, com os seguintes dizeres: “Nova Goiana, Bairro Multicultural”, em Goiana.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2530/vird_esportiva_-_indicacao_correta_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2530/vird_esportiva_-_indicacao_correta_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, que seja encaminhado  Ofício ao Prefeito do Município, Sr. Eduardo Batista, sugerindo, que promova uma Virada Esportiva, que irá atender a centenas de crianças e adolescentes do município de Goiana.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2533/requerimento_creche_bela_vista.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2533/requerimento_creche_bela_vista.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Oficio ao Exmo. Sr. Luiz Eduardo Sousa dos Santos, Prefeito Municipal, solicitando que seja viabilizada a construção de uma Creche Tipo B, destinada ao atendimento de até 240 crianças, em dois turnos, na comunidade da Bela Vista II, em Goiana.</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2534/cozinha_comunitaria_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2534/cozinha_comunitaria_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a implantação de cozinhas comunitárias nas áreas mais vulneráveis de Goiana.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2536/indicacoes_2025_2.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2536/indicacoes_2025_2.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa Santos, solicitando a implantação de calçamento,e saneamento (incluindo drenagem para escoamento das águas pluviais), na entrada que dá acesso à comunidade localizada por trás do antigo Matadouro, nas margens da PE 75, bem como nas quatro ruas que circulam a quadra que forma aquela comunidade, bem como a construção de uma Praça com Academia da Saúde, no terreno já destinado ali para esse fim.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2537/quebramolas.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2537/quebramolas.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa Santos, Ofício propondo a sinalização (em pintura), bem como a instalação de placas de indicação de todos os quebra-molas, em Goiana.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2538/dragagem_-_rio_engenho_ubu_assinado_28229_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2538/dragagem_-_rio_engenho_ubu_assinado_28229_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Exmo. Sr. Prefeito do Município de Goiana, Sr. Luiz Eduardo Sousa Santos, sugerindo a realização dos serviços de limpeza, desassoreamento e dragagem do Rio Arataca/Itapirema, no Engenho Ubú.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2539/medico_gastropediatra_e_endocrinologista_pediatra-_atualizado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2539/medico_gastropediatra_e_endocrinologista_pediatra-_atualizado.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a disponibilização de um médico gastropediatra e um médico endocrinologista pediátrico para a Policlínica Municipal de Goiana.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2540/farmacia_distrital_ind.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2540/farmacia_distrital_ind.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Exmo. Sr. Luiz Eduardo Sousa dos Santos, Prefeito do Município, solicitando providências cabíveis para a descentralização da Central de Abastecimento Farmacêutico,  com a criação da Farmácia Pública Distrital nos distritos de Ponta de Pedras e Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2541/indicacoes_2025_3.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2541/indicacoes_2025_3.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a construção de 02 diques de contenção, um nas imediações do Bar da Balsa e outro nas proximidades das caiçaras dos pescadores, na orla da praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2542/indicacao_antigo_matadouro.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2542/indicacao_antigo_matadouro.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando que, através do Gabinete do Prefeito, seja realizado acordo com o Estado de Pernambuco e, posteriormente, entregue os titulos de posse às famílias residentes no antigo Matadouro Público de Goiana..</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2544/nazare_indicacao_trevo_de_tejucupapo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2544/nazare_indicacao_trevo_de_tejucupapo.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando construir um abrigo para passageiros, no trevo do distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2546/direitos.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2546/direitos.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício propondo que seja decidido internamente ou por decreto, que todo processo administrativo de servidor municipal, em relação aos seus direitos, deferidos pela Procuradoria Jurídica, sejam pagos ou implantados sem que os servidores precisem entrar com ação na Justiça, em Goiana.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2547/modelo_indicacao_-_rua_lombada_-_gutiuba_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2547/modelo_indicacao_-_rua_lombada_-_gutiuba_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício solicitando à Secretaria de Segurança Cidadã, Trânsito e Transportes (SESTRANS) a implantação de uma lombada na Rua Gutiúba, na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2548/indicacao_frazao.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2548/indicacao_frazao.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de calçamento, com drenagem para escoamento das águas pluviais, no Sítio Frazão, situado no distrito de Tejucupapo, em Goiana..</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2549/indicacao_lot._nova_esperanca.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2549/indicacao_lot._nova_esperanca.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando, em caráter de urgência, ver a possibilidade de promover a desapropriação do terreno onde está localizado o Loteamento Nova Esperança, por trás de Katita Auto Elétrica, e posteriormente efetuar a entrega dos títulos de posse de todos os moradores daquela localidade, em Goiana.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2550/cidade_limpa.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2550/cidade_limpa.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício propondo a implantação do Programa Cidade Limpa, em Goiana.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2551/praca_baldo_do_rio_06.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2551/praca_baldo_do_rio_06.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a recuperação e revitalização da Praça Rio Branco, localizada no Baldo do Rio, em frente ao estabelecimento Nelson Ferragens, com instalação de um parquinho infantil e mesas para prática de jogos, como dominó e carteado, prática comum entre os mais idosos em seus momentos de lazer, bem como a instalação de mais pontos de iluminação, coibindo assim ações de vandalismo e práticas ilícitas.</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2552/casa_de_acolhimento_situacao_de_rua.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2552/casa_de_acolhimento_situacao_de_rua.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos solicitando que sejam adotadas providências para criação de uma Casa de Acolhimento à pessoa em situação de rua, em Goiana, na qual disponibilizará três refeições por dia, serviço de vigilância 24 horas, atividades complementares e acompanhamento assistencial de saúde, profissional e psicológico, momentos de jogos, horta comunitária, redução de danos, atividades físicas, dinâmicas de esporte, cultura e lazer, entre outras programações.</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2553/indicacao_2.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2553/indicacao_2.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a pavimentação asfáltica e a melhoria da iluminação pública na Trav. São Jorge, até ao acesso do Riacho Doce, na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2554/construcao_de_um_mini_campo_society_e_de_uma_academia_da_saude_28129_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2554/construcao_de_um_mini_campo_society_e_de_uma_academia_da_saude_28129_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício solicitando a construção de uma quadra esportiva e uma Academia da Saúde no espaço localizado na Rua Onilda Figueiredo, na comunidade de Flexeiras, por trás da base do SAMU e em frente ao CMEI Osvaldo Rabelo Filho, em Goiana.</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2555/farmacia_viva_ass.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2555/farmacia_viva_ass.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação do Programa Farmácia Viva, em Goiana.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2556/pavimentacao_comunidade_do_oleo_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2556/pavimentacao_comunidade_do_oleo_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a pavimentação e drenagem na comunidade do Óleo, localizada no Sítio Picuta, no distrito de Tejucupapo, em Goiana, nas imediações da residência do senhor Arenilton, popularmente conhecido como Lindo, morador bastante conhecido naquela localidade.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2557/poco_artesiano_no_cemiterio.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2557/poco_artesiano_no_cemiterio.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de um poço artesiano no Cemitério Público Municipal de Goiana.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2560/indicacao_desapropriacao_vila_bom_tempo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2560/indicacao_desapropriacao_vila_bom_tempo.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a desapropriação de uma residência localizada na entrada da Vila Bom Tempo, com a finalidade de melhorar a entrada de veículos naquela localidade.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_3.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_3.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a construção de uma pracinha na  Povoação de São Lourenço, distrito de Tejucupapo, em Goiana, em espaço localizado próximo à entrada principal, na Rodovia PE 49 e entre as ruas Sucupira e Altinho.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2562/indicacao_007.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2562/indicacao_007.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Senhor Luiz Eduardo Sousa dos Santos, solicitando a implantação de caixas coletoras de lixo nas praças, ruas, defronte de escolas e UBS"s, em Goiana, com a finalidade de evitar sujeira nas ruas e ajudar aos coletores de resíduos em suas respectivas atividades diárias.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2563/indicacao_-_lombada_-_escola_-_municipal_de_flexeiras_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2563/indicacao_-_lombada_-_escola_-_municipal_de_flexeiras_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício solicitando a implantação de uma lombada em frente à Escola Municipal Lourenço de Albuquerque Gadelha, na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2566/quadra_de_carrapicho_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2566/quadra_de_carrapicho_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a construção de uma quadra poliesportiva na localidade de Carrapicho, em Goiana.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2567/indicacao_clinica_veterinaria_01.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2567/indicacao_clinica_veterinaria_01.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a ampliação dos serviços da Clínica Veterinária Municipal de Goiana, incluindo a realização de exames laboratoriais e pequenas cirurgias, além da contratação de mais veterinários.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2568/indicacao_4.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2568/indicacao_4.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos_x000D_
 legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município,_x000D_
 Senhor Eduardo Batista, solicitando, por intermédio da Secretaria competente_x000D_
 que seja feita a implantação da pavimentação em asfalto tendo início no_x000D_
 Bar do Carlos, seguindo toda a Rua São Jorge e prolongamento da Av._x000D_
 Vice-prefeito Joca de Souza, até o Bar da Balsa, na Praia de Carne de_x000D_
 Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2569/indicacao_no_rua_projetada.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2569/indicacao_no_rua_projetada.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de calçamento na Rua Projetada, no Loteamento Bela Vista, localizado no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2570/indicacao_-_rua_engenho_uruae_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2570/indicacao_-_rua_engenho_uruae_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a pavimentação e saneamento na Rua Engenho Uruaé, localizada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2571/001-2025_-_indicacao_parlamentar_-_travessa_da_madureira__-_ver._andre.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2571/001-2025_-_indicacao_parlamentar_-_travessa_da_madureira__-_ver._andre.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, sugerindo que seja providenciada a drenagem e pavimentação na Travessa da Madureira (ao lado da Padaria Deus Me Deu), na localidade da Bela Vista II, em Goiana.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2572/indicacao_no_escola_do_autista.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2572/indicacao_no_escola_do_autista.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luís Eduardo Sousa dos Santos, ratificando pedido para instituir uma Clínica Escolar do Autismo, com profissionais especializados na área, no centro do distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2573/indicacao_5-1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2573/indicacao_5-1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando analisar a possibilidade de viabilizar a implantação de uma rotatória no largo que fica por trás do Colégio da Sagrada Família (ao lado da Escola Municipal Marie Armélle Falguières), em Goiana.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2575/indicacao_-_n_118.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2575/indicacao_-_n_118.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a instalação de uma Clínica Municipal Oftalmológica, especializada em cirurgias e tratamentos oftalmológicos, com o objetivo de promover a qualidade de vida da população goianense.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2576/indicacao_desapropiacao_terreno_lot._fiteg.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2576/indicacao_desapropiacao_terreno_lot._fiteg.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando  a desapropriação de terreno no Loteamento Fiteg, de esquina com o Centro Espírita, para que seja construída uma praça com Academia da Saúde, proporcionando assim mais lazer aos moradores daquela comunidade.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2577/indicacao_6.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2577/indicacao_6.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando realizar uma fiscalização mais intensa nas margens do Canal da BoaVista, em Goiana.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2578/indicacao_08_box.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2578/indicacao_08_box.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a revitalização dos banheiros públicos situados na Feira do Abacaxi, com acesso à Rua do Jiló, no centro de Goiana, local conhecido como "os boxes", bem como a construção de novos banheiros para atender à população local.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2579/camscanner_14-04-2025_12.30.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2579/camscanner_14-04-2025_12.30.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando que, através das secretarias competentes, seja formulado pedido ao Departamento de Estradas de Rodagem (DER-PE), visando a  implantação de lombadas na Rodovia PE-075, no trecho compreendido entre o Posto Maria de Lourdes II e a entrada da comunidade da Rua Paulo Abouana, no Loteamento Bela Vista II, tendo em vista o grande fluxo de automóveis e de transeuntes que precisam se deslocar para o outro lado da comunidade, principalmente crianças e idosos.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2580/indicacao_desassoreamento_maceio_carne_de_vaca_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2580/indicacao_desassoreamento_maceio_carne_de_vaca_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando os serviços de desassoreamento e de revitalização da Laguna, popularmente conhecida como “Maceió”, localizada na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2581/cameras_nos_onibus_escolares.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2581/cameras_nos_onibus_escolares.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz  Eduardo Sousa dos Santos, sugerindo a instalação de câmeras de vídeomonitoramento nos ônibus escolares que fazem o transporte dos alunos da rede municipal de ensino de Goiana.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2582/indicacao_7_.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2582/indicacao_7_.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando que veja a possibilidade de reabrir a Biblioteca Pública Municipal, do distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2583/10-_asfalto_e_poco_artesiano_engenho_mussumbu.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2583/10-_asfalto_e_poco_artesiano_engenho_mussumbu.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de pavimentação asfáltica, poço artesiano e posto médico para a comunidade do Engenho Mussumbú, em Goiana.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2584/vila_teimosa_-_tejucupapo_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2584/vila_teimosa_-_tejucupapo_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, ratificando pedido de pavimentação da Rua Vila Teimosa, localizada no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2585/indicacao_-_n_128.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2585/indicacao_-_n_128.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a criação do Programa Municipal "Valorizamoto – Mototaxista Forte, Cidade Que Anda", com o objetivo de reconhecer, valorizar e promover melhores condições de trabalho aos profissionais mototaxistas de Goiana, que desempenham papel essencial na mobilidade urbana.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2586/indicacao_campo_bom_tempo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2586/indicacao_campo_bom_tempo.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a desapropriação do terreno onde se encontra localizado o campo de futebol da comunidade da Vila Bom Tempo, em Goiana.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2587/indicacao_8.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2587/indicacao_8.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando que envie a esta Casa Legislativa um Projeto de Lei visando a desapropriação e posterior doação de terrenos para pessoas que não tenham casa própria em Goiana.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2588/indicacao_009.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2588/indicacao_009.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa do Santos, solicitando  a construção e implantação de uma Unidade Básica de Saúde (UBS), na comunidade do Alecrim, em Goiana.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2589/indicacao_-_caixa_dagua.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2589/indicacao_-_caixa_dagua.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, ratificando pedido de construção de uma caixa d'água na Rua do Altinho, próximo ao campo de futebol, na comunidade de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2590/banheiro_publico_nas_praias_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2590/banheiro_publico_nas_praias_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício solicitando a construção de banheiros públicos nas praias de Atapuz, Carne de Vaca, Ponta de Pedras, Catuama e Barra de Catuama, em Goiana.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2591/valdir.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2591/valdir.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando construir uma Clínica Veterinária, no distrito de Ponta de Pedras, em Goiana, para atender às necessidades dos animais daquela localidade.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2593/revitalizacao_da_faixa_de_pedestres_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2593/revitalizacao_da_faixa_de_pedestres_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício solicitando que sejam tomadas as devidas providências para a revitalização da pintura das faixas de pedestres em toda a cidade de Goiana.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2594/indicacao_campo_gamba.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2594/indicacao_campo_gamba.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a reforma em todo o campo de futebol da comunidade do Gambá, com a troca dos refletores antigos por lâmpadas de Led, construção de vestiários, implantação de novas telas de proteção, entre outras melhorias necessárias.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2595/indicacao_9.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2595/indicacao_9.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a reabertura da Escola de Governo Municipal da Prefeitura Municipal de Goiana, criada através da Lei nº 1896/2001 e alterada pela Lei Nº 1901/2002.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2596/011_indicacao.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2596/011_indicacao.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luyiz Eduardo Sousa dos Santos, solicitando a  criação de uma Escola de Artes, em Goiana, com foco na saúde mental.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2599/senai.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2599/senai.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício propondo que faça convênio com o Senai para ofertar cursos técnicos gratuitos para os alunos oriundos da rede pública de ensino e residentes no município de Goiana.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_-_agua_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_-_agua_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando que contrate uma empresa para fazer o tratamento da água destinada à população da comunidade de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2602/indicacao_ana_braco_forte.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2602/indicacao_ana_braco_forte.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de calçamento, com a devida drenagem para escoamento das águas pluviais, na Rua Coqueiral, localizada por trás do Cemitério Público, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2603/indicacao_-_n_142.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2603/indicacao_-_n_142.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de Centro Especializado em Reabilitação – CER IV, visando oferecer assistência integral às pessoas com deficiência, no âmbito da Rede de Cuidados à Pessoa com Deficiência (RCPD) do SUS.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2604/postes_na_rua_lot._sao_pedro_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2604/postes_na_rua_lot._sao_pedro_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, para que este acione a secretaria competente, objetivando a implantação de quatro postes de iluminação pública na Travessa do Loteamento São Pedro, localizado no distrito de Ponta de Pedras, em Goiana, nas proximidades do espaço LL Festas.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_-_n_144.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_-_n_144.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de uma Clínica de Reabilitação para Dependentes Químicos, em Goiana, com o objetivo de oferecer aos seus internos tratamento integral de saúde física e mental, bem como formação profissionalizante, visando sua reabilitação e reinserção no mercado de trabalho.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2609/protecao_acrilica_nas_esculturas_da_praca_do_artesao_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2609/protecao_acrilica_nas_esculturas_da_praca_do_artesao_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando com urgência a instalação de proteção acrílica nas esculturas da Praça do Artesão, localizada em Goiana.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>André Rabicó, Ramon Aranha</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_clinica_veterinaria_distritos.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_clinica_veterinaria_distritos.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de uma Clínica Veterinária no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_10.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_10.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando analisar a possibilidade da reabertura do Memorial da Prefeitura Municipal de Goiana - Memorial Dilermando de Barros Carvalho, criado pela Lei Municipal nº 1920/2003.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2612/construcao_de_quadra_poliesportiva_em_carne_de_vaca_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2612/construcao_de_quadra_poliesportiva_em_carne_de_vaca_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a construção de uma quadra poliesportiva na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2613/bujari.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2613/bujari.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de calçamento, com drenagem para escoamento das águas pluviais, na Rua Engenho Bujari, situada na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2614/guaritas_nas_pracas_municipais_assinado_28229_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2614/guaritas_nas_pracas_municipais_assinado_28229_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de guaritas de segurança nas praças públicas de Goiana, como forma de prevenir ações de vândalos e zelar pelo patrimônio público municipal.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_reforma_mercado_feira_tejucupapo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_reforma_mercado_feira_tejucupapo.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito deste Município, Senhor Luiz Eduardo Sousa dos Santos, solicitando a reforma do Mercado Público Municipal e a revitalização da Feira Livre, ambos no distrito de Tejucupapo, em Goiana, que atendem principalmente aos moradores da região envolvendo o centro do distrito, sítios, chácaras e demais localidades adjacentes</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2616/indicacao_-_n_152.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2616/indicacao_-_n_152.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de um Centro de Saúde do Desportista (CSD), a ser vinculado à Secretaria Municipal de Esportes, em parceria com a Secretaria Municipal de Saúde, com o objetivo de oferecer serviços especializados de saúde e bem-estar aos praticantes de atividades esportivas do Município, com foco especial em pessoas com mais de 40 anos e indivíduos que apresentam comorbidades.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2617/indicacao_praca_rua_sao_luiz.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2617/indicacao_praca_rua_sao_luiz.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, sugerindo a elaboração de um projeto para construir uma pracinha na Rua São Luiz, às margens da Rodovia PE-75, em Goiana.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2618/indicacao_11.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2618/indicacao_11.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a instalação de equipamentos de energia fotovoltaica nos prédios públicos municipais de Goiana.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2619/construcao_de_praca_nas_malvinas_-protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2619/construcao_de_praca_nas_malvinas_-protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a construção de uma praça nas imediações da Rua do Cajueiro, na comunidade das Malvinas, no distrito de Ponta de Pedras.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2620/indicacao_015.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2620/indicacao_015.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando o calçamento com saneamento básico na na 1ª Travessa Manoel Carlos de Mendonça, em Goiana.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2621/20-_coletores_de_lixo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2621/20-_coletores_de_lixo.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de coletores de lixo no centro comercial de Goiana.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2622/odontomovel_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2622/odontomovel_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Munícipio, Sr. Luiz Eduardo Sousa dos Santos, ratificando pedido de aquisição de uma unidade Odontomóvel para Goiana.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2623/indicacao_-_goiti_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2623/indicacao_-_goiti_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a pavimentação na Rua do Goiti, na comunidade de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2624/valdir.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2624/valdir.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando implantar Escolas de Tempo Integral, nos distritos de Tejucupapo e Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_12.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_12.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a construção de poços artesianos em todas as escolas da Rede Municipal de Goiana.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_praca_na_portelinha.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_praca_na_portelinha.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a construção de uma praça na Rua da Esperança, localizada na comunidade da Portelinha, em Goiana, com instalação de academia com foco na saúde, mini parquinho infantil e mesas para a prática de jogos, como dominó e carteado, proporcioinando um ponto de lazer para todas as idades.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2628/historia_de_goiana_-_educacao_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2628/historia_de_goiana_-_educacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa,  que seja encaminhado Expediente ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, para que, no uso de suas atribuições legais, determine à Secretaria Municipal de Educação que sejam adotadas as providências necessárias para a reimplantação da disciplina “História de Goiana” na grade curricular das escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2629/orla_no_canal_do_rio_goiana-protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2629/orla_no_canal_do_rio_goiana-protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a construçao de uma orla às margens do canal de Goiana, nas proximiodades do Bar da Balsa, na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2631/adicional_periculosidade_segurancas_ind.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2631/adicional_periculosidade_segurancas_ind.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa,  que seja oficiado ao Sr. Christian Ramon Alcântara Justino Aranha – presidente da Câmara de Vereadores de Goiana, no sentido que sejam adotadas providências para a concessão do Adicional de Periculosidade, destinado aos servidores da Segurança Legislativa, conforme os preceitos da Lei Orgânica e do Estatuto dos Servidores do Município de Goiana, no valor de 40% sobre o salário base.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2632/indicacao_ph_casa_abraco_-_atualizado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2632/indicacao_ph_casa_abraco_-_atualizado.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação do Projeto Casa Abraço, um Centro de Referência para pessoas com Transtorno do Espectro Autista (TEA) e seus familiares e cuidadores, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2633/indicacao_idiomas_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2633/indicacao_idiomas_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Souza dos Santos, pedido para que, por intermédio da Secretaria de Educação e Inovação, veja a necessidade da implantação de um Centro de Idiomas em Goiana.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2636/calcamento_com_saneamento_no_engenho_ubu.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2636/calcamento_com_saneamento_no_engenho_ubu.docx</t>
   </si>
   <si>
     <t>Indic à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando  a execução de obras de calçamento com saneamento em todo o Engenho Ubú, em Goiana.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2638/cessao_associacao_quilombola.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2638/cessao_associacao_quilombola.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a cessão de uso do prédio público municipal, onde funcionou a primeira escola da comunidade de São Lourenço, para a Associação Quilombola de Povoação de São Lourenço (AQPSL), conforme Oficio nº 343/2021 e da Indicação nº 334/2022, enviados ao Chefe do Poder Executivo de Goiana.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2639/indicacao_014_aline.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2639/indicacao_014_aline.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a instalação de uma Academia da Saúde, e a revitalização do canteiro localizado na Rua São Luiz, às margens da Rodovia PE-75, esquina com a Rua do Bom Negócio, tendo como referência o antigo Pontinho do Coco, em Goiana.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2640/raio_x_upa_de_pontas_de_pedras_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2640/raio_x_upa_de_pontas_de_pedras_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício solicitando a instalação de um equipamento de Raio-X na Unidade de Pronto Atendimento (UPA) do distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2645/calcamento_s.rafael_ind.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2645/calcamento_s.rafael_ind.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando o calçamento (com meio-fio e calçada), drenagem e sinalizações verticais e horizontais viárias na 3ª Travessa São Rafael, no Loteamento São Rafael, no centro de Goiana.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2646/indicacao_-_mototaxistas_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2646/indicacao_-_mototaxistas_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, ratificando pedido para construir um ponto de apoio para os mototaxistas das comunidades de Tejucupapo e São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2647/16_-alvara_funcionamento_1_ano.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2647/16_-alvara_funcionamento_1_ano.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a elaboração de um Projeto de Lei para a modificação do prazo de validade do Alvará de Funcionamento do Comércio de Goiana, que atualmente possui validade de 06 meses, estendendo-o para  01 ano.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2651/indicacao_rua_do_ceu__fl.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2651/indicacao_rua_do_ceu__fl.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de uma Unidade Básica de Saúde (UBS), na localidade da Rua do Céu, situada na Margem da Rodovia PE-49, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2652/largo_do_alvorada_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2652/largo_do_alvorada_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício apontando a necessidade de requalificação urbanística do Largo da Alvorada, situado às margens da BR-101 Norte, em Goiana.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2653/desapropriacao_belo_horizonte.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2653/desapropriacao_belo_horizonte.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando providências cabíveis visando a desapropriação do Engenho Belo Horizonte, localizado em terras da antiga Usina Nossa Senhora das Maravilhas, em Goiana.</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2654/indicacao_coberta.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2654/indicacao_coberta.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de cobertura para as academias de ginástica ao ar livre instaladas em Goiana.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2656/indicacao_-_praca_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2656/indicacao_-_praca_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a construção de uma Praça na Rua da Praia (próximo à Creche), na comunidade de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2660/implantacao_de_escolas_tecnica_em_tejucupapo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2660/implantacao_de_escolas_tecnica_em_tejucupapo.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, para que veja a possibilidade de implantar Escolas Técnicas Municipais nos distritos de Tejucupapo e Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2661/programa_municipal_de_construcao_de_banheiros_domiciliares_em_residencias_que_ainda_nao_dispoem_dessa_estrutura_basica-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2661/programa_municipal_de_construcao_de_banheiros_domiciliares_em_residencias_que_ainda_nao_dispoem_dessa_estrutura_basica-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que eja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a criação de programa municipal de construção de banheiros domiciliares em residências que ainda não dispõem dessa estrutura básica, em Goiana.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2662/acompanhamento_psicologico_educacao_ind.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2662/acompanhamento_psicologico_educacao_ind.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, que seja criado um Núcleo de Apoio à Saúde Mental voltado para os estudantes da rede pública municipal e para os profissionais municipais da educação, visando ter apoio de equipe de psicólogos e terapeutas para acompanhamento da saúde mental escolar.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2665/indicacao_construcao_de_um_hospital_em_tejucupapo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2665/indicacao_construcao_de_um_hospital_em_tejucupapo.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando analisar a possibilidade de construir um Hospital Municipal no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2666/patio_de_eventos_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2666/patio_de_eventos_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a construção de um Pátio de Eventos em Goiana.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2667/indicacao_reforma_das_escolas_em_tejucupapo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2667/indicacao_reforma_das_escolas_em_tejucupapo.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando executar a reforma das escolas municipais Heroínas de Tejucupapo e Costa e Silva, localizadas no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2668/geografia_de_goiana_ind.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2668/geografia_de_goiana_ind.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, conforme o disposto no Art. 188, §§ 3º e 5º, da Lei Orgânica do Município de Goiana, para que seja incluída na grade curricular dos estudantes da rede municipal de ensino, bem como nos cursos de Licenciatura Plena da FADIMAB, a componente curricular de Geografia de Goiana.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2669/recapeamento_asfaltico_assinado_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2669/recapeamento_asfaltico_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, sugerindo o recapeamento asfáltico da Rua Engenho Massaranduba, na comunidade de Flexeiras, em Goiana, no trecho que dá acesso à base do SAMU.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2670/coleta_seletiva_-protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2670/coleta_seletiva_-protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício solicitando a implantação de um sistema de coleta seletiva de resíduos sólidos em Goiana.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2671/indicacao_de_agente_de_transito.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2671/indicacao_de_agente_de_transito.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando, por intermédio da Secretaria de Segurança Cidadã, Trânsito e Transportes (SESTRANS), a presença de Agentes de Trânsito na Av. Desembargador Edmundo Jordão (Rua das Quintas), entre a Estação Milkshake e o Mercadinho O Baratinho, em virtude do fluxo intenso de carros, pedestres e estacionamento irregular, facilitando a mobilidade de pedestres na referida avenida e coibindo os estacionamentos irregulares.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2672/criacao_de_cursos_voltados_as_pessoas_idosas__gastronomia_lj_artesanato_e_beleza-_protololado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2672/criacao_de_cursos_voltados_as_pessoas_idosas__gastronomia_lj_artesanato_e_beleza-_protololado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício solicitando a criação de cursos em Goiana, destinados às pessoas idosas, nas áreas de Gastronomia, Artesanato e Beleza.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2673/indicacao_trincheiras.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2673/indicacao_trincheiras.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando o calçamento com saneamento nas 1ª e  2ª Travessas do Campo do Trincheiras, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2674/indicacao_reforma_da_escola_capela_sao_sebastiao.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2674/indicacao_reforma_da_escola_capela_sao_sebastiao.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando executar a reforma da Escola Capela São Sebastião, localizada na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, sugerindo a aquisição de uma Unidade Móvel Veterinária destinada ao atendimento emergencial e socorro de animais em situação de risco em Goiana.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2676/poco_artesiano2c_escola_e_praca_na_bela_vista_2_assinado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2676/poco_artesiano2c_escola_e_praca_na_bela_vista_2_assinado.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de poço artesiano, e a construção de uma praça e de uma escola na comunidade de Bela Vista II, em Goiana.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2677/indicacao_-_n_195.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2677/indicacao_-_n_195.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando as providências necessárias visando à pavimentação asfáltica da Segunda Travessa da Avenida do Povo, no centro de Goiana.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2678/xande.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2678/xande.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de uma escola na comunidade de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2679/limpeza_dos_canais_ind.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2679/limpeza_dos_canais_ind.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando que intensifique o trabalho de limpeza de canais, galerias e córregos  de Goiana, numa atividade realizada por equipes de serviços urbanos com o objetivo de melhorar a qualidade do sistema de drenagem da cidade e amenizar os efeitos das chuvas.</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, sugerindo a implantação de lombadas em pontos estratégicos da Rua das Quintas, nas proximidades do Cemitério local, em Goiana.</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2681/xande_2025_praca.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2681/xande_2025_praca.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a construção de uma Praça na comunidade de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2682/indicacao_centro_de_beneficiamento.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2682/indicacao_centro_de_beneficiamento.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a criação e implantação de um Centro de Beneficiamento e Processamento de Pescados que atenda aos distritos e áreas litorâneas de Goiana.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2683/aulas_de_musicas_goiana_pe.01.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2683/aulas_de_musicas_goiana_pe.01.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando que seja cumprida a Lei n°11.769, de 18/08/2008, que institui aulas de música como disciplina na grade curricular das escolas municipais de Goiana.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2684/xande_2025_malvinas.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2684/xande_2025_malvinas.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luís Eduardo Sousa dos Santos, solicitando a construção de uma praça na comunidade das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2686/curso_pre_vestibular_assinado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2686/curso_pre_vestibular_assinado.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de um curso pré-vestibular gratuito para os jovens de baixa renda (Pré-Jovem Goiana).</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2687/indicacao_centro_antonio_estevao.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2687/indicacao_centro_antonio_estevao.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a revitalização do Centro Comercial José Estevão (popularmente conhecido como "os boxes"), situado entre o Largo Trapiche do Meio e a Rua do Jiló, em Goiana</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2688/xande_2025_calcamento.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2688/xande_2025_calcamento.docx</t>
   </si>
   <si>
     <t>Iindica à Mesa, que seja encaminhado Ofício do Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de calçamento e saneamento no Loteamento São Pedro, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2689/instalacao_de_iluminacao_publica_na_rodovia_osvaldo_rabelo_filho_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2689/instalacao_de_iluminacao_publica_na_rodovia_osvaldo_rabelo_filho_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, Ofício solicitando a instalação de iluminação pública na Rodovia Osvaldo Rabelo Filho (antiga Estrada do Cajueiro), em Goiana.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2691/nazare__carne_de_vaca_-_copia.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2691/nazare__carne_de_vaca_-_copia.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação de calçamento e saneamento na Rua do Caricé e na 2ª Travessa São Jorge (indo para o Cemitério local), na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2693/construcao_de_um_posto_medico_meia_legua_tejucupapo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2693/construcao_de_um_posto_medico_meia_legua_tejucupapo.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando construir um Posto Médico na comunidade de Meia Légua, localizada no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2694/050625.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2694/050625.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a construção de uma praça na localidade de Boa Vista 2, também conhecida como Nova Terra, mais precisamente na rua do posto de saúde, com a implantação de parque infantil, mesa de carteado e academia de ginástica para a comunidade local.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2695/indicacao_ph_pavimentar_diversas_ruas.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2695/indicacao_ph_pavimentar_diversas_ruas.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando pavimentar diversas ruas no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2696/wifi_llivre_j.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2696/wifi_llivre_j.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa,  que seja Oficiado ao Prefeito do Município, solicitando providências cabíveis para a implantação de projeto tecnológico; visando a democratização do acesso à informação e a inclusão digital através de “Wi-Fi livre”, disponibilizado em todos os equipamentos públicos de esporte e lazer de Goiana (sede e distritos).</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2699/indicacao_causa_animal_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2699/indicacao_causa_animal_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a adoção das seguintes medidas no âmbito da política municipal de proteção e bem-estar animal:_x000D_
 _x000D_
 1. Disponibilização de veículo adaptado, com estrutura apropriada, para o serviço de recolhimento de animais em situação de rua, em especial cães e gatos abandonados, conforme normas sanitárias e de segurança; _x000D_
 _x000D_
 2. Construção de um Centro de Acolhimento e Tratamento de Animais (CATA), dotado de estrutura física adequada, com equipe técnica capacitada para atendimento veterinário, controle populacional e manejo responsável dos animais acolhidos; _x000D_
 _x000D_
 3. Implantação de um Programa Municipal de Adoção Responsável, com campanhas educativas e eventos periódicos para incentivar a adoção consciente dos animais acolhidos.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2700/pronto_de_atendimento_digital_24h.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2700/pronto_de_atendimento_digital_24h.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação em Goiana de sistema de pronto atendimento virtual, oferecendo serviço médico de forma semelhante aos planos de saúde privados.</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_nova_goiana_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_nova_goiana_1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, solicitando a construção de um Centro Cultural na comunidade de Nova_x000D_
 Goiana.</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2702/orla_indicacao.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2702/orla_indicacao.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, sugerindo que veja a possibilidade de realizar um estudo em toda orla do litoral de Goiana, promovendo uma engorda na faixa litorânea, onde se fizer necessário.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_ph_pavimentar_as_avenidas.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_ph_pavimentar_as_avenidas.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a pavimentação asfáltica da Avenida Recife, localizada na praia de Catuama, e da Avenida Carpina, situada na comunidade das Malvinas, ambas no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2704/xande_farmacia.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2704/xande_farmacia.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando a implantação do Programa Farmácia Viva no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_oncologia.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_oncologia.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando contratar e disponibilizar profissional da especialidade de Oncologia na rede pública municipal de saúde de Goiana, bem como implantar todo o processo que envolve a avaliação clínica, o diagnóstico e o tratamento de pessoas acometidas pelo câncer.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2707/disponibilizar_medicos_24hras_nas_ubs.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2707/disponibilizar_medicos_24hras_nas_ubs.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando que veja a possibilidade de disponibilizar médicos para atuarem 24 horas  na UBS da Povoação de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2708/construcao_de_um_matadouro_publico_municipal_no_distrito_de_tejucupapo_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2708/construcao_de_um_matadouro_publico_municipal_no_distrito_de_tejucupapo_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção de um Matadouro Público Municipal no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2709/003-2025_-_indicacao_parlamentar_-_lombadas_eremag_-_ver._andre.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2709/003-2025_-_indicacao_parlamentar_-_lombadas_eremag_-_ver._andre.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que seja providenciada a instalação de lombadas em pontos estratégicos da rua Augusto Gondim, localizado na Vila Castelo Branco, neste município.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2710/003-2025_-_indicacao_parlamentar_-_lombadas_eremag_-_ver._andre_ok.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2710/003-2025_-_indicacao_parlamentar_-_lombadas_eremag_-_ver._andre_ok.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio, sugerindo providências visando a instalação de lombadas em pontos estratégicos na Avenida Dom Hélder Câmara, nas proximidades da EREMAG, localizada na Vila Castelo Branco, em Goiana.</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2712/animais_de_rua..docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2712/animais_de_rua..docx</t>
   </si>
   <si>
     <t>Indico à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Luiz Eduardo Sousa dos Santos, solicitando que sejam implantadas nas praças de Goiana canais de comida para animais de rua, como rações e água.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2714/construcao_de_uma_praca_publica_na_comunidade_de_meia_legualj_no_distrito_de_tejucupapo_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2714/construcao_de_uma_praca_publica_na_comunidade_de_meia_legualj_no_distrito_de_tejucupapo_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção de uma praça pública, com Academia da Cidade, na comunidade de Meia Légua, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2715/que_seja_a_possibilidade_de_recaper_o_asfalto_da_rodovia_osvaldo_rabelo_filhgo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2715/que_seja_a_possibilidade_de_recaper_o_asfalto_da_rodovia_osvaldo_rabelo_filhgo.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio, solicitando analisar a possibilidade de recapear o asfalto da Rodovia Osvaldo Rabelo Filho, que se encontra desgastado pelo tempo, principalmente depois da SADA Transportes, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2716/ponto_de_apoio..docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2716/ponto_de_apoio..docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio, solicitando pontos de apoio da Unidade Básica de Saúde (UBS) da Usina Nossa Senhora das Maravilhas, para atendimentos em seus sítios, engenhos e adjacências, viabilizando acesso à saúde básica àqueles que residem distantes daquela unidade.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2717/implantacao_de_via_de_acesso_pe-062_a_br-101.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2717/implantacao_de_via_de_acesso_pe-062_a_br-101.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio, solicitando a implantação de uma via de acesso interligando a Rodovia PE-062 à Rodovia BR-101, com traçado posterior às Lojas 2001.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_-_n_228.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_-_n_228.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio, solicitando providências necessárias, por meio da Secretaria Municipal de Saude, para instituir o Programa Municipal de Atenção Oncológica Integral em Goiana, denominado “Programa Goiana Vida Sem Dor”, com a criação do Centro de Cuidados Paliativos e do Ambulatório Especializado em Dor Crônica.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2719/taxa_de_iluminacao_publica_assinado_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2719/taxa_de_iluminacao_publica_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio, no uso de suas atribuições legais, solicitando analisar a possibilidade da redução proporcional do valor da Contribuição para o Custeio do Serviço de Iluminação Pública (COSIP) cobrada dos contribuintes goianenses.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2720/indicacao_centro_qualificacao_profissional.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2720/indicacao_centro_qualificacao_profissional.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio, solicitando a criação e implantação de um Centro Municipal de Qualificação Profissional em Goiana.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2723/que_veja_a_possibilidade_de_colocar_asfalto_na_vila_paraiso_nesta_cidade..docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2723/que_veja_a_possibilidade_de_colocar_asfalto_na_vila_paraiso_nesta_cidade..docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando analisar a possibilidade de implantar asfalto na Vila Paraíso, em Goiana.</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2724/instalacao_de_fraldarios_em_pracas.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2724/instalacao_de_fraldarios_em_pracas.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de fraldários nas praças  de Goiana.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2725/rua_cana_brava.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2725/rua_cana_brava.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção de uma praça na Rua Cana Brava, situada na comunidade de Flecheiras, em Goiana, com instalação de academia para à saúde, parque infantil, mesa de carteado e dominó (uma prática comum entre os moradores da localidade).</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2726/indicacao_-_n_234.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2726/indicacao_-_n_234.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando que sejam adotadas as providências necessárias, por meio da Secretaria Municipal de Obras, visando à pavimentação asfáltica da Rua de Coordenada - 7.566219, -34.995487, situada no Lot. Nova Massangana, em Goiana.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2729/criacao_do_programa_municipal_facilitador_de_acesso_as_tarifas_sociais_de_agua_e_energia_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2729/criacao_do_programa_municipal_facilitador_de_acesso_as_tarifas_sociais_de_agua_e_energia_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a criação do Programa Municipal Facilitador de Acesso às Tarifas Sociais de Água, Esgoto e Energia, mediante articulação junto à Compesa e à BRK, bem como à Neoenergia Pernambuco.</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2730/banda_curica.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2730/banda_curica.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando inserir no Calendário Municipal  da Cultura as seguintes datas comemorativas da sesquicentenária Banda Musical Curica: 3° sábado de Junho, Concerto Junino da Banda Curica; Dia 8 de Setembro, aniversário da Sociedade Musical Curica, com apresentações e encontros de Bandas Filarmônicas; e 3º sábado de Dezembro, Concerto Natalino da Banda Musical Curica.</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2731/nazare_indicacao__carne_de_vaca_2.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2731/nazare_indicacao__carne_de_vaca_2.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o calçamento da Rua Flamboyant, localizada na comunidade de Carne de Vaca, em Goiana, mais precisamente onde residem os senhores Ailton Cabeleireiro  e Márcio do Gás.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2732/indicacao_-_n_238.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2732/indicacao_-_n_238.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa,  que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando as providências necessárias visando a pavimentação asfáltica da Terceira Travessa do Loteamento São Rafael, em Goiana.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2733/indicacao_ponto_das_kombis_de_flexeiras_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2733/indicacao_ponto_das_kombis_de_flexeiras_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, sugerindo a implantação de um abrigo de embarque e desembarque coberto no ponto final das Kombis que fazem o transporte alternativo de passageiros da comunidade de Flexeiras, em Goiana, com o objetivo de oferecer mais conforto e segurança aos usuários do serviço, especialmente em dias de sol forte ou chuva.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2734/medico_otorrinolaringologista_assinado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2734/medico_otorrinolaringologista_assinado.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município Sr. Marcilio Régio Silveira da Costa, solicitando a disponibilização de um médico otorrinolaringologista para atendimentos na Unidade de Pronto Atendimento-UPA, em Goiana.</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2735/xande_base_sestran.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2735/xande_base_sestran.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de uma base descentralizada da Sestrans, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2736/indicacao_ph_requalificacao_dos_bares.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2736/indicacao_ph_requalificacao_dos_bares.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a urgente reforma e requalificação dos bares públicos localizados nas praias de Ponta de Pedras e Catuama, ambas localizadas no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2737/indicacao_revisao_plano_diretor.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2737/indicacao_revisao_plano_diretor.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a revisão legal do Plano Diretor de Desenvolvimento Urbano de Goiana, o que não acontece desde os idos do ano de 2006, tendo apenas ocorrido algumas alterações no ano de 2011.</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2738/nazare__indicacoes_carne_de_vaca_1.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2738/nazare__indicacoes_carne_de_vaca_1.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a reforma e ampliação (com implantação de gavetas) do Cemitério Público da comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2739/indicacao_-_n_245.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2739/indicacao_-_n_245.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências necessárias visando à pavimentação asfáltica da Rua Porto do Sol, no Lot. Gulandim, situado no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2740/psiquiatra.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2740/psiquiatra.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a disponibilização de um Psiquiatra para atendimentos na UPA Santo Amaro, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2741/racoes_animais..docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2741/racoes_animais..docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando que estude a viabilidade de criar e implantar um Programa Municipal de Assistência Animal, com foco na distribuição de ração animal e medicamentos veterinários básicos para animais de famílias em situação de vulnerabilidade social, bem como para protetores independentes e ONGs de proteção animal que atuam em Goiana.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2742/calcamento_engenho_ubu_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2742/calcamento_engenho_ubu_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, sugerindo a implantação de calçamento nas vias de acesso ao Engenho Ubu, contemplando, no mínimo, a entrada principal e outros caminhos utilizados pela comunidade, com o seguinte detalhamento:_x000D_
 _x000D_
 Execução de calçamento com paralelepípedos ou material mais adequado; implantação de meios-fios e drenagem pluvial adequada; sinalização horizontal e vertical, quando cabível; cronograma de execução e compromisso com manutenção periódica.</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2743/indicacao_ph_centro_cultural.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2743/indicacao_ph_centro_cultural.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando analisar a possibilidade de implantar um Centro Cultural no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2744/criacao_de_um_centro_de_referencia_em_cardiologia_no_municipio_de_goiana-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2744/criacao_de_um_centro_de_referencia_em_cardiologia_no_municipio_de_goiana-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a criação de um Centro de Referência em Cardiologia em Goiana, com estrutura adequada para consultas, exames e acompanhamento de pacientes com doenças cardiovasculares.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2745/indicacao_ideb.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2745/indicacao_ideb.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município, solicitando providências cabíveis, por intermédio da Secretaria Municipal de Educação e Inovação, visando à melhoria do Índice de Desenvolvimento da Educação Básica (IDEB) de Goiana.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2748/nazare_indicacao__carne_de_vaca_3.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2748/nazare_indicacao__carne_de_vaca_3.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de calçamento na Travessa Sítio do Rosário, na comunidade de Carne de Vaca, em Goiana (última travessa por trás do Campo de Futebol).</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2749/indicacao_-_n253.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2749/indicacao_-_n253.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando as providências necessárias visando à pavimentação asfáltica da Rua Terezinha, situada na comunidade da Boa Vista, próximo ao Fórum da Justiça Estadual, em Goiana.</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2750/ubs_tj.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2750/ubs_tj.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando que seja criada e implantada uma Unidade Básica de Saúde (UBS) visando atender às necessidades das regiões do Sítio Frazão, Sítio Sarapió e comunidade de Meia Légua, no distrito de Tejucupapo, em Goiana, viabilizando acesso à saúde básica dos moradores daquelas comunidades.</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2751/caixa_eletronico.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2751/caixa_eletronico.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de caixas bancários eletrônicos no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2752/plataforma_digital_-_psfs_assinado_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2752/plataforma_digital_-_psfs_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito Municipal de Goiana, Ofício sugerindo a implantação de plataforma digital (portal + aplicativo mobile) para agendamento de consultas nas Unidades Básicas de Saúde (UBS).</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2754/indicacao_pediatra_urgencia_e_emergencia.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2754/indicacao_pediatra_urgencia_e_emergencia.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de atendimento médico pediátrico, nas Unidades Mistas e Unidades de Pronto Atendimento de Urgência e Emergência, da sede e distritos de Goiana.</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2755/indicacao_ph_recargas_solar_nas_pracas.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2755/indicacao_ph_recargas_solar_nas_pracas.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando instalar pontos de recarga solar para aparelhos de telefone celulares nos espaços públicos da sede e dos distritos de Goiana.</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2756/a_pavimentacao_de_diversas_ruas_no_distrito_de_tejucupapo_no_municipio_de_goiana-protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2756/a_pavimentacao_de_diversas_ruas_no_distrito_de_tejucupapo_no_municipio_de_goiana-protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando que sejam adotadas as providências necessárias para a pavimentação de diversas ruas no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2757/camscanner_08-07-2025_13.03.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2757/camscanner_08-07-2025_13.03.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Oficio ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando pavimentação asfáltica na Rua Tancredo Neves, localizada na Vila Mutirão, em Goiana.</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2758/sinalizacao_das_novas_lombadas_assinado_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2758/sinalizacao_das_novas_lombadas_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a sinalização das novas lombadas de Goiana.</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2759/indicacao_centro_artesanato.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2759/indicacao_centro_artesanato.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a criação e implantação do Centro Municipal do Artesanato de Goiana (CMAG).</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2760/nazare_indicacao__carne_de_vaca_4.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2760/nazare_indicacao__carne_de_vaca_4.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o calçamento do Loteamento Vilar (onde fica localizada a Praça Osvaldo Rabelo), na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2761/indicacao_-_n_264.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2761/indicacao_-_n_264.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências necessárias visando à pavimentação asfáltica da Travessa localizada no Loteamento José Albino Pimentel, em Goiana, próximo ao Atacarejo, nas proximidades da residência do ex-vereador Josemar Leite.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2762/psicologia.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2762/psicologia.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a realização de Caravana Itinerante de Psicologia, com a finalidade de atender ao público com rodas de conversa e grupos visando atingir mais pessoas, abordando as temáticas que mais afetam a população das comunidades de Goiana.</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2763/indicacao_ph_empreededores.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2763/indicacao_ph_empreededores.docx</t>
   </si>
   <si>
     <t>Indica à Mesa,  que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando analisar a possibilidade de implantar uma Central de Apoio ao Empreendedor Local, com estrutura para atender microempreendedores, artesãos, comerciantes e prestadores de serviço da cidade de Goiana, incluindo todos os seus distritos.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2764/fraldarios.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2764/fraldarios.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de fraldários nas praças de Ponta de Pedras (Centro) e comunidades da Cocota, Malvinas, Catuama e Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2765/creche_ou_cmei_no_ubu_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2765/creche_ou_cmei_no_ubu_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira, sugerindo a implantação de uma Creche ou Centro Municipal de Educação Infantil (CMEI) no Engenho Ubú, em Goiana.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2766/indicacao_asfalto_rua_do_rio.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2766/indicacao_asfalto_rua_do_rio.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de asfalto na tradicional Rua do Rio, se estendendo os serviços das proximidades da Praça Rio Branco até à Av. Nunes Machado, artéria por trás do Ministério Público e da Compesa, chegando próximo à entrada da Vila Operária, em Goiana.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2767/indicacao_idiomas_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2767/indicacao_idiomas_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, pedido para que analise a urgente necessidade da implantaçao de um cemitério público para animais domésticos (Cemitério Pet), em Goiana.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2768/volte_a_ser_realizado_o_teste_do_pezinho_nos_distritos_do_municipio_de_goiana_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2768/volte_a_ser_realizado_o_teste_do_pezinho_nos_distritos_do_municipio_de_goiana_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, Ofício solicitando que sejam adotadas providências para que volte a ser realizado o Teste do Pezinho nos distritos do município de Goiana, por meio da Rede Municipal de Saúde.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2769/indicacao_272.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2769/indicacao_272.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de um programa permanente de acompanhamento psicológico e cuidados com a saúde mental dos profissionais que atuam nos serviços de urgência e emergência, essencialmente aqueles vinculados ao Serviço de Atendimento Móvel de Urgência (SAMU), em Goiana.</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2773/patrulha_maria_da_penha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2773/patrulha_maria_da_penha.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a reativação em Goiana da Patrulha Maria da Penha, conforme dispõe a Lei Municipal nº 2.469/2021, e que seja implementado o Programa Mulher Independente, conforme a Lei Municipal nº 2.500/2021.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2775/nazare_indicacao__carne_de_vaca_5.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2775/nazare_indicacao__carne_de_vaca_5.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando analisar a possibilidade da implantação de abastecimento d'água no Loteamento Canoé, com escavação de poço artesiano e instalação de uma caixa d’água para atender àquela comunidade, localizada na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2776/indicacoes_-_n_275.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2776/indicacoes_-_n_275.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências necessárias visando à pavimentação asfáltica das vias do Loteamento Frei Luciano, localizado na comunidade do Barro Vermelho, em Goiana.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2777/medico_card..docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2777/medico_card..docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a disponibilização de um médico cardiologista para atendimentos na UPA Santo Amaro, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2778/iluminacao.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2778/iluminacao.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando implantar postes de iluminação na Rua da Jaqueira, situada na comunidade do Barro Vermelho, em Goiana.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2779/indicacao_ph_encostas.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2779/indicacao_ph_encostas.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando contratar uma empresa especializada para elaboração de estudo técnico e execução de obras de contenção e urbanização nas encostas das comunidades da Cocota e das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2780/indicacao_feira_do_gado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2780/indicacao_feira_do_gado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a criação de uma feira de gado, em local a ser definido, com funcionamento às segundas-feiras, em Goiana.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2781/expansao_da_caravana_da_saude_com_prioridade_para_as_localidades_que_nao_possuem_unidade_basica_de_saude_ubs-protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2781/expansao_da_caravana_da_saude_com_prioridade_para_as_localidades_que_nao_possuem_unidade_basica_de_saude_ubs-protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a expansão da Caravana da Saúde, com prioridade para as localidades que não possuem Unidade Básica de Saúde (UBS), além do aumento da frequência de sua realização e da ampliação dos serviços ofertados à população de Goiana.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2783/indicacao_polyteama_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2783/indicacao_polyteama_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, pedido urgente de reforma e reativação do Cineteatro Polytheama, com a finalidade de trazer de volta mais um pouco de lazer para toda a população de Goiana.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2785/indicacao_-_ceam.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2785/indicacao_-_ceam.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja solicitado ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, a implantação, por meio da Secretaria da Mulher, do Centro Especializado de Atendimento à Mulher – CEAM, visando oferecer acolhimento e atendimento integral às mulheres em situação de violência.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2786/indicacao_04_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2786/indicacao_04_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Educação e Inovação, a implantação de uma Escola em Tempo Integral na  comunidade Quilombola de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_qualificacao_profissional_tejucupapo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_qualificacao_profissional_tejucupapo.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a criação e implantação de um Centro Municipal de Qualificação Profissional, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_-_n_285.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_-_n_285.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a adoção de providências efetivas para garantir a plena acessibilidade em seus prédios, serviços e estruturas (ruas, avenidas, travessas e etc), visando a inclusão e a participação de pessoas com deficiência ou mobilidade reduzida.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2791/nazare_indicao_06.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2791/nazare_indicao_06.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa , solicitando a Instalação de uma Unidade Mista 24 horas, na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2792/calcamento_cana_brava.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2792/calcamento_cana_brava.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Oficio ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a implantação de calçamento com saneamento básico e lombadas na Rua Coronel Caruá, situada na comunidade de Nova Goiana, em Goiana.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2793/rua_da_cocota_calc..docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2793/rua_da_cocota_calc..docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o calçamento da continuidade da Rua da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2794/indicacao_ph_pavimentacao.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2794/indicacao_ph_pavimentacao.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, Prefeito do Município, solicitando pavimentar a Rua Projetada, situada por trás da Igreja Católica da comunidade das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2795/ibiapicu.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2795/ibiapicu.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a construção  de uma praça na localidade de Ibiapicú, no distrito de Tejucupapo, em Goiana, espaço para diversão, esporte e acolhimento da comunidade.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2796/artes_marciais_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2796/artes_marciais_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, sugerindo a implantação de aulas de artes marciais nas escolas da rede municipal de ensino de Goiana.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2797/cosntrucao_de_quadra_poli_esportiva_em_atapuz-protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2797/cosntrucao_de_quadra_poli_esportiva_em_atapuz-protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção de uma quadra poliesportiva na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2798/indicacao_05_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2798/indicacao_05_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da AD GOIANA ou do órgão competente, o seguinte pleito: Proposta de Reestruturação do CVT (Centro de Vocação Tecnológica), localizado na comunidade de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2802/conclusao_da_pavimentacao_em_asfalto_da_antiga_estrada_do_condado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2802/conclusao_da_pavimentacao_em_asfalto_da_antiga_estrada_do_condado.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio  Silveira da Costa, solicitando a conclusão da pavimentação em asfalto da antiga Estrada de Condado até à Feira de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2803/rua_cem_-_sitio_gamba_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2803/rua_cem_-_sitio_gamba_assinado.pdf</t>
   </si>
   <si>
     <t>Indico á Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando o pedido de pavimentação da Rua Cem, na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2804/indicacao_prevencao.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2804/indicacao_prevencao.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a inclusão da prevenção e do combate à violência contra a mulher no currículo da educação básica em Goiana e a criação da Semana Escolar de Combate à Violência contra a Mulher em instituições públicas e particulares de ensino básico do Município, como determina a Lei Federal nº 14.164/21.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2805/isencao_taxa_astug_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2805/isencao_taxa_astug_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando que seja verificada, junto à ASTUG (Associação dos Estudantes Técnicos e Universitários de Goiana), a possibilidade de isentar os estudantes universitários  de baixa renda da taxa atualmente cobrada para utilização do transporte universitário.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2806/indicacao_iluminacao_de_led_nova_esperanca.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2806/indicacao_iluminacao_de_led_nova_esperanca.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveitra da Costa, ratificando pedido para a instalação de iluminação, com lâmpadas de LED, na ocupação Nova Esperança, situada por trás de Katita Auto Elétrica, no Loteamento Sindicato, em Goiana, conforme anteriormente solicitado na Indicação nº 354/2024, reivindicação feita por moradores de ambas as localidades ao nosso Gabinete.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2807/nazare_indicacao_7.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2807/nazare_indicacao_7.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a reforma e ampliação da Escola Municipal Lourenço de Albuquerque Gadelha, na comunidade de Carne de Vaca, em Goiana, visto que a mesma não tem estrutura suficiente para atender à demanda.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2809/nazare_indicacao__8.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2809/nazare_indicacao__8.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a pavimentação em asfalto na Rua do Campo, na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2810/libras_transmissao_camara_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2810/libras_transmissao_camara_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que sejam adotadas medidas para que todas as transmissões ao vivo das sessões legislativas realizadas pelo canal oficial da Câmara no YouTube passem a contar com intérprete da Língua Brasileira de Sinais (Libras).</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2812/indicacao_-_n_302.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2812/indicacao_-_n_302.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa , solicitando providências necessárias para a implantação de uma Praça de Alimentação no distrito de Ponta de Pedras, em Goiana, com estrutura incluindo contêineres, food trucks, mesas organizadas em área comum, iluminação, acessibilidade e paisagismo urbano com palmeiras.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2813/cursos_tea.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2813/cursos_tea.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando que seja direcionado às mães atípicas cursos profissionalizantes que viabilizem cuidados básicos, tais como: curso de primeiros socorros, formas de comunicação, técnicas de relaxamento e organização de rotina, curso sobre os direitos da pessoa com TEA e outras neurodivergências.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2814/solicitando_a_implantacao_do_projeto_praia_sem_barreiras_nas_praias_do_municipio_j_promovendo_acessibilidade_e_inclusao-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2814/solicitando_a_implantacao_do_projeto_praia_sem_barreiras_nas_praias_do_municipio_j_promovendo_acessibilidade_e_inclusao-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação do Projeto “Praia sem Barreiras” nas praias de Goiana, promovendo acessibilidade e inclusão de pessoas com deficiência ou mobilidade reduzida, por meio da disponibilização de equipamentos adaptados, esteiras, cadeiras anfíbias, passarelas e equipe técnica qualificada para acompanhamento seguro durante o banho de mar.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2815/indicacao_-_n_305.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2815/indicacao_-_n_305.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências necessárias para a implantação de um serviço de Urgência Pediátrica 24h em Goiana, com estrutura adequada de atendimento, equipe multidisciplinar, equipamentos hospitalares e ambiente apropriado para crianças e seus familiares.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2816/biblioteca_online_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2816/biblioteca_online_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, sugerindo a implantação de uma Biblioteca Online em Goiana, com acesso liberado para todos os alunos da rede municipal de ensino, integrando o acervo da Biblioteca Municipal, obras do Ministério da Educação (MEC) e de bibliotecas públicas digitais.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2817/indicacao_pavimentacao_asfaltica_vila_zezita.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2817/indicacao_pavimentacao_asfaltica_vila_zezita.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Oficio ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a pavimentação asfáltica nas 1ª, 2ª e 3ª travessas da Vila Zezita, em Goiana.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2818/especialidade_na_upa.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2818/especialidade_na_upa.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município Sr. Marcílio Régio Silveira da Costa, solicitando um Centro de Especialidades na UPA de Santo Amaro, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2819/indicacao_asfalto_rua_do_bujari.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2819/indicacao_asfalto_rua_do_bujari.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de asfalto na tradicional Rua do Bujari, inclusive na extensão que cruza a Rua Djalma Raposo, em Goiana.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2820/indicacao_ph_parada_de_onibus.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2820/indicacao_ph_parada_de_onibus.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, aque seja enviado Expediente ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando analisar a possibilidade para a implantação de uma parada de ônibus na margem da Rodovia PE-01, em frente ao posto de gasolina situado no Loteamento São Pedro, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2821/rua_das_flores_-_sitio_gamba_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2821/rua_das_flores_-_sitio_gamba_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município Sr. Marcílio Régio Silveira da Costa, ratificando o pedido de pavimentação da Rua das Flores, localizada na comunidade do Gambá, em Goiana.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2823/indicacao_curso_de_fisoterapia_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2823/indicacao_curso_de_fisoterapia_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da AMESG (Autarquia Municipal de Ensino Superior de Goiana – PE) / FADIMAB (Faculdade Dirson Maciel de Barros), o seguinte pleito: Implantação do Curso de Fisioterapia na Faculdade de Goiana-PE.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2825/hospital_materno_infantil.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2825/hospital_materno_infantil.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a criação de um Hospital Materno Infantil no terreno adjacente à Unidade Pernambucana de Atenção Especializada (Upinha) de Goiana, com estrutura completa para atendimento humanizado às gestantes e recém-nascidos, incluindo salas de parto humanizado, bloco cirúrgico moderno, leitos de UTI neonatal e materna.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2826/implantacao_de_aulas_de_robotica_na_rede_municipal_de_ensino_do_municipio_de_goiana.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2826/implantacao_de_aulas_de_robotica_na_rede_municipal_de_ensino_do_municipio_de_goiana.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja solicitado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, a adoção de medidas necessárias para a implantação de aulas de robótica na rede municipal de ensino de Goiana.</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2827/nazare_indicacao_trevo_de_tejucupapo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2827/nazare_indicacao_trevo_de_tejucupapo.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando construir um abrigo de passageiros no Trevo de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2828/indicacao_restauracao_pista_duque.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2828/indicacao_restauracao_pista_duque.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a recuperação ou restauração da pista de caminhada da Praça Duque de Caxias, em Goiana.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2830/campo_de_futebol_-_sao_lourenco_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2830/campo_de_futebol_-_sao_lourenco_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido de desapropriação do terreno onde se localiza o campo de futebol da comunidade de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2831/incluido_no_ensino_das_escolas_municipais_de_goiana_como_atividade_extracurricular_o_conteudo_basico_da_lei_federal_no_11.340_de_7_de_agosto_de_2006_lei_maria_da_penha..pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2831/incluido_no_ensino_das_escolas_municipais_de_goiana_como_atividade_extracurricular_o_conteudo_basico_da_lei_federal_no_11.340_de_7_de_agosto_de_2006_lei_maria_da_penha..pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, após ouvido o Plenário, nos termos legais e regimentais, que seja solicitado ao Excelentíssimo Senhor Prefeito de Goiana, Marcílio Régio Silveira da Costa, que, por meio da secretaria competente, seja incluído no ensino das escolas municipais de Goiana, como atividade extracurricular, o conteúdo básico da Lei Federal nº 11.340, de 7 de agosto de 2006 (Lei Maria da Penha).</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2832/xande__projeto_praia_ano_todo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2832/xande__projeto_praia_ano_todo.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o envio de proposta de Projeto, a ser denominado VERÃO ANO TODO, com o objetivo de fomentar o turismo sustentável e o uso consciente das praias de Goiana no período de baixa temporada (março a setembro), integrando ações de educação ambiental, cultura, esportes, gastronomia e economia criativa, nas praias de Atapuz, Barra de Catuama, Catuama, Ponta de Pedras, Tabatinga e Carne de Vaca.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2833/solicitando_a_revogacao_do_convenio_firmado_com_a_astug_2.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2833/solicitando_a_revogacao_do_convenio_firmado_com_a_astug_2.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando que providencie a revogação do convênio firmado com a ASTUG (Associação dos Estudantes Técnicos e Universitários de Goiana), bem como que seja oficiado ao Ministério Público para que este cobre da referida Associação a devida prestação de contas dos recursos públicos eventualmente recebidos.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2836/nazare_indicacao__12.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2836/nazare_indicacao__12.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a pavimentação das artérias do Loteamento Canoé (Rua da Antena, Rua do Francês Professor Gonzaga, Rua Chico Mendes, Rua Oliveira Brito e Rua Olinda), localizadas na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2838/pediatra.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2838/pediatra.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de atendimento médico pediátrico (Urgência e Emergência), na UPA Santo Amaro, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2839/indicacao_arvores.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2839/indicacao_arvores.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a elaboração de um Projeto que disponha sobre ações visando a arborização urbana de Goiana, em especial a plantação de árvores, considerando que as áreas verdes urbanas desempenham funções importantes para o meio ambiente e a melhoria da qualidade de vida das pessoas.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2840/copa_cigana.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2840/copa_cigana.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa,  solicitando a continuidade do calçamento, com drenagem para escoamento das águas pluviais, da Rua Copa Cigana, no distrito de Tejucupapo, próximo à Igreja O Monte.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2841/indicacao_-_mercado_publico_de_goiana_assinado_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2841/indicacao_-_mercado_publico_de_goiana_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitansoi providências cabíveis para a reforma do Mercado Público, localizado na Rua Cel. Francisco Lira (21-175), Jardim Nova Esperança, em Goiana.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2843/indicacao_restauracao_biblioteca_municipal_de_goiana-protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2843/indicacao_restauracao_biblioteca_municipal_de_goiana-protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a restauração e modernização da Biblioteca Municipal de Goiana.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2844/lombadas_e_sinalizacao_lot_nossa_senhora_da_conceicao.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2844/lombadas_e_sinalizacao_lot_nossa_senhora_da_conceicao.docx</t>
   </si>
   <si>
     <t>Indicà a Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de lombadas e sinalização para redução de velocidade, na extensão da Rua Vereador João Bezerra Chaves, situada no Loteamento Nossa Senhora da Conceição, próximo à Praça dos Anjos, em Goiana.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2845/indicacao_curso_de_enfermagem_28129_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2845/indicacao_curso_de_enfermagem_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da AMESG_x000D_
 (Autarquia Municipal de Ensino Superior de Goiana-PE), o seguinte pleito: Implantação do Curso de Enfermagem na FADIMAB (Faculdade Dirson Maciel de Barros), em Goiana.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2847/iluminacao_ponte_do_tanquinho_assinado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2847/iluminacao_ponte_do_tanquinho_assinado.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de lâmpadas LED na nova ponte do Loteamento Boa Vista 03, Quadra H, Lote 01, na descida da comunidade do Tanquinho (próximo ao Society), no sentido do Fórum Judiciário, em Goiana.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2848/indicacao_merenda_escolar_retificado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2848/indicacao_merenda_escolar_retificado_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Educação e Inovação, o seguinte pleito: Implantação de programa para oferta de alimentação escolar às crianças e adolescentes da rede municipal de ensino de Goiana durante os períodos de recesso e férias escolares.</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2849/indicacao_mamografo_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2849/indicacao_mamografo_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando adquirir um mamógrafo móvel para realização de procedimentos que envolvam a avaliação clínica e o diagnóstico relacionado ao câncer de mama em Goiana.</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2850/ubs_bela_vista_i_ii.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2850/ubs_bela_vista_i_ii.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido para analisar a possibilidade, junto à Secretaria de Saúde, de implantar uma Unidade Básica de Saúde (UBS) na comunidade da Bela Vista, para atender às localidades de Bela Vista I e Bela Vista II, em Goiana.</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2852/nazare_indicacao__10.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2852/nazare_indicacao__10.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando que fique no Calendário Municipal de Eventos a Comemoração Cristã, no dia 30 de Novembro, com Shows Gospel para os Evangélicos, na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2854/reforma_escola_santa_maria_tejucupapo_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2854/reforma_escola_santa_maria_tejucupapo_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando realizar a reforma emergencial na Escola Municipal Santa Maria, localizada na comunidade de Meia Légua, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2855/indicacao-programa_habitacional.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2855/indicacao-programa_habitacional.docx</t>
   </si>
   <si>
     <t>Ramon Aranha, Vereador com assento nesta Casa, pelo Partido União Brasil, propõe a presente Indicação, sugerindo ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, após consulta ao Plenário, na forma regimental, instituir Projeto Habitacional para Servidores Públicos Municipais - Ativos ou Inativos -, da Administração Direta, Indireta, Fundacional e Autárquica, para tanto, promovendo a declaração de utilidade pública e desapropriação de bem imóvel adequado para esse fim e a celebração de convênios com Agentes Financeiros no intuito de subsidiar a aquisição de moradias.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2857/posto_ancora.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2857/posto_ancora.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de um Posto Âncora no Loteamento Sindicato, vinculado à Unidade Básica de Saúde (UBS) do Barro Vermelho.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2858/indicacao_asfalto_rua_mossoro_boa_vista_3.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2858/indicacao_asfalto_rua_mossoro_boa_vista_3.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a realização dos serviços de pavimentação, com a devida drenagem para escoamento das águas pluviais, na Rua Mossoró, localizada na Quadra G, Lote 06, no Loteamento Boa Vista 3, em Goiana.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2864/forno_de_barro_comunitario.pdf.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2864/forno_de_barro_comunitario.pdf.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, a construção de um forno para queima de barro comunitário moderno e a oferta de cursos de formação para novos artesãos em Goiana.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2867/ubs_engenho_diamante.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2867/ubs_engenho_diamante.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de uma Unidade Básica de Saúde (UBS) no Engenho Diamante.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2868/asfalto_na_rua_atras_do_carmo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2868/asfalto_na_rua_atras_do_carmo.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a implantação de asfalto, com drenagem para escoamento das águas pluviais, na Rua Atrás do Carmo, em Goiana.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2870/indicacao_limpeza_urbana_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2870/indicacao_limpeza_urbana_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, Ofício sugerindo a realização de uma ampla campanha educativa sobre higiene ambiental, em Goiana.</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_andre_errados.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_andre_errados.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o calçamento da Primeira Travessa da Liberdade, localizada em frente ao estabelecimento Zé Mago Veículos, na comunidade da Bela Vista II, em Goiana.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2872/centro_especializado_no_atendimento_a_pessoa_idosa.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2872/centro_especializado_no_atendimento_a_pessoa_idosa.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando providências necessárias para a implantação de um Centro de Saúde Especializado no Atendimento à Pessoa Idosa, em local a ser definido com base em estudo técnico que identifique a área de maior necessidade no município de Goiana.</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2873/nazare_indicacao_fraldario_2.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2873/nazare_indicacao_fraldario_2.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de fraldário na Praça João Bandeira de Souza (localizada em frente à Igreja Católica), na povoação de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2874/04218001.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2874/04218001.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a implantação de calçamento com drenagem para escoamento das águas pluviais na Rua da Jaqueira (ao lado da lanchonete do Sr. Ramilson), no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2875/conclusao_da_pavimentacao_em_asfalto_na_rua_do_forum.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2875/conclusao_da_pavimentacao_em_asfalto_na_rua_do_forum.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a conclusão da pavimentação em asfalto da rua de acesso ao Fórum de Goiana, na comunidade da Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2877/indicacao_-_n_347.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2877/indicacao_-_n_347.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção e pavimentação de uma estrada de acesso urbano ligando a Rodovia PE-049 (ao lado do posto Mastergás) à praia de Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2878/indicacao_criacao_de_bairros.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2878/indicacao_criacao_de_bairros.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Munícipio, Sr. Marcílio Régio Silveira da Costa, dispondo sobre a instituição da divisão territorial do município de Goiana em bairros, com a respectiva criação de Códigos de Endereçamento Postal (CEPs) para cada localidade, a fim de organizar administrativamente o território, facilitar o acesso a serviços públicos e garantir melhor ordenamento urbano em Goiana.</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2879/indicacao_van_da_mulher_retificado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2879/indicacao_van_da_mulher_retificado_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o seguinte pleito: _x000D_
 Implantação permanente do serviço “Van da Saúde da Mulher” como unidade móvel de atendimento preventivo, com atuação periódica nas localidades de difícil_x000D_
 acesso em Goiana.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2881/camscanner_19-08-2025_12.06.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2881/camscanner_19-08-2025_12.06.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa,  pedindo que, através da Secretaria Municipal de Agricultura, Pesca e Meio Ambiente, seja solicitada junto ao Ministério da Agricultura e Pecuária a inclusão de Goiana no CAF (Cadastro Nacional da Agricultura Familiar), conforme os termos da Indicação nº 321/2024 e solicitação de diversos agricultores de nosso município.</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2883/nazare_indicacao__aporte.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2883/nazare_indicacao__aporte.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando um aporte financeiro no valor de R$ 180.000,00 (Cento e oitenta mil reais), para a realização da Copa dos Distritos 2025, custeando assim, todas as despesas de arbitragem, transporte, prestação de serviços, logística, premiações coletivas e individuais, incluindo a entrega de padrões completos (camisas, calções e meiões) para os clubes participantes e mais 05 bolas de futebol para cada equipe.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_-_n_352.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_-_n_352.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a construção de uma praça pública no Loteamento São Pedro, localizado no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_praca.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_praca.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção de uma praça pública no espaço localizado na Rua Igarassu, às margens da Rodovia PE-75, ao lado da lombada eletrônica, em Goiana.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_centro_inf..docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_centro_inf..docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, no sentindo de viabilizar a instalação de Centros de Informações Turísticas (CIT) nos seguintes distritos e localidades: Tejucupapo, São Lourenço, Carne de Vaca, Ponta de Pedras e Catuama, em Goiana.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_ubs_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_ubs_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a ampliação da Unidade Básica de Saúde (UBS) de Flexeiras, de modo que passe a ser classificada como UBS Tipo 2, garantindo maior capacidade de atendimento, infraestrutura adequada e ampliação dos serviços ofertados à população da localidade.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2888/ubs_de_flexeiras.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2888/ubs_de_flexeiras.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando, em caráter emergencial, a substituição da tenda de espera da Unidade Básica de Saúde (UBS) de Flexeiras, bem como a construção de uma estrutura fixa, eficiente e acessível, capaz de oferecer proteção contra sol e chuva, proporcionando melhores condições de acolhimento e maior conforto à população usuária dos serviços de saúde daquela unidade.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2889/horta_comunitaria_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2889/horta_comunitaria_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, para que sejam criadas Hortas Comunitárias Municipais no distrito sede e nos demais distritos de Goiana, com disponibilização pelo Município de locais e insumos para fomentar a agricultura familiar, promovendo o consumo próprio e a geração de renda.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2890/indicacao_ponte_folguedo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2890/indicacao_ponte_folguedo.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a manutenção da ponte de passagem do Engenho Folguedo, em terras da antiga Usina Maravilhas, em Goiana.</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2892/construcao_do_centro__cultural_em_tejucupapo..docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2892/construcao_do_centro__cultural_em_tejucupapo..docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando construir um Centro Cultural, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2895/centro_de_diagnostico.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2895/centro_de_diagnostico.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de um Centro Municipal de Diagnóstico em Goiana, reunindo, em uma única sede própria, adequada à prestação dos serviços e à instalação dos equipamentos necessários para a realização de exames de radiologia, ultrassonografia, mamografia, tomografia, ressonância magnética e demais exames de imagem, bem como a instalação de um Laboratório Municipal com capacidade para a realização de exames de análises clínicas, abrangendo os setores de hematologia, bioquímica, imunohormônios, urinálise, parasitologia, citologia, microbiologia e bacteriologia, além da inclusão de serviços voltados à saúde pública, com o objetivo de fortalecer, integrar e ampliar a rede pública de saúde no município de Goiana.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2896/delegacia_da_mulher.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2896/delegacia_da_mulher.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando um apoio da Delegacia da Mulher no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2897/rua_da_conquista_-_goiana_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2897/rua_da_conquista_-_goiana_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a reabertura da Rua da Conquista, localizada no Loteamento Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2903/indicacao_marisqueiras.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2903/indicacao_marisqueiras.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências cabíveis para a elaboração de Projeto de Lei que enseje em assistência e benefícios às marisqueiras de Goiana nos termos da Lei Municipal nº 2.567/2022, que autoriza ao Poder Executivo a implantar o Programa de Auxílio ao Pescador Artesanal por meio da doação do “Kit Pescador”.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2904/indicacao_pavimentacao_multirao_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2904/indicacao_pavimentacao_multirao_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o seguinte pleito: pavimentação asfáltica nas seguintes ruas da Vila Mutirão: Professor Roberto Magalhães, Deus é Amor, Vila Rica, São Paulo, Travessa da Rua São Paulo, Tancredo Neves e Carpina).</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2905/psicologa._na_rede_municipal.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2905/psicologa._na_rede_municipal.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solictando analisar junto à Secretaria de Educação a possibilidade de colocar uma Psicóloga em todas as Escolas da Rede Municipal de Ensino de Goiana.</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2907/bolsa_escola_municipal_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2907/bolsa_escola_municipal_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito de Goiana, solicitando a implantação do Programa Bolsa Escola Municipal, com o objetivo de oferecer apoio financeiro direto às famílias de baixa renda, visando combater a evasão escolar, incentivar a permanência dos alunos nas escolas públicas do Município e promover maior igualdade de oportunidades no processo educacional.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2908/nivelamento_das_tampas_dos_pocos_de_visitas_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2908/nivelamento_das_tampas_dos_pocos_de_visitas_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, com cópia à Secretaria de Urbanismo, Obras e Patrimônio, solicitando realizar o nivelamento das tampas de poços de visita (popularmente conhecidas como bocas de lobo) localizadas nas vias públicas do Município.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2910/calcamento_ponta.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2910/calcamento_ponta.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o calçamento nas seguintes ruas: Rua Bahia, Subida de Veta e Rua do Policial Itamar, localizadas no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2912/nazare_indicacao_fraldario_1.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2912/nazare_indicacao_fraldario_1.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de fraldário na Praça Maria Camarão, situada no centro do distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2915/plataforma_digital_-_psfs_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2915/plataforma_digital_-_psfs_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, Ofício sugerindo a implantação de plataforma digital (portal + aplicativo mobile) para agendamento de consultas nas Unidades Básicas de Saúde (UBS) de Goiana.</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2916/construcao_de_um_poco_artesiano_com_chafariz_na_comunidade_cana_brava_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2916/construcao_de_um_poco_artesiano_com_chafariz_na_comunidade_cana_brava_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, Ofício solicitando a construção de um poço artesiano com chafariz na comunidade de Cana Brava, situada na povoação de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2917/banheiros_integrados_aos_leitos_de_enfer.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2917/banheiros_integrados_aos_leitos_de_enfer.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de banheiros integrados aos leitos de enfermaria da Unidade de Pronto Atendimento Deputado Osvaldo Rabelo, em Goiana.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2918/camscanner_02-09-2025_13.41.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2918/camscanner_02-09-2025_13.41.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando viabilizar um projeto visando a construção   _x000D_
 de uma pista de motocross, velocross e manobras radicais, com o objetivo de disponibilizar um espaço adequado para o lazer e a prática desportiva dos jovens e adultos de Goiana.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2919/indicacao_praca_do_wifi.docx_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2919/indicacao_praca_do_wifi.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o seguinte pleito: instalação de um parque infantil na Praça Júlio Rabelo, popularmente conhecida como Praça do Wi-Fi, em Goiana.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2920/indicacao_ginasio.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2920/indicacao_ginasio.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências cabíveis para a inclusão no Plano Plurianual 2026/2029 de projeto para construção de um novo ginásio poliesportivo no distrito-sede de Goiana.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2921/muro_cemiterio_ubu_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2921/muro_cemiterio_ubu_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, sugerindo a realização de serviços de limpeza, instalação de iluminação pública e construção do muro no cemitério do Engenho Ubú, em Goiana.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2923/mae_de_primeira_viagem_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2923/mae_de_primeira_viagem_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o seguinte pleito: criação do programa “Mães de Primeira Viagem”, com acompanhamento psicossocial e cursos de preparação para gestantes de Goiana.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2927/promovidos_cursos_de_empreendedorismo_voltados_a_profissionais_autonomos_microempreendedores_individuais_mei_e_pequenos_comerciantes_informais-protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2927/promovidos_cursos_de_empreendedorismo_voltados_a_profissionais_autonomos_microempreendedores_individuais_mei_e_pequenos_comerciantes_informais-protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando que, por meio da Agência de Desenvolvimento de Goiana, sejam promovidos cursos de empreendedorismo voltados a profissionais autônomos e pequenos comerciantes informais, abordando temas como formalização do negócio, gestão financeira, acesso a crédito e participação em licitações, bem como a realização de cursos de capacitação técnica para profissionais autônomos como pedreiros, instaladores hidráulicos (encanadores), eletricistas, entre outros, de forma a melhorar a qualidade dos serviços oferecidos e ampliar as oportunidades de trabalho e renda.</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2928/coberta_quiosque_praca_duque_de_caxias.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2928/coberta_quiosque_praca_duque_de_caxias.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de cobertura para os quiosques de alimentação localizados na Praça Duque de Caxias, no centro de Goiana.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2929/inclusao_de_tenis_no_kit_escolar.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2929/inclusao_de_tenis_no_kit_escolar.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja solicitado ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, que, por meio da Secretaria de Educação, providencie a inclusão de tênis no kit escolar fornecido aos alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2930/kit_enxoval.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2930/kit_enxoval.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando criar um Programa de Apoio à Maternidade, destinado a beneficiar mães de baixa renda, em Goiana, por meio da distribuição gratuita de kits de enxoval.</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_lombadas_estra._nova_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_lombadas_estra._nova_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, pedido de implantação de lombadas na Estrada Nova, nas imediações entre a antiga Distribuidora Antárctica e a Rodoviária Nova, em Goiana.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2933/nazare_indicacao_fraldario_3.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2933/nazare_indicacao_fraldario_3.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de fraldário na Praça Hélio José de Albuquerque Melo, localizada na comunidade de Atapuz, em Goiana.</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2934/instalacao_de_bicicletarios_e_bicicletas_compartilhadas.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2934/instalacao_de_bicicletarios_e_bicicletas_compartilhadas.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de bicicletários, com bicicletas compartilhadas, em praças públicas de Goiana.</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2935/indicacao_ph_pavimentacao_da_rua_cajueiro_doce_1.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2935/indicacao_ph_pavimentacao_da_rua_cajueiro_doce_1.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando pavimentar a Rua Cajueiro Doce, localizada na comunidade das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2937/colocar_rastreadores_no_transportes_da_prefeitura.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2937/colocar_rastreadores_no_transportes_da_prefeitura.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando instalar rastreadores em todos os carros pertecentes e à disposição da Prefeitura Municipal de Goiana.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2939/indicacao_-_n_388.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2939/indicacao_-_n_388.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando que sejam adotadas, por intermédio da Secretaria de Segurança Cidadã, Trânsito e Transportes, providências cabíveis para a ampliação do trajeto do transporte alternativo que atende à praia de Carne de Vaca, estendendo o itinerário das vans até à comunidade de Canoé, especialmente nos finais de semana.</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2940/nazare_indicacao_fraldario_4.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2940/nazare_indicacao_fraldario_4.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de fraldários nas praças Vice-Prefeito Joca de Souza, Gezonito Ferreira de Azevedo e Osvaldo Rabelo Filho, localizadas na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2941/escola_de_tempo_integral28129_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2941/escola_de_tempo_integral28129_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a construção de uma Escola de Tempo Integral na comunidade de Flexeiras, com estrutura moderna, adequada para o ensino em jornada ampliada, contemplando salas climatizadas, refeitório, biblioteca, quadra poliesportiva coberta, laboratório de informática e espaços de convivência.</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2942/biblioteca_comunitaria.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2942/biblioteca_comunitaria.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a implantação de bibliotecas comunitárias nos distritos de Goiana.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2944/instituido_um_programa_de_estagio_na_prefeitura_de_goiana-protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2944/instituido_um_programa_de_estagio_na_prefeitura_de_goiana-protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando instituir um Programa de Estágio na Prefeitura de Goiana, destinado a estudantes residentes na cidade, contemplando parcerias, oferecendo vagas em diferentes setores da administração pública, permitindo aos jovens a vivência prática, o aprendizado de rotinas administrativas e a aplicação dos conhecimentos adquiridos em suas respectivas áreas de estudo.</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2945/programa_educacao_ambiental.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2945/programa_educacao_ambiental.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando que, em parceria entre as Secretarias de Educação e Agricultura, seja implantado um Programa de Educação Ambiental nas escolas municipais, com oficinas, visitas técnicas e atividades práticas voltadas à agricultura sustentável, à preservação do meio ambiente e à alimentação saudável.</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2946/tea.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2946/tea.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando realizar convênios e parcerias com clinicas particulares especializadas no atendimento a pessoas com Transtorno do Espectro Autista (TEA), a fim de suprir a alta demanda existente em Goiana.</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2947/indicacao_rua_da_massangana_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2947/indicacao_rua_da_massangana_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, pedido de implantação de pavimentação e drenagem  na Travessa da Massangana, beco sem saída localizado de frente à Rodovia PE-75, ao lado do Bar do Barreto, em Goiana.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2948/indicacao_bela_vista.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2948/indicacao_bela_vista.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a ampliação da Unidade Básica da Saúde Bela Vista II, no na comunidade de Bela Vista, em Goiana.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2953/nazare_indicacao_fraldario_5_2.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2953/nazare_indicacao_fraldario_5_2.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de fraldários nas praças Viriato Cláudio de Melo, João Paulo Carneiro da Silva e Isaías Trajano, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2954/reforma_do_estadio_agamenon_magalhaes_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2954/reforma_do_estadio_agamenon_magalhaes_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a imediata execução da reforma do Estádio Municipal Agamenon Magalhães, em Goiana.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2955/indicacao_botao_do_panico_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2955/indicacao_botao_do_panico_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o seguinte pleito: Implantação de programa municipal de concessão de “Botão do Pânico” para mulheres em situação de violência doméstica e familiar, como ferramenta emergencial de proteção e resposta rápida.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_-_espaco_para_paredoes_4_ass.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_-_espaco_para_paredoes_4_ass.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a criação de um espaço exclusivo para eventos e carros esportivos em Goiana.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2957/programa_de_coleta_de_pneus_usados-protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2957/programa_de_coleta_de_pneus_usados-protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando implementar um programa de coleta de pneus usados, com a participação de borracharias, lojas de autopeças e revendedoras de pneus, oferecendo à população a possibilidade de descartar corretamente pneus usados de forma prática e segura.</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2958/indicacao_retorno_das_quintas_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2958/indicacao_retorno_das_quintas_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, pedido de reabertura do retorno na Rua das Quintas, localizado após a Praça Getúlio Vargas, em frente à Casa Lotérica.</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2959/banheiro_publico_no_centro_de_goiana.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2959/banheiro_publico_no_centro_de_goiana.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de banheiros públicos no centro de Goiana.</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2960/indicacao_ph_pavimentacao_da_rua_da_praca_do_pe_da_mentira.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2960/indicacao_ph_pavimentacao_da_rua_da_praca_do_pe_da_mentira.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando pavimentar a Rua do Pé da Mentira, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2961/indicacao_-_n_405.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2961/indicacao_-_n_405.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o seguinte pleito: pavimentação asfáltica do Sítio Ibiapicú, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2962/camara_municipal_de_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2962/camara_municipal_de_1.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação do Programa "Vaca Mecânica" na comunidade de Bela Vista II, em Goiana, com o objetivo de promover a produção e distribuição de pão e leite aos moradores daquela localidade.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2964/camscanner_11-09-2025_09.41.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2964/camscanner_11-09-2025_09.41.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, sugerindo a implantação de fardamentos e equipamentos de proteção individual (EPIs) para os servidores efetivos e contratados da Secretaria Municipal de Manutenção e Serviços Públicos de Goiana.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2965/praca_farol_santa_helena.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2965/praca_farol_santa_helena.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a revitalização da área do Farol de Santa Helena, com a construção de um espaço de convivência com praças, estacionamento e quiosques, visando promover o turismo e criação de oportunidades de emprego e renda para a população local, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2970/entrega_de_medicamentos_-__protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2970/entrega_de_medicamentos_-__protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de um Programa de Entrega de Medicamentos em Domicílio destinado às pessoas que recebem seus medicamentos pela Secretaria de Saúde do Município de Goiana.</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2973/nazare_indicacao__carne_de_vaca__balsa.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2973/nazare_indicacao__carne_de_vaca__balsa.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a construção de uma praça pública na Avenida Olívia Gadelha, ao lado do Bar da Balsa, na praia de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2974/indicacao_banco_cidadao.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2974/indicacao_banco_cidadao.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências cabíveis para a criação e implantação do Banco do Cidadão, programa de microcrédito para beneficiar trabalhadores informais do polo econômico de Goiana.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2975/cnh_social_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2975/cnh_social_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando o envio a esta Casa Legislativa de um Projeto de Lei que institua a “Carteira Nacional de Habilitação Social” no âmbito do Município, com o objetivo de beneficiar jovens e adultos de baixa renda, possibilitando-lhes acesso gratuito ao processo de obtenção da primeira CNH (categoria A ou B), contribuindo para facilitar sua inserção no mercado de trabalho formal.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2976/indicacao_wifi_livre_goiana_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2976/indicacao_wifi_livre_goiana_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o seguinte pleito: Implantação do Programa “Wi-Fi Livre Goiana”, destinado a disponibilizar pontos de Internet gratuita em praças, feiras livres, terminais de transporte e prédios públicos, visando ampliar o acesso à informação, apoiar estudantes e facilitar a comunicação dos cidadãos.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2978/indicacao_ph_secretaria_de_pesca.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2978/indicacao_ph_secretaria_de_pesca.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a desvinculação da área de Pesca da atual Secretaria de Agricultura, Pesca e Meio Ambiente, criando-se uma Secretaria própria para tratar exclusivamente das demandas da Pesca no município de Goiana.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2979/indicacao_-_n_415.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2979/indicacao_-_n_415.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação em Goiana do serviço de Blefaroplastia Funcional pelo Sistema Único de Saúde – SUS.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2982/fonte_de_energia_renovavel.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2982/fonte_de_energia_renovavel.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando a realização de estudo e a implantação de um projeto de incentivo ao uso de fontes de energia renovável, como a energia solar, nas propriedades rurais do Município, promovendo a redução de custos e a sustentabilidade das produção rural.</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2983/corrida_das_igrejas-protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2983/corrida_das_igrejas-protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando que volte a realizar, por meio da Secretaria de Esporte e Juventude, a corrida urbana denominada “Corrida das Igrejas”.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2984/indicacao_-_n_418.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2984/indicacao_-_n_418.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de placas informativas na praia de Ponta de Pedras, distrito de Goiana, contendo os nomes das ruas, travessas e loteamentos da localidade, com especial atenção às áreas que ainda não possuem sinalização adequada, como os sítios e localidades mais remotas.</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2985/farmacia_de_manipulacao_assinado_2_1.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2985/farmacia_de_manipulacao_assinado_2_1.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação em Goiana do Programa Farmácia de Manipulação Municipal.</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2988/indicacao_ponte.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2988/indicacao_ponte.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a recuperação das duas pontes de Barra de Catuama que dão acesso à praia de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2989/kit_de_higiene_pessoal_nas_escolas.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2989/kit_de_higiene_pessoal_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja solicitado ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, que, por meio da Secretaria de Educação, verifique a possibilidade de incluir a entrega de kits de higiene pessoal para os alunos da rede pública de ensino integral.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2990/auxilio_de_400.00_ao_pessoa_que_fazem_hemodialise..docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2990/auxilio_de_400.00_ao_pessoa_que_fazem_hemodialise..docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo analisar a possibilidade de enviar um Projeto de Lei a este Poder Legislativo, concedendo um auxílio no valor de R$ 400,00 (quatrocentos reais) para as pessoas que fazem hemodiálise.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2992/indicacao_cnh_popular_correto_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2992/indicacao_cnh_popular_correto_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da AD GOIANA (Agência de Desenvolvimento de Goiana), em parceria com o Departamento Estadual de Trânsito de Pernambuco – DETRAN-PE, o seguinte pleito: Criação do “Programa Municipal CNH Popular”, destinado a possibilitar a obtenção gratuita da primeira Carteira Nacional de Habilitação (CNH) para cidadãos de baixa renda residentes no município de Goiana.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2993/praca_na_localidade_de_carrapicho_-protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2993/praca_na_localidade_de_carrapicho_-protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção de uma praça, na Rua Alda (em frente à residência do Sr. Zé Café), na comunidade de Carrapicho, em Goiana.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2995/camscanner_24-09-2025_08.16.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2995/camscanner_24-09-2025_08.16.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, sugerindo viabilizar a construção do Centro de Formação dos Profissionais da Educação de Goiana, a ser denominado de Professora Edjanéte Maria Valença.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2996/indicacao_ph_limpeza_das_praias.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2996/indicacao_ph_limpeza_das_praias.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando realizar a limpeza das praias e a retirada das pedras e entulhos de construções ao longo da orla de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2998/praca_na_comunidade_de_flexeiras.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2998/praca_na_comunidade_de_flexeiras.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando realizar estudo técnico para a implantação de uma praça pública na comunidade de Flexeiras, com o objetivo de proporcionar um espaço de convivência, lazer e valorização da qualidade de vida dos moradores locais.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3000/indicacao_incentivos_fiscais.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3000/indicacao_incentivos_fiscais.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando providências cabíveis para a realização de estudos técnicos e jurídicos visando a elaboração de políticas de incentivos fiscais destinadas a empresas e indústrias sediadas no Município.</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3001/regularizacao_fundiaria_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3001/regularizacao_fundiaria_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja Oficiado ao Prefeito de Goiana, solicitando que seja encaminhado a esta Casa Legislativa um Projeto de Lei versando sobre  regularização fundiária no Município.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3002/ms_ass.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3002/ms_ass.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a elaboração e implantação de um programa de apresentações musicais das bandas locais nas escolas da rede municipal de ensino, em algumas datas ao longo do ano letivo.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3004/indicacao_-_n_431.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3004/indicacao_-_n_431.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando o seguinte pleito: Pavimentação asfáltica na Rua do Tanquinho, bem como a recuperação das vias adjacentes.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3006/cursos_de_agroecologia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3006/cursos_de_agroecologia.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando a realização de cursos e oficinas para capacitação dos produtores rurais em técnicas de agricultura orgânica e agroecologia, estimulando práticas sustentáveis e a preservação ambiental.</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3007/medico_orp.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3007/medico_orp.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a disponibilização de um médico ortopedista para atendimentos na UPA Santo Amaro, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3008/indicacao_ph_iluminacao_do_campo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3008/indicacao_ph_iluminacao_do_campo.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a instalação de iluminação no campo de futebol da comunidade das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3009/indicacao_-n_435.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3009/indicacao_-n_435.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando a readequação da escala de plantão dos condutores de ambulância da rede municipal de saúde, alterando o atual regime de 24x48 horas para 24x72 horas.</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao_clinica_movel.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao_clinica_movel.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a realização de estudos técnicos e a alocação de recursos orçamentários visando a aquisição de uma Clínica Móvel para atendimento básico de saúde nas comunidades de Goiana.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3015/nazare_indicacao__pavimentacao_goiana.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3015/nazare_indicacao__pavimentacao_goiana.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a pavimentação na Rua Radialista Otávio Fernandes (que fica por trás do Posto Shell) e a Rua Carlos Fernandes Barbosa, ambas localizadas na comunidade da Boa Vista, em Goiana.</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3016/indicacao_assistentes_sociais_e_psicologos_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3016/indicacao_assistentes_sociais_e_psicologos_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o seguinte pleito: Adoção das medidas necessárias para a implementação da Lei nº 13.935/2019, garantindo a inserção de profissionais de Serviço Social e Psicologia nas unidades da rede pública municipal de educação básica de Goiana.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3017/indicacao_pavimentacao_rua_matarazo_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3017/indicacao_pavimentacao_rua_matarazo_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a pavimentação da Rua Maísa Matarazzo, localizada na comunidade de Nova Goiana.</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3018/curicaassembleia_ass.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3018/curicaassembleia_ass.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando promover a cessão legal de um  prédio para fins de implantação de um anexo para a tradicional Banda Musical Curica.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3020/indic_avaliacaoes.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3020/indic_avaliacaoes.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a disponibilização de avaliações neuropsicológicas gratuitas para investigação de transtornos como Transtorno do Espectro Autista (TEA), Transtorno do Opositivo Desafiador (TOD), Transtorno do Déficit de Atenção e Hiperatividade (TDAH) e Transtornos Globais do Desenvolvimento (TGD) para crianças no município de Goiana.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3022/rota_turistica.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3022/rota_turistica.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Sr. Prefeito de Goiana, Marcílio Régio Silveira da Costa, solicitando a criação de uma rota turística integrada, incluindo as praias, patrimônios históricos e o turismo sacro-religioso, com a devida sinalização, placas informativas e roteiros culturais, valorizando os atrativos históricos, naturais e religiosos do município de Goiana.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3023/img20250926_11551167.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3023/img20250926_11551167.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, Ofício propondo a implantação da redução gradual de plásticos de uso único no âmbito da administração pública municipal e em eventos licenciados no município de Goiana.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3024/indicacao_escola_de_musica_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3024/indicacao_escola_de_musica_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o seguinte pleito: Criação da "Escola Municipal de Música de Goiana", com o propósito de democratizar o ensino da música, promover a inclusão social e incentivar o desenvolvimento artístico, oferecendo ensino musical gratuito e de qualidade a crianças, jovens e adultos residentes no Município.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3025/proerd.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3025/proerd.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, para que, por meio da Secretaria de Educação e Inovação, em parceria com a Polícia Militar, seja instituída a implantação do Programa Educacional de Resistência às Drogas e à Violência (PROERD) nas escolas municipais, com a finalidade de promover ações voltadas à prevenção do uso indevido de drogas.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3031/mobilidade_fisica.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3031/mobilidade_fisica.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando que em sintonia com a Secretaria de Políticas Sociais, na pessoa da Secretária Ana Silveira, seja realizado um levantamento, na sede e nos distritos de Goiana, para saber quantas pessoas com deficiência física estão precisando de cadeira de rodas.</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3032/indicacao_centro_zoonoses.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3032/indicacao_centro_zoonoses.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a realização de estudos técnicos visando a criação e implantação do Centro Municipal de Controle de Zoonoses de Goiana.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3033/indicacao_torre_telefonica_flexeiras.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3033/indicacao_torre_telefonica_flexeiras.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, sugerindo viabilzar a instalação de torre de telefonia móvel na área da comunidade de Flexeiras e também nos distritos de Goiana.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3034/indicacao_-_n_449.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3034/indicacao_-_n_449.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando que sejam adotadas, por intermédio da Secretaria Municipal de Urbanismo, Obras e Patrimônio, o seguinte pleito: A construção de um portal de boas-vindas na entrada de Ponta de Pedras, distrito litorâneo do Município.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3035/indicacao_video_monitoramento_praias_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3035/indicacao_video_monitoramento_praias_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, pedido para que veja a urgente necessidade da instalação de câmeras de vídeomonitoramento nas orlas das praias de Goiana.</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3036/indicacao_terreno_creche_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3036/indicacao_terreno_creche_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências cabíveis para disponibilizar, ao Governo do Estado de Pernambuco, uma área (terreno), com no mínimo 40 x 60 metros, para construção de uma Creche, em Goiana.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3039/indicacao_idosos_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3039/indicacao_idosos_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Políticas Sociais, a criação de um Centro Municipal de Convivência para Idosos em Goiana.</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3040/cras_e_crea_ass.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3040/cras_e_crea_ass.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a realização de ações itinerantes de assistência social através do CRAS e CREAS, a serem realizadas de acordo com a vulnerabilidade social de cada localidade.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3041/nazare__indicacao_praca_carne_de_vaca_1.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3041/nazare__indicacao_praca_carne_de_vaca_1.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção de uma praça na Rua São Jorge (próximo ao prédio da Administração), na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3042/implantacao_de_iluminacao_publica_na_comunidade_de_meia_legua_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3042/implantacao_de_iluminacao_publica_na_comunidade_de_meia_legua_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de iluminação pública na comunidade de Meia Légua (nas proximidades da Igreja Assembleia de Deus), no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3043/protocolo_municipal_de_prevencao_e_enfrentamento_ao_assedio_sexual_2.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3043/protocolo_municipal_de_prevencao_e_enfrentamento_ao_assedio_sexual_2.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, Ofício propondo, por intermédio da Secretaria de Políticas Sociais, a implantação do Protocolo Municipal de Prevenção e Enfrentamento ao Assédio Sexual em estabelecimentos, transportes e eventos, e a criação do Programa "Tendas de Acolhimento" para grandes eventos, em Goiana, visando garantir espaços seguros, criar fluxos claros de denúncia e acolhimento, e reforçar o compromisso do Município com a segurança e bem-estar de seus cidadãos diante dos casos recorrentes de assédio e violência sexual.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3044/indicacao_cad_unico_intinerante.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3044/indicacao_cad_unico_intinerante.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando implantar o Programa CadÚnico Itinerante de Goiana.</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3045/indicacao_zona_azul_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3045/indicacao_zona_azul_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando analisar a urgente necessidade da implantação de Zona Azul no perímetro do centro e principais avenidas de Goiana.</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3046/abc_farma.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3046/abc_farma.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação da licitação de medicamentos ABC Farma, em Goiana.</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3047/indicacao_primeiros_socorros_na_escola_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3047/indicacao_primeiros_socorros_na_escola_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, sugerindo a implantação imediata de profissionais capacitados em primeiros socorros  nas escolas municipais de Goiana.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3048/pe_49_-_tejucupapo_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3048/pe_49_-_tejucupapo_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências cabíveis, junto aos órgãos competentes, visando a desapropriação de um terreno, localizado às margens da Rodovia PE-49 (próximo ao posto de combustíveis), para construir uma creche, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3049/indicacao_-_n_462.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3049/indicacao_-_n_462.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando que sejam adotadas as providências necessárias à execução do complemento asfáltico da Rua Engenho Bujari, na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3050/construir_campo_amador_na_impoeira.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3050/construir_campo_amador_na_impoeira.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando construir um campo de futebol amador na Rua da Impoeira, em Goiana.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3051/praca_honorio.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3051/praca_honorio.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município Sr. Marcílio Régio Silveira da Costa, solicitando a construção de uma praça na Rua do Honório, em Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3052/kits_suturas_.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3052/kits_suturas_.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a disponibilização de kits básicos de sutura em todas as Unidades Básicas de Saúde (UBS) de Goiana.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3053/parada_de_onibus_em_sao_lourenco-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3053/parada_de_onibus_em_sao_lourenco-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de paradas de ônibus cobertas às margens da Rodovia PE-49, na povoação de São Lourenço, no sentido da comunidade de Carne de Vaca e do distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3054/impulsionar_a_participacao_de_mulheres_n.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3054/impulsionar_a_participacao_de_mulheres_n.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por meio da Secretaria Municipal de Desenvolvimento Econômico, em parceria com o Serviço Nacional de Aprendizagem Industrial (SENAI), que seja instituído um programa permanente em Goiana voltado a impulsionar a participação de mulheres nos setores de tecnologia e inovação.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3055/indicacao_caravana_da_cidadania.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3055/indicacao_caravana_da_cidadania.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, sugerindo implantar o Programa Caravana da Cidadania de Goiana.</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3057/cemiterio_de_pontas_de_pedra_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3057/cemiterio_de_pontas_de_pedra_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do município, Sr. Marcílio Régio Silveira da Costa, solicitando providências cabíveis visando a ampliação do cemitério público do distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3058/indicacao_-_n_470.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3058/indicacao_-_n_470.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, para que, por intermédio da Secretaria de Turismo e Desenvolvimento Cultural, e em parceria com o  Instituto Histórico Arqueológico e Geográfico de Goiana ( IHAGGO), seja analisada a viabilidade de transformar a casa onde viveu o renomado mestre artesão Zé do Carmo, localizada em frente ao restaurante Buraco da Gia, em um espaço permanente de memória e preservação cultural, destinado à criação da Escola do Barro, em Goiana.</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3060/indicacao_-_n_471.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3060/indicacao_-_n_471.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, propondo a adoção de medidas administrativas que assegurem aos servidores contratados da Prefeitura Municipal de Goiana o direito ao gozo de férias anuais, conforme os parâmetros estabelecidos pela Constituição Federal e demais normas aplicáveis.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3063/indicacao_wi-_fi_na_feira_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3063/indicacao_wi-_fi_na_feira_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, sugerindo que, através da Secretaria Municipal de Comunicação, seja implantada rede Wi-Fi gratuita nas dependências das novas feiras livres do centro de Goiana e da comunidade de Flexeiras.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3064/construcao_do_patio_de_eventos_01.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3064/construcao_do_patio_de_eventos_01.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando analisar a possibilidade de construir um Pátio de Eventos no distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3065/indicacao_-_compaz_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3065/indicacao_-_compaz_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando providências cabíveis para a construção de um COMPAZ em um terreno localizado ao lado da creche da povoação de São Lourenço, às margens da Rodovia PE-49.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3066/indicacao_de_centro_de_formacao_patio_da_feira_flexeiras_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3066/indicacao_de_centro_de_formacao_patio_da_feira_flexeiras_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da AD GOIANA (Agência de Desenvolvimento de Goiana), o seguinte pleito: A implantação de um Centro de Formação Profissional no Pátio da Feira de Flexeiras, com o objetivo de oferecer cursos de capacitação técnica e profissional para os moradores daquela localidade e comunidades vizinhas.</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3067/indicacao_ativacao_do_conselho_de_planejamento_urbano_-_copia.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3067/indicacao_ativacao_do_conselho_de_planejamento_urbano_-_copia.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, pedido para que ocorra a imediata ativação do Conselho Municipal de Desenvolvimento Urbano, órgão previsto no Plano Diretor, com a eleição/nomeação de seus membros, definição de competência, funcionamento regular, dotação orçamentária suficiente, e criação de mecanismos de participação democrática permanente, inclusive pela sociedade civil e segmentos técnicos de Goiana.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3068/construcao_de_um_poco_artesiano_com_chafariz_no_sitio_ibeapicu_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3068/construcao_de_um_poco_artesiano_com_chafariz_no_sitio_ibeapicu_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, Ofício solicitando a construção de um poço artesiano com chafariz no Sítio Ibeapicú, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>Ana Braçoforte, Edson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3069/indicacao_centro_futebol_feminino.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3069/indicacao_centro_futebol_feminino.docx</t>
   </si>
   <si>
     <t>Indicamos à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a elaboração de um Projeto de Lei que crie em Goiana um Centro de Formação e Fomento ao Futebol Feminino.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>Ana Braçoforte, Thiago Viana</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3071/indicacao_dragagem_rio_goiana.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3071/indicacao_dragagem_rio_goiana.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a realização dos serviços de dragagem do Rio Goiana a partir das imediações das comunidades da Rua da Impoeira e do Baldo do Rio, em Goiana.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3072/img20250926_11525975.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3072/img20250926_11525975.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, Ofício propondo, por intermédio da Secretaria de Saúde, a implantação da transparência das listas de espera por consultas, exames e cirurgias da rede municipal de saúde, com observância à Lei Geral de Proteção de Dados (LGPD), no município de Goiana.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3074/cameras_de_monitoramento_nas_escolas_mun.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3074/cameras_de_monitoramento_nas_escolas_mun.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja solicitado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, que, por meio da Secretaria de Educação, viabilize a instalação de câmeras de monitoramento nas escolas municipais de Goiana.</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3080/casa_aquarela_.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3080/casa_aquarela_.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, em caráter de urgência, a disponibilidade de transporte exclusivo e adaptado para atender às mães atípicas e seus filhos vinculados à Casa Aquarela, garantindo o deslocamento para terapias, consultas e demais atividades de acompanhamento especializado.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3081/semana_da_saude_do_pescador_e_da_mariasqueira-protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3081/semana_da_saude_do_pescador_e_da_mariasqueira-protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a criação em Goiana da Semana Municipal de Saúde do Pescador e da Marisqueira.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3082/rua_do_rosario_-_tejucupapo_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3082/rua_do_rosario_-_tejucupapo_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de tampas adequadas nos esgotos de todas as entradas da Rua do Rosário, no centro do distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3083/assentamento_santo_antonio.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3083/assentamento_santo_antonio.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a adoção urgente de providências para fornecer aos moradores do Assentamento Santo Antônio, situado após o Matadouro, às margens da Rodovia PE-75, em Goiana, serviços essenciais como energia elétrica, transporte escolar, limpeza urbana e assistência de agentes de saúde.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3084/indicacao_pavimentacao_loteamento_rocha_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3084/indicacao_pavimentacao_loteamento_rocha_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria Municipal de Urbanismo, Obras e Patrimônio, o seguinte pleito: A execução de obras de pavimentação asfáltica na Rua Professor José Teobaldo, uma das principais vias de acesso à nova Feira Livre de Goiana, e em todas as ruas transversais do Loteamento Rocha, garantindo a mobilidade e segurança dos moradores e frequentadores daquela área.</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3086/nazare_indicacao__quadra_1_sao_lourenco.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3086/nazare_indicacao__quadra_1_sao_lourenco.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município de Goiana, Sr.Marcilio Régio Silveira da Costa, solicitando construir um campo de futebol amador, na comunidade de São Lourenço, com gramadão, alambrado, vestiários e demais dependências no entorno do terreno.</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3087/programa_de_apoio_e_incentivo_ao_comerci.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3087/programa_de_apoio_e_incentivo_ao_comerci.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja solicitada ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, por meio da secretaria competente, a criação de um Programa de Apoio e Incentivo ao Comércio Local, com ações voltadas ao fortalecimento da economia do Município.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3088/confeccao_de_fardamentos_para_sec_de_saude_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3088/confeccao_de_fardamentos_para_sec_de_saude_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a confecção de fardamentos para os servidores efetivos e contratados da Secretaria Municipal de Saúde, bem como a disponibilização de Equipamentos de Proteção Individual (EPI's) para aqueles que necessitarem no exercício de suas funções.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3089/indicacao_contratacao_de_pediatra.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3089/indicacao_contratacao_de_pediatra.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, sugerindo viabilizar a contratação de médicos pediatras para atender nas UBS’s - Unidades Básicas de Saúde –, de Goiana.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3090/indicacao_implantacao_de_lixeiras_em_beira_mar_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3090/indicacao_implantacao_de_lixeiras_em_beira_mar_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Agência Municipal de Meio Ambiente, o seguinte pleito: Instalação de lixeiras resistentes e sinalizadas nas praias e arredores do Município, priorizando as beira-mares de Barra de Catuama, Catuama, Atapuz, Ponta de Pedras e Carne de Vaca.</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3091/indicacao_vacinacao_creche_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3091/indicacao_vacinacao_creche_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo, por meio da Secretaria Municipal de Saúde, a realização de uma ação de vacinação nas escolas e creches da rede municipal, com o objetivo de identificar e atualizar as cadernetas de vacinação das crianças, que se encontram em atraso.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3092/nazare_indicacao__asfaltar.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3092/nazare_indicacao__asfaltar.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando asfaltar a Rua Oscar Lira, localizada nas imediações da Estrada de Cima, entre o Beco da Granja e a Rua do Quelé, em Goiana.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3093/construcao_de_uma_nova_ponte_-_goiana_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3093/construcao_de_uma_nova_ponte_-_goiana_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção de uma nova ponte no Loteamento Boa Vista 03, em Goiana.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3094/indicacao_tejucupapo_assinado_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3094/indicacao_tejucupapo_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcilio Régio Silveira da Costa, sugerindo a construção de uma praça pública no Sítio Sarapió, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3097/patio_de_provas.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3097/patio_de_provas.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja enviado Ofício ao Governo do Estado de Pernambuco, na pessoa da Governadora Raquel Teixeira Lyra Lucena, solicitando a implantação do Pátio de Provas Práticas de Direção Veicular do Departamento Estadual de Trânsito de Pernambuco – DETRAN-PE, no município de Goiana.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3098/indicacao_-_n_497.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3098/indicacao_-_n_497.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando que adote providências, em parceria com a Prefeitura do Recife e em conjunto com a Secretaria de Assistência Social e Combate à Fome, na pessoa da Secretária, Sra. Pâmela Alves, sugerindo a realização de estudo técnico e social voltado à implantação de uma Casa de Apoio em Recife para os munícipes de Goiana.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3102/ind_reat_bica.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3102/ind_reat_bica.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a reativação da bica de Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3103/nazare_indicacao__creches.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3103/nazare_indicacao__creches.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando implantar nas creches Dr. Carlos Alberto dos Santos Viégas, José Batista dos Santos e Osvaldo Rabelo Filho, salas devidamente adequadas para técnicos de enfermagem, enfermeiros e médicos.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3104/creche_no_bairro_da_boa_vista_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3104/creche_no_bairro_da_boa_vista_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, sugerindo a construção e implantação de uma creche na comunidade da Bela Vista, em Goiana.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3112/indicacao_camera2c_praca_-_boa_vista_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3112/indicacao_camera2c_praca_-_boa_vista_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a instalação de câmeras de segurança na Praça Boa Vista, bem como a realização de reparos e manutenção em toda a sua estrutura física.</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3114/nazare_indicacao__8.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3114/nazare_indicacao__8.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção/implantação de um abrigo para os mototaxistas que trabalham no ponto localizado na entrada da comunidade da Boa Vista (ao lado do muro do educandário Eremag, antigo Colégio Industrial), em Goiana, com bancos para eles terem comodidade na espera dos passageiros.</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>Thiago Viana, Ana Braçoforte</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3115/indicacao_goiana_mais_verde_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3115/indicacao_goiana_mais_verde_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o seguinte pleito: Implantação do Programa “Goiana Mais Verde”, destinado ao plantio de árvores nativas em ruas, praças, escolas, áreas públicas e margens de rios, com o objetivo de ampliar as áreas arborizadas e promover educação ambiental junto à população goianense.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3116/goiana_viva.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3116/goiana_viva.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Turismo e Desenvolvimento Cultural, a criação do Projeto “Goiana Viva”, visando a realização de eventos culturais itinerantes nas diversas localidades de Goiana, com o objetivo de valorizar, promover e difundir as manifestações culturais, artísticas e tradicionais do povo goianense.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3117/construcao_de_praca_nos_meloes.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3117/construcao_de_praca_nos_meloes.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a construção de uma praça na comunidade dos Melões, no distrito de Tejucupapo, nas imediações da área onde está sendo construída uma escola estadual.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3118/indicacao_-_melhorias_na_iluminacao_publica_-_rua_lot_osvaldo_rabelo_bairro_nova_goiana_em_goiana_2.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3118/indicacao_-_melhorias_na_iluminacao_publica_-_rua_lot_osvaldo_rabelo_bairro_nova_goiana_em_goiana_2.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Sr. Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando que sejam adotadas providências cabíveis para a realização de melhorias em toda a rede de iluminação pública do Lot. Osvaldo Rabelo, localizado na comunidade de Nova Goiana.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3122/indicacao_-_pavimentacao_nova_divisao.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3122/indicacao_-_pavimentacao_nova_divisao.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido de pavimentação em asfalto na Rua Nova Divisão, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3125/nova_indicacao_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3125/nova_indicacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Secretário Municipal de Saúde, Sr. André Mandarine, Ofício sugerindo a criação do programa “Carro da Saúde”, destinado ao transporte gratuito e exclusivo de pacientes com dificuldade de locomoção até unidades de saúde, hospitais e locais de realização de exames ou consultas médicas, dentro do município de Goiana e em municípios vizinhos, quando necessário.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3126/indicacao_bebedouros_publicos_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3126/indicacao_bebedouros_publicos_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o seguinte pleito: Instalação de bebedouros públicos em áreas de grande circulação, como praças, mercados, feiras livres, espaços esportivos e pontos de mototáxi, garantindo acesso gratuito à água potável para a população e trabalhadores do transporte individual de passageiros em Goiana.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3127/003.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3127/003.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, que seja providenciada a inclusão de moletons no fardamento escolar dos alunos da Rede Municipal de Ensino, considerando que todas as salas de aula são climatizadas, o que torna necessária uma vestimenta adequada para o conforto térmico dos estudantes durante as atividades escolares.</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3128/indicacao_-_pavimentacao_das_ruas_assinado_2.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3128/indicacao_-_pavimentacao_das_ruas_assinado_2.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando o pedido de pavimentação em asfalto nas ruas da Sucupira e da Conceição, na povoação de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3129/calcamento_ibeapicu_2_colonia_de_pescadores_z17.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3129/calcamento_ibeapicu_2_colonia_de_pescadores_z17.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a execução de obras de calçamento e implantação de sistema de drenagem no Sítio Ibeapicú, nas proximidades da Colônia de Pescadores Z-17, com extensão que vai da residência do Sr. Armando Floro até às imediações da residência da Sra. Rosário.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3130/praca_de_alimentacao_ct.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3130/praca_de_alimentacao_ct.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando construir uma praça de alimentação na descida do clube Cheguei Tarde, na beira-mar da praia de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3132/sinalizacao_na_via_local_do_novo_atacare.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3132/sinalizacao_na_via_local_do_novo_atacare.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando, por meio da Secretaria de Segurança Cidadã, Trânsito e Transportes Urbanos, a instalação de sinalização na via local que dá acesso ao Novo Atacarejo, ao lado da Rodovia BR-101, Km 07.</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3133/indicacao_taxis_atacarejo_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3133/indicacao_taxis_atacarejo_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando que sejam adotadas providências cabíveis junto à Secretaria de Segurança Cidadã, Trânsito e Transportes (Sestrans), no sentido de averiguar supostas atuações irregulares de taxistas de outras cidades (na área exclusiva destinada aos permissionários locais) que estariam transportando passageiros de Goiana que se utilizam dos serviços e compras do Supermercado Novo Atacarejo.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3134/indicacao_ph_mototaxi.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3134/indicacao_ph_mototaxi.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa , solicitando que veja a possibilidade da criação e implementação de um programa de regularização do serviço de mototáxi em nossa cidade, com a devida regulamentação legal, cadastro oficial de profissionais, padronização dos veículos e concessão de alvarás de funcionamento.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3135/nazare_indicacao_praca_domino.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3135/nazare_indicacao_praca_domino.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providenciar mais uma mesa com bancos para os munícipes adeptos do jogo de dominó na Praça 13 de Maio, no centro de Goiana.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3136/indicacao_-_acessibilidade_para_o_patio_de_flexeiras_2.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3136/indicacao_-_acessibilidade_para_o_patio_de_flexeiras_2.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando que sejam adotadas as providências cabíveis para assegurar a plena acessibilidade no pátio da Feira Livre de Flexeiras.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3138/desapropriacao_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3138/desapropriacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio, sugerindo a desapropriação do imóvel onde funcionava a antiga Associação Comercial de Goiana, situado às margens da BR-101, para fins de construção de um Clube Municipal dos Servidores Públicos Municipais de Goiana.</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3139/indicacao_-_criacao_de_pontos_de_apoio_aos_mototaxistas__patio_de_flexeiras_e_upa.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3139/indicacao_-_criacao_de_pontos_de_apoio_aos_mototaxistas__patio_de_flexeiras_e_upa.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a construção de um ponto de abrigo para os mototaxistas, na área do Pátio de Flexeiras, bem como a implantação de estrutura semelhante nas proximidades da Unidade de Pronto Atendimento (UPA) Deputado Osvaldo Rabelo, em Goiana.</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3140/indicacao_farmacia_solidaria.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3140/indicacao_farmacia_solidaria.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Saúde, a criação do Programa Municipal "Farmácia Solidária", voltado para a captação, triagem e redistribuição de medicamentos e insumos de saúde dentro do prazo de validade, no âmbito da cidade de Goiana.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3142/construcao_de_praca_em_ibeapicu.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3142/construcao_de_praca_em_ibeapicu.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a construção de uma praça no Sítio Ibeapicú, nas proximidades da Igreja Batista, no distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3141/indicacao_ph_-_acesso_as_praias_catuama_e_barra.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3141/indicacao_ph_-_acesso_as_praias_catuama_e_barra.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município de Goiana, Sr. Marcilio Régio, solicitando analisar a possibilidade de ampliar e melhorar as entradas de acesso às praias de Catuama e Barra de Catuama, no distrito de Ponta de Pedras, garantindo o direito de livre circulação e acesso público ao litoral.</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3143/nazare_indicacao__pocos_e_caixa_dagua.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3143/nazare_indicacao__pocos_e_caixa_dagua.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a perfuração de um poço artesiano e a instalação de duas caixas d’água na comunidade de São Lourenço, em Goiana.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3144/agua_nas_pracas_ass.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3144/agua_nas_pracas_ass.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de seis bebedouros públicos nas seguintes localidades de grande circulação em Goiana: Praça Duque de Caxias, Praça Laura Nogueira (na Vila Castelo Branco), Praça da Bíblia, Praça Frei Caneca (do Carmo), Praça Carlos Fernandes Barbosa (na Boa Vista) e Praça Eulálio Ribeiro (na Vila Bom Tempo).</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3145/programa_municipal_de_apoio_ao_pescador_e_a_marisqueira-protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3145/programa_municipal_de_apoio_ao_pescador_e_a_marisqueira-protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a criação do Programa Municipal Itinerante de Apoio ao Pescador e à Marisqueira, visando oferecer suporte técnico, social e estrutural às colônias de pesca do Município, através de ações descentralizadas, como capacitações, orientações sobre segurança e saúde do trabalhador, além do incentivo à pesca sustentável e à melhoria das condições de trabalho.</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3146/indicacao_moto_taxi_feira_-goiana_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3146/indicacao_moto_taxi_feira_-goiana_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio, sugerindo a inclusão no projeto do novo Pátio da Feira de Goiana da instalação de quatro pontos de mototáxis, sendo um em cada entrada do referido espaço.</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3148/indicacao_temperatura-transporte-alternativo_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3148/indicacao_temperatura-transporte-alternativo_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando que sejam adotadas providências cabíveis, no sentido de avaliar a possibilidade de elaborar projeto de lei ou decreto que permita a utilização de vestuário mais adequado nos períodos de alta temperatura e calor, por parte dos permissionários da Cooperativa do Transporte Complementar e Alternativo de Goiana e Municípios da Mata Norte de Pernambuco e Litoral Sul da Paraíba (COOPETRANG).</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3150/indicacao_calendario_cultural_anual.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3150/indicacao_calendario_cultural_anual.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências cabíveis para a criação efetiva e implantação de um Calendário Cultural Anual que contemple as diversas manifestações culturais de Goiana, tanto no distrito-sede como nos demais distritos e seus povoados.</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3151/feirinhas_tipicas.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3151/feirinhas_tipicas.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a criação da Feira Municipal de Artesanato e Cultura, a ser realizada mensalmente na sede e nos distritos de Goiana, com apresentações culturais, oficinas, gastronomia e exposição de produtos artesanais, bem como sua inclusão no Calendário Oficial de Eventos do Município.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3152/espaco__ser_ass.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3152/espaco__ser_ass.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando estudar a viabilidade de implantação do programa “Equilíbrio do Ser”, inspirado na exitosa experiência do município de João Pessoa – PB, iniciativa que tem como foco a promoção da saúde e o equilíbrio do ser humano em suas dimensões física, mental, emocional e espiritual, por meio de atividades como meditação, alongamento, terapias integrativas, grupos de convivência, rodas de conversa, oficinas de autocuidado e atendimentos multidisciplinares.</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3153/animal_lei_ass.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3153/animal_lei_ass.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando ações do Poder Executivo para o fim da circulação de veículos de tração animal em Goiana, adotando medidas que garantam o bem-estar animal, criando alternativas e modernizando o sistema de transporte de cargas utilizado por carroceiros.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3155/nazare_indicacao__caixa_dagua_meia_legua.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3155/nazare_indicacao__caixa_dagua_meia_legua.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de uma caixa d’água com serviços de encanamento e instalação de bombas, para a comunidade de Meia Légua, no distrito de em Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3157/indicacao_praca_do_multirao_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3157/indicacao_praca_do_multirao_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana, Sr. Marcílio Régio, sugerindo a execução, em caráter de urgência, de melhorias estruturais na Praça do Mutirão, incluindo:_x000D_
 _x000D_
 •	Substituição do solo de areia por piso adequado e seguro para recreação infantil;_x000D_
 •	Limpeza completa e sanitização do local, diante do acúmulo de fezes e urina de cães e gatos, que hoje representam risco direto de contaminação às crianças;_x000D_
 •	Reparos gerais e manutenção preventiva em toda a área da praça, garantindo um ambiente digno, limpo e seguro para a comunidade.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3158/indicacao_vacina_em_cas_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3158/indicacao_vacina_em_cas_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, pedido para que, por intermédio da Secretaria de Saúde, veja a urgente necessidade da criação do Programa Municipal Vacina em Casa, em Goiana.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3159/indicacao_adote_uma_arvore.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3159/indicacao_adote_uma_arvore.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, Ofício propondo, por intermédio da Secretaria de Meio Ambiente e Sustentabilidade, a criação do Programa "Adote uma Árvore", em Goiana.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3160/indicacao_-_calcamento_em_paralelepipedo_-_ponta_de_pedras.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3160/indicacoes_-_n_537.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando que sejam adotadas, por intermédio da Secretaria de Urbanismo, Obras e Patrimônio, as providências necessárias à execução do calçamento na Rua Monte Alegre, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3163/indicacao_desapropriacao_terreno_senac_pronta.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3163/indicacao_desapropriacao_terreno_senac_pronta.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o envio de um Projeto de Lei visando a desapropriação de um terreno e autorização de doação, com encargos, ao Sistema Fecomércio/Senac/Sesc-PE, ao mesmo tempo em que adote iniciativas para a construção e implantação de um Centro de Educação Profissional do Senac, em Goiana.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3166/nazare_indicacao__mercado_publico.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3166/nazare_indicacao__mercado_publico.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção de um Mercado Público na comunidade de Carne de Vaca, em Goiana, com a finalidade de alocar as pessoas que na localidade trabalham e demais comerciantes que estejam em lugares impróprios, cada um recebendo a concessão do seu Box para trabalhar.</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3170/indicacao_iluminacao_rua_da_bencao_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3170/indicacao_iluminacao_rua_da_bencao_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, pedido para instalar postes com iluminação de lâmpadas de LED na Rua da Bênção, localizada na comunidade da Nova Goiana.</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3171/nazare_indicacao__carne_de_vaca__balsa.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3171/nazare_indicacao__carne_de_vaca__balsa.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando analisar a possibilidade de construir uma praça com pista de caminhada, parquinho infantil, quadra poliesportiva, campos de futebol de areia e de futebol society (próximo ao Bar da Balsa), para a comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3172/indicacao_ph_-_espaco_pescador.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3172/indicacao_ph_-_espaco_pescador.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando analisar a possibilidade de construir um espaço adequado para os pescadores realizarem as manutenções dos seus barcos, na praia de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3173/calcamento_rua_do_funil.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3173/calcamento_rua_do_funil.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de calçamento com drenagem para escoamento das águas pluviais, na Rua do Funil, na praia de Catuama, em Goiana.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3174/acompanhamento_alimentar_especializado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3174/acompanhamento_alimentar_especializado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a adoção de medidas para garantir atenção nutricional básica e acompanhamento alimentar especializado para estudantes com Transtorno do Déficit de Atenção com Hiperatividade (TDAH), Transtorno do Espectro Autista (TEA) e outras necessidades específicas, nas unidades escolares municipais de Goiana.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3175/pavimentacao_da_rua_vila_rica_na_vila_mutirao.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3175/pavimentacao_da_rua_vila_rica_na_vila_mutirao.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a pavimentação em asfalto na Rua Vila Rica, situada na Vila Mutirão, em Goiana.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3176/indicacao_ph_-_revitalizacao_do_canal_pdp.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3176/indicacao_ph_-_revitalizacao_do_canal_pdp.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando analisar a possibilidade de realizar a revitalização do canal localizado na praia de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3179/indicacao_praca_ao_lado_do_campo_de_flexeiras_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3179/indicacao_praca_ao_lado_do_campo_de_flexeiras_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a construção de uma Praça com Academia da Saúde ao lado do campo da comunidade de Flexeiras.</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3180/indicacao_linha_de_transporte_alternativo_engenho_diamante_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3180/indicacao_linha_de_transporte_alternativo_engenho_diamante_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Segurança Cidadã, Trânsito e Transportes Urbanos de Goiana, o seguinte pleito: implantação de uma linha de transporte alternativo para o Engenho Diamante, com um cronograma regular e percurso definido, para facilitar o acesso dos moradores a serviços essenciais e ao centro da cidade, não oferecidos na referida localidade.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3181/indicacao_ceo_em_pdp_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3181/indicacao_ceo_em_pdp_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, pedido para que analise a urgente necessidade de implantação de um Centro de Especialidades Odontológicas-CEO, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3182/indicacao_ph_-_iluminacao_acessos.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3182/indicacao_ph_-_iluminacao_acessos.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando analisar a possibilidade de realizar a melhoria e ampliação da iluminação pública nos acessos às áreas de beira-mar nas praias de Ponta de Pedras, Catuama e Barra de Catuama, todas no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3183/indicacao_-_pavimentacao_estrada_que_liga_a_usina_maravilha_ate_a_interseccao_a_estrada_de_itambe_-_goiana.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3183/indicacoes-_n_551.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a pavimentação de todo o percurso da estrada da Usina Maravilhas (Engenho Folguedo) até à intersecção que leva ao acesso à estrada do município de Itambé.</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3184/indicacao_terreno_igreja_evangelica_casa_da_bencao_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3184/indicacao_terreno_igreja_evangelica_casa_da_bencao_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências cabíveis visando a doação de uma área (terreno) de 20m x 20m, na comunidade de Carne de Vaca, em Goiana, destinado à construção da Igreja Evangélica Casa da Bênção.</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3185/indicacao_unidade_sebrae_pronta.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3185/indicacao_unidade_sebrae_pronta.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a adoção de providências cabíveis visando a instalação de uma Unidade do Serviço Brasileiro de Apoio às Micro e Pequenas Empresas (Sebrae), em Goiana.</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3186/nazare_indic.__carne_de_vaca_28_agosto.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3186/nazare_indic.__carne_de_vaca_28_agosto.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando analisar a possibilidade de pavimentar  a Travessa da antiga Rua Brasília Teimosa (agora denominada Rua Amara Rodrigues), na comunidade de Carne de Vaca, em Goiana.</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3188/desapropriacao_e_gramadao_de_carrapicho_-_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3188/desapropriacao_e_gramadao_de_carrapicho_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a desapropriação da área onde se encontra o campo de futebol da comunidade de Carrapicho e que, naquele espaço, seja implantado o Projeto Gramadão, conforme Indicação de nº 61/2025.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3189/indicacao_ph_-_engorda.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3189/indicacao_ph_-_engorda.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando analisar a possibilidade de realizar estudos e ações necessárias para a engorda das faixas de areia das praias de Ponta de Pedras e Catuama, em Goiana.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3190/indicacao_-_implantacao_de_uma_unidade_do_programa_de_saude_da_familia_psf_na_comunidade_do_engenho_folguedo_usina_maravilha.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3190/indicacao_-_implantacao_de_uma_unidade_do_programa_de_saude_da_familia_psf_na_comunidade_do_engenho_folguedo_usina_maravilha.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a implantação de uma unidade do Programa de Saúde da Família (PSF) na comunidade do Engenho Folguedo, em Goiana.</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3191/indicacao_ponto_de_onibus_coberto_bom_tempo_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3191/indicacao_ponto_de_onibus_coberto_bom_tempo_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria Municipal de Urbanismo, Obras e Patrimônio, o seguinte pleito: instalação de um ponto de ônibus coberto, com assentos e iluminação, em local de grande fluxo de usuários de transporte público na Vila Bom Tempo, próximo à BR-101, para oferecer um local adequado e seguro aos moradores que dependem do transporte coletivo naquela localidade.</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3192/indicacao_bela_vista_ii_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3192/indicacao_bela_vista_ii_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, sugerindo o asfaltamento da Rua Osvaldo Rabelo e da Rua Madureira, na comunidade Bela Vista II, em Goiana, diante da necessidade urgente de melhoria da mobilidade e das condições de tráfego no local.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3196/abrigo_carrapicho.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3196/abrigo_carrapicho.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando analisar a possibilidade de implantar um abrigo para passageiros na comunidade de Carrapicho II, em Goiana, mais precisamente em frente à Igreja Assembleia de Deus daquela localidade.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3197/construcao_de_um_poco_artesiano_com_chafariz_na_bica_de_araca_protocolado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3197/construcao_de_um_poco_artesiano_com_chafariz_na_bica_de_araca_protocolado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, a presente Indicação solicitando a construção de um poço artesiano com chafariz na comunidade da Bica do Araçá, no distrito de Tejucupapo, em Goiana.</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3198/indicacao_pavimentacao_engenho_diamante_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3198/indicacao_pavimentacao_engenho_diamante_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Urbanismo, Obras e Patrimônio de Goiana, o seguinte pleito: a inclusão da comunidade do Engenho Diamante no cronograma de obras do Município para o calçamento e pavimentação das suas estradas.</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3200/indicacao_ouvidoria_nas_escolas_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3200/indicacao_ouvidoria_nas_escolas_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, pedido para que, por intermédio da Secretaria de Educação e Inovação, analise a urgente necessidade da implantação do Programa Ouvidoria nas Escolas da Rede Municipal de Ensino, em Goiana.</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3201/indicacao_ph_-_poco_artesiano_catuama.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3201/indicacao_ph_-_poco_artesiano_catuama.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando realizar a perfuração de um poço artesiano na comunidade de Catuama, no distrito de Ponta de Pedras, em Goiana, com sistema de distribuição de água para atender toda a população daquela localidade.</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3203/indicacao_reestruturacao_sitio_historico_pronta.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3203/indicacao_reestruturacao_sitio_historico_pronta.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a adoção de medidas efetivas para a reestruturação/preservação do sítio histórico urbano de Goiana.</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3205/indicacao_-_escola_na_usina_maravilha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3205/indicacao_-_n_566.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a realização de estudo técnico especializado para avaliar a possibilidade de construção de uma unidade escolar na comunidade do Engenho Folguedo, em Goiana, visando atender às necessidades educacionais da população daquela localidade.</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3206/indicacao_-_placas_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3206/indicacao_-_placas_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a instalação de placas informativas, contendo instruções básicas de primeiros socorros e números de telefones de emergência (Samu, Corpo de Bombeiros, Polícia Militar, Defesa Civil, entre outros) nas dependências públicas do Município, como escolas, praças, unidades esportivas e, especialmente, nas áreas de maior fluxo de pessoas, como a pista de skate e demais espaços de prática esportiva.</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3207/construcao_de_um_abrigo_no_alecrim.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3207/construcao_de_um_abrigo_no_alecrim.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de um abrigo para passageiros na comunidade de Alecrim, em Goiana.</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3208/indicacao_-reforma_prioritaria_da_escola_lourenco_albuquerque_gadelha_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3208/indicacao_-reforma_prioritaria_da_escola_lourenco_albuquerque_gadelha_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, sugerindo que a Escola Lourenço de Albuquerque Gadelha seja incluída com prioridade na lista de reformas das unidades escolares municipais, considerando a necessidade de melhorias estruturais para garantir segurança e qualidade no processo de ensino.</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3209/ind_-_centro_de_referencia_de_assistencia_social_-_cras.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3209/ind_-_centro_de_referencia_de_assistencia_social_-_cras.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Políticas Sociais, a implantação de um Centro de Referência em Assistência Social - CRAS, na comunidade de Flexeiras, em Goiana.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3210/indicacao_ph_-_pavimentacao_marina.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3210/indicacao_ph_-_pavimentacao_marina.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando analisar a possibilidade de realizar a pavimentação na Rua da Marina Enseada, localizada no caminho da praia de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3212/construcao_de_pavimentacao_e_drenagem_na_comunidade_negaca_n.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3212/construcao_de_pavimentacao_e_drenagem_na_comunidade_negaca_n.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a pavimentação em asfalto e implantação de sistema de drenagem na comunidade “Negaça”, localizada no Sítio Ibeapicú, no distrito de Tejucupapo.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3214/indicacao_renovacao_das_bibliotecas_escolares_da_rede_municipal_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3214/indicacao_renovacao_das_bibliotecas_escolares_da_rede_municipal_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Educação e Inovação de Goiana, o seguinte pleito: a criação de um programa de modernização das bibliotecas escolares da rede pública municipal de ensino, com a instalação de computadores, tablets e acesso à Internet de alta velocidade para os alunos.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3217/indicacao_ph_-_banheiros_rodotur.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3217/indicacao_ph_-_banheiros_rodotur.docx</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando a reforma dos banheiros públicos localizados nas proximidades da Rodoviária do distrito de Ponta de Pedras.</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3218/solicitacao_de_neurologista_e_reumatolog.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3218/solicitacao_de_neurologista_e_reumatolog.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a disponibilidade de profissionais Neurologista e Reumatologista, considerando que muitas mulheres sofrem com doenças autoimunes e crônicas, sendo direcionado de forma prioritária o atendimento especializado no Centro de Saúde da Mulher, em Goiana.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3222/camscanner_15-12-2025_13.48.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3222/camscanner_15-12-2025_13.48.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após ouvido o Plenário e cumprida as formalidades Regimentais, que seja enviado expediente ao Excelentíssimo Senhor Marcílio Régio, Prefeito do Município de Goiana, solicitando ao setor competente, que veja a possibilidade as providências necessárias visando ao recapeamento asfáltico de todas as ruas do Bairro Bela Vista II.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Fixa o Salário Mínimo a ser pago a seus servidores, pelo município de Goiana, a partir de 1º de janeiro de 2025, e dá outras providências</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste anual do vencimento básico, salário e proventos dos servidores efetivos ativos, inativos e servidores contratados do Município de Goiana e dá outras providências.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
@@ -7529,1260 +7529,1260 @@
 Provimento em Comissão, CC1, para Cargos de Agentes Políticos, AP1, e dá outras providências.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
     <t>"Dispõe sobre a instituição do Programa de Recuperação Fiscal do Município de Goiana - REFIS 2025 , e dá outras providências".</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
     <t>"Insere o Baile Municipal de Carnaval no Calendário Festivo de Goiana; autoriza o Município de Goiana a realizá-lo e reverter a totalidade da bilheteria a instituição beneficente, e dá outras providências”.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
     <t>"AUTORIZA A CONCESSÃO DE SUBVENÇÃO ÀS AGREMIAÇÕES, CLUBES, BLOCOS, TROÇAS, E MANIFESTAÇÕES POPULARES_x000D_
 CARNAVALESCAS DO MUNICÍPIO DE GOIANA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2505/pl_no_007-2025_-_doacao_de_peixes.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2505/pl_no_007-2025_-_doacao_de_peixes.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar peixe a famílias carentes durante o período da semana santa e dá outras providências.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2558/oficio_no_082-2025_gabpref_-_pl_010-2025_-_readequacao_da_tabela_de_vencimentos_da_guarda_municipal.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2558/oficio_no_082-2025_gabpref_-_pl_010-2025_-_readequacao_da_tabela_de_vencimentos_da_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do art. 3° da Lei Municipal nº 2.652/2024, que “dispõe sobre readequação da Tabela de Vencimentos da Guarda Civil Municipal de Goiana e dá outras Providências.”</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2559/oficio_no_083-2025_gabpref_-_pl_011-2025_-_requalificacao_do_convento_e_igreja_nossa_senhora_da_soledade.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2559/oficio_no_083-2025_gabpref_-_pl_011-2025_-_requalificacao_do_convento_e_igreja_nossa_senhora_da_soledade.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização da celebração de Termo de Colaboração com a Paróquia Nossa Senhora do Rosário, Diocese de Nazaré, para_x000D_
 preservação da edificação de relevância histórico-cultural, mediante a requalificação do Convento e Igreja Nossa Senhora da Soledade, e dá outras providências.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2601/oficio_no_090-_2025-_gabpref.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2601/oficio_no_090-_2025-_gabpref.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 106 da Lei Complementar nº 018/2009 e dá outras providências.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do art. 5° da Lei Municipal 2.594/2023, que trata da Progressão Vertical dos servidores do Município de Goiana-PE.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
     <t>Altera os artigos 3° e 4º da Lei Municipal n° 2.560/2022, que estabelece o Sistema de Controle de Consignações dos Servidores Públicos Municipais de Goiana, e dá outras providências</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do PREVINE BRASIL aos servidores efetivos e contratados da Secretaria Municipal de Saúde de Goiana, estabelece pagamento do INCENTIVO FINANCEIRO DO COMPONENTE DE QUALIDADE e do INCENTIVO ADICIONAL DO COMPONENTE DE QUALIDADE, revoga a Lei municipal n. 2.435/2020 dá outras providências.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2641/oficio_no_103-2025_gabpref_-_pl_no_016-2025_-_praca_joao_paulo_carneiro.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2641/oficio_no_103-2025_gabpref_-_pl_no_016-2025_-_praca_joao_paulo_carneiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público (Praça João Paulo Carneiro da Silva), localizada na Rua da Igreja, conhecida como Pé da Mentira, em Ponta de Pedras, e dá outras providências.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2642/oficio_no_101-2025_gabpref_-_pl_no_017-2025_-_unificacao_da_gratificacao_de_motorista_risco_de_vida_e_romu..pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2642/oficio_no_101-2025_gabpref_-_pl_no_017-2025_-_unificacao_da_gratificacao_de_motorista_risco_de_vida_e_romu..pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a unificação da gratificação de motorista, risco de vida e ROMU, advindas dos artigos 42, I e 43 da lei municipal 2042/2007 que "Institui o Estatuto da Guarda Municipal de Goiana e dá outras providências” e art. 3° da Lei Municipal 2404/2019, que “Autoriza o poder executivo a criar e estruturar as Rondas Ostensivas Municipais- ROMU, vinculada ao comando da guarda civil municipal da Secretaria de Segurança Cidadã Trânsito e Transporte Urbano ”, em gratificação de exercício. ”</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2644/pl_019.25_executivo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2644/pl_019.25_executivo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração de Símbolos de Cargo de Provimento em Comissão, CC1, para Cargo de Agente Político, AP1, da Autarquia Municipal do Ensino Superior de Goiana Dr. Clóvis Fontenelle Guimarães - AMESG, e dá outras providências".</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2635/oficio_no_094-2025_gabpref_-_projeto_de_lei_no_020-2025.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2635/oficio_no_094-2025_gabpref_-_projeto_de_lei_no_020-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APLICAÇÃO DOS RECURSOS DOS PRECATÓRIOS DO FUNDEF DECORRENTE DECISÃO JUDICIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2634/oficio_no_095-2025_gabpref_-_projeto_de_lei_no_021-2025.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2634/oficio_no_095-2025_gabpref_-_projeto_de_lei_no_021-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração do art. 18, da Lei n. 2.680/2024, e do inciso I do art. 7°., da Lei n. 2.690/2024".</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2643/oficio_no_104-2025_gabpref_-_pl_no_022-2025_-_praca_izaias.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2643/oficio_no_104-2025_gabpref_-_pl_no_022-2025_-_praca_izaias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público (Praça Izaías Trajano), localizada na Rua do Cemitério, em Ponta de Pedras, e dá outras providências.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2664/oficio_no_115_-_2025_gabpref_-_projeto_de_lei_no_023-2025.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2664/oficio_no_115_-_2025_gabpref_-_projeto_de_lei_no_023-2025.pdf</t>
   </si>
   <si>
     <t>"Denomina Praça Odílio Vicente da Silva (Sargento Dida) o logradouro localizado no distrito de Atapuz, localizada na Avenida Beira-Mar."</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2663/oficio_no_114_-_2025_-gabpref_-_projeto_de_lei_no_024-2025_-_executivo.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2663/oficio_no_114_-_2025_-gabpref_-_projeto_de_lei_no_024-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de logradouro público (Praça Carlos Fernandes Barbosa), no Alto da Boa Vista, em Goiana , e dá outras providências. ”</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/2497/s22c-6e25031018000.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/2497/s22c-6e25031018000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa de Recuperação Fiscal do Município de Goiana - REFIS 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>"Autoriza a concessão de subvenção à Associação da união dos grupos de  quadrilhas juninas de Goiana, e dà outras providências."</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>Marcílio Régio Silveira da Costa</t>
   </si>
   <si>
     <t>"Altera o art. 18, da Lei n. 2.680/2024, que "Dispõe sobre as diretrizes para a elaboração da lei orçamentária para o Exercício de 2025 e dá outras providências" e o art. 7º., I, da Lei n. 2.690/2024, que "Estima a receita e fixa a despesa do Município de Goiana para o exercício de 2025 e dá outras providências."</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o Exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>"Autoriza o parcelamento dos valores repassados a maior ao Poder Legislativo Municipal, no período entre Janeiro a Julho de 2025 , em decorrência de inclusão indevida dos valores do FUNDEB na base de cálculo do duodécimo, e dá outras providências".</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Escola de Governo Municipal Professor Antônio Rufino Ribeiro (EGM), a reestruturação do quadro dos cargos de provimento em comissão da Autarquia Municipal do Ensino Superior de Goiana (AMESG), e dá outras providências.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público, e dá outras providências.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3026/projeto_de_lei_n36_-_ppa.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3026/projeto_de_lei_n36_-_ppa.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual do Município de Goiana para o Período de 2026 a 2029.</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3027/projeto_de_lei_n37_-_loa.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3027/projeto_de_lei_n37_-_loa.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa sobre a Lei Orçamentária para o Exercício de 2026 e dá outras providências</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3028/pl_no_038-_2025_-_orla_de_atapuz_-_02.10.25.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3028/pl_no_038-_2025_-_orla_de_atapuz_-_02.10.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do aparelho público municipal Orla Ecológica da Praia de Atapuz e dá outras providências.</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3029/pl_no_039-_2025_-_subvencao_ihaggo_-_02.10.25.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3029/pl_no_039-_2025_-_subvencao_ihaggo_-_02.10.25.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a transferir recursos financeiros, a título de subvenção social, ao Instituto Histórico, Arqueológico e Geográfico de Goiana – IHAGGO –, e dá outras providências.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3076/pl_040_2025_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3076/pl_040_2025_1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n°1.987/2006 (Plano Diretor de Desenvolvimento Urbano de Goiana), referente ao zoneamento legal; modifica as macrozonas MZ-1 e MZ-2, e dá outras providências.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação da praça localizada na Rua Deputado Ulysses Guimarães, no município de Goiana, e dá outras providências."</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3077/pl_042_2025_1_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3077/pl_042_2025_1_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação, Delimitação e Denominação de Bairros na Macrozona Urbana (MZ1) do Município de Goiana/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3078/pl_043_2025_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3078/pl_043_2025_1.pdf</t>
   </si>
   <si>
     <t>Autoriza a desafetação de área pública destinada a uso comum do povo, localizada no loteamento Vilar, distrito de Carne de Vaca, no Município de Goiana, Estado de Pernambuco, para fins de destinação urbanística, e dá outras providências.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Orla da Impoeira, "Orla Prefeito José Roberto Tavares Gadêlha", localizada na Rua da Impoeira, Centro, no Município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3111/projeto_de_lei_no_045-2025_-_decisao_futebol_clube__-_revisado_-_decisao_final.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3111/projeto_de_lei_no_045-2025_-_decisao_futebol_clube__-_revisado_-_decisao_final.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar convênio com a Sociedade Esportiva Decisão Futebol Clube, e dá outras providências</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3165/oficio_no_330-2025_-_gabpref_-_referencia_-_projeto_de_lei_no_047-2025__executivo_-_tramitacao_em_regime_de_urgencia..pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3165/oficio_no_330-2025_-_gabpref_-_referencia_-_projeto_de_lei_no_047-2025__executivo_-_tramitacao_em_regime_de_urgencia..pdf</t>
   </si>
   <si>
     <t>Dispõe sobra a alteração do Art. 18, da Lei nº 2.680/2024, e do Inciso I, do Art. 7º, da Lei nº 2.690/2024.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3193/oficio_no_342-2025-gabpref_-_devolucao_do_pl_no048-2025_e_encaminha_a_nova_minuta_do_pl_no048-2025.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3193/oficio_no_342-2025-gabpref_-_devolucao_do_pl_no048-2025_e_encaminha_a_nova_minuta_do_pl_no048-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1987/2006 (Plano Diretor de Desenvolvimento Urbano de Goiana), referente ao zoneamento legal, e modifica as Macrozonas MZ-1 e MZ- 2, e dá outras providências.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3199/oficio_no_342-2025-gabpref_-_devolucao_do_pl_no048-2025_e_encaminha_a_nova_minuta_do_pl_no048-2025.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3199/oficio_no_342-2025-gabpref_-_devolucao_do_pl_no048-2025_e_encaminha_a_nova_minuta_do_pl_no048-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1987/2006 (Plano Diretor de Desenvolvimento Urbano de Goiana), referente ao zoneamento legal; modifica as Macrozonas MZ-1 e MZ-2, e dá outras providências.</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3224/oficio_no_360-2025_-_gabpref_-_encaminha_pl_no050-2025.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3224/oficio_no_360-2025_-_gabpref_-_encaminha_pl_no050-2025.pdf</t>
   </si>
   <si>
     <t>Altera o caput do art. 1º, da Lei Municipal nº 2.541, de 21 de julho de 2022, para tornar permanente o Programa Municipal de Ensino Superior para Todos – PROMESP –, e dá outras providências.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3223/oficio_no_361-2025-gabpref-_encaminha_pl_no051-2025.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3223/oficio_no_361-2025-gabpref-_encaminha_pl_no051-2025.pdf</t>
   </si>
   <si>
     <t>Substitui o Anexo II, da Lei Municipal n. 2.401, de 14 de agosto de 2019, que “Dispõe sobre o quadro de cargos da Administração Pública Municipal de Goiana/PE, extingue e cria cargos, e dá outras providências”.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3220/oficio_no_362-2025_-_gabpref_-_camara_-_encaminha_pl_no_052-2025-_subvencao.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3220/oficio_no_362-2025_-_gabpref_-_camara_-_encaminha_pl_no_052-2025-_subvencao.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de subvenção social às agremiações culturais carnavalescas credenciadas para o Carnaval de Goiana 2026, estabelece requisitos, obrigações e contrapartidas, e dá outras providências.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei da Câmara</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do Salário Mínimo a ser pago aos Servidores, concede reajuste dos Vencimentos, Salários e Proventos, a partir de 1º de janeiro de 2025.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>Dispõe sobre a composição dos cargos da Câmara Municipal de Goiana; revoga as Leis n. 2.505/2022 e 2.517/2022; disciplina a concessão dos Auxílios Saúde e Alimentação aos servidores do Poder Legislativo Municipal de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>Substitui o Anexo I, da Lei nº 2.637/2024, e da outras providências.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
     <t>Inclui no Calendário Cultural Oficial de Eventos do Município de Goiana-Pernambuco, o Bloco Carnavalesco "O CABEÇÃO".</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2507/projeto_de_lei_005.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2507/projeto_de_lei_005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do "Dia da Mãe Atípica" na cidade de Goiana-PE, a ser comemorado anualmante no terceiro domingo do mês de maio.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2508/projeto_de_lei_006.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2508/projeto_de_lei_006.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público (Praça Maria Vitalino de Oliveira), localizado ao final da Rua Ulysses Guimarães, em Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2512/camscanner_12-03-2025_09.41.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2512/camscanner_12-03-2025_09.41.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Goiana/PE, o Projeto Esperançar Goiana, realizado pela Igreja Rede Esperança.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2531/02_projeto_de_lei_cnh_baixa_renda_assinado_assinado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2531/02_projeto_de_lei_cnh_baixa_renda_assinado_assinado.docx</t>
   </si>
   <si>
     <t>Institui o Programa Municipal CNH Social, destinado às pessoas de baixa renda residentes no Município, com a finalidade de possibilitar o acesso gratuito aos serviços de habilitação para conduzir veículos automotores, e dá outras providências.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>Torna obrigatória na formação continuada dos professores a inclusão da Prevenção ao Abuso Sexual de crianças e adolescentes goianenses._x000D_
 _x000D_
 Parecer favorável da Comissão de Constituição, Justiça e Redação, publicado em 17 de dezembro de 2024.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2565/projeto_de_lei_-_inibidores_de_ruidos_tea.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2565/projeto_de_lei_-_inibidores_de_ruidos_tea.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento de protetor auricular ou inibidor de ruídos para crianças diagnosticadas com Transtorno do Espectro Autista – TEA no âmbito do município de Goiana.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2574/projeto_de_lei.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2574/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Substitui o Anexo I, da Lei Municipal n° 2.709/2025, disciplina a jornada ordinária de trabalho dos vigilantes da Câmara Municipal de Goiana, estabelece o adicional de risco de vida, e dá outras providências.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2598/aviva_goiana.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2598/aviva_goiana.docx</t>
   </si>
   <si>
     <t>Cria no Calendário de Eventos a festividade denominada Aviva Goiana, nesta cidade.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2648/pl_festa_de_santana.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2648/pl_festa_de_santana.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Goiana/PE, a Festa de Santana do Loteamento Sindicato.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>Dispõe sobre a composição dos cargos da Câmara Municipal de Goiana; revoga a Lei n. 2.709/2025; disciplina a concessão dos Auxílios Saúde e Alimentação aos servidores do Poder Legislativo Municipal de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2655/projeto_de_lei_libras.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2655/projeto_de_lei_libras.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a capacitação dos profissionais do município de Goiana/PE em Linguagem Brasileira de Sinais – Libras, e dá outras providências.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2650/maes_atipicas-cartao_das_maes_atipicas_assinado_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2650/maes_atipicas-cartao_das_maes_atipicas_assinado_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Cartão da Mãe Atípica, que garante benefícios para mães de criança com deficiência ou transtornos do neurodesenvolvimento, no âmbito do município de Goiana.</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2697/pl_belo_horizonte.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2697/pl_belo_horizonte.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação dos Agricultores Familiar de Belo Horizonte, e dá outras providências.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2698/pl_sete_flexa.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2698/pl_sete_flexa.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública o Caboclinho 7 Flechas Mirim, e dá outras providências.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2711/camscanner_13-06-2025_09.58.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2711/camscanner_13-06-2025_09.58.pdf</t>
   </si>
   <si>
     <t>Inclui nos ciclos juninos, carnavalescos e natalinos do Calendário Oficial de Goiana/PE, eventos para os públicos evangélico e católico, e dá outras providências.</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2727/projeto_de_lei_dia_do_farmaceutico_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2727/projeto_de_lei_dia_do_farmaceutico_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Farmacêutico, a ser comemorado anualmente no dia 20 de Janeiro, no âmbito do município de Goiana.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2753/pl_tea.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2753/pl_tea.pdf</t>
   </si>
   <si>
     <t>“Fica permitido às pessoas com Transtorno de Espectro Autista – TEA, o direito de ingressar e permanecer em qualquer local, público ou privado, portando alimentos para consumo próprio e utensílios de uso pessoal no âmbito do município de Goiana-PE”.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2782/projeto_de_lei-_criacao_de_um_centro_de_reabilitacao_para_dependentes_quimicos._assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2782/projeto_de_lei-_criacao_de_um_centro_de_reabilitacao_para_dependentes_quimicos._assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Acolhimento aos Dependentes Químicos de Goiana, garantindo ao jovem dependente químico a ressocialização e a reabilitação à sociedade através da obrigatoriedade da criação de núcleos multidisciplinares de apoio aos grupos de risco.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2788/dia_municipal_da_cultura_lgbtqia.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2788/dia_municipal_da_cultura_lgbtqia.pdf</t>
   </si>
   <si>
     <t>Institui o "Dia Municipal da Cultura LGBTQIA+" no  Município de Goiana – PE, a ser comemorado anualmente, e dá outras providências.</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2799/projeto_de_lei_transporte_universitario_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2799/projeto_de_lei_transporte_universitario_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Transporte Universitário Gratuito de Goiana”, que objetiva garantir a gratuidade do transporte universitário e de nível técnico para todos os estudantes da cidade de Goiana.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2800/projeto_de_lei_sensor_de_glicemia_goiana2025.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2800/projeto_de_lei_sensor_de_glicemia_goiana2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento gratuito do sensor de monitoramento contínuo de glicose para crianças e adolescentes com Diabetes Tipo 1 em situação de vulnerabilidade, no município de Goiana/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2801/02_projeto_de_lei_podologia_nas_ubs.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2801/02_projeto_de_lei_podologia_nas_ubs.docx</t>
   </si>
   <si>
     <t>Institui a inclusão do profissional em Podologia na equipe multiprofissional das unidades básicas de saúde do município de Goiana, para o trato das podopatias causadas pelo diabetes.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2808/pl_-_festa_da_tainha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2808/pl_-_festa_da_tainha.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Goiana/PE, a tradicional Festa da Tainha</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2811/projeto_de_lei_saude_mental_para_cuidadores.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2811/projeto_de_lei_saude_mental_para_cuidadores.docx</t>
   </si>
   <si>
     <t>Institui o Programa de Saúde Mental, prevenção de depressão e suicídio para pais e cuidadores diretos de pessoas com deficiência, e dá outras providências.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2822/projeto_de_lei_ultrassonografia_endovaginal.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2822/projeto_de_lei_ultrassonografia_endovaginal.docx</t>
   </si>
   <si>
     <t>Torna obrigatória a realização do exame de ultrassonografia endovaginal com a medida do colo uterino durante o pré-natal, para prevenção do trabalho de parto prematuro em gestações com 20 semanas ou mais, no âmbito do município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2824/pl_-_festa_da_tainha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2824/pl_-_festa_da_tainha.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Goiana/PE, a tradicional Festa da Tainha.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2829/festival_de_ferias_de_goiana.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2829/festival_de_ferias_de_goiana.pdf</t>
   </si>
   <si>
     <t>Institui o "Festival Municipal de Férias de Goiana" no Calendário Oficial de Eventos do Município e dá outras providências.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2834/projeto_de_lei_taxa_de_transporte_estudantil.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2834/projeto_de_lei_taxa_de_transporte_estudantil.pdf</t>
   </si>
   <si>
     <t>Proíbe a cobrança de taxas por associações estudantis conveniadas com o município de Goiana para o acesso de estudantes ao transporte escolar intermunicipal e dá outras providências.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2842/projeto_de_lei_fibromialgia_goiana.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2842/projeto_de_lei_fibromialgia_goiana.pdf</t>
   </si>
   <si>
     <t>Institui, no Município de Goiana-PE, o “Dia Municipal de Conscientização da Fibromialgia” e cria a “Carteira de Identificação da Pessoa com Fibromialgia”, assegurando atendimento prioritário aos portadores da síndrome.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2846/semana_municipal_do_comercio_e_empreendedorismo_local.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2846/semana_municipal_do_comercio_e_empreendedorismo_local.pdf</t>
   </si>
   <si>
     <t>Institui a "Semana Municipal do Comércio e Empreendedorismo Local" no Município de Goiana – PE, a ser comemorada anualmente na semana do Dia do Comerciário, e dá outras providências.</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2851/projeto_de_lei.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2851/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 3° da Lei Municipal n°2.724/2025, e dá outras providências.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2853/projeto_de_lei_-_patrimonio_vivo_de_goiana.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2853/projeto_de_lei_-_patrimonio_vivo_de_goiana.docx</t>
   </si>
   <si>
     <t>Institui o Programa “Patrimônio Vivo de Goiana” e dá outras providências.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2863/projeto_de_lei_xande.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2863/projeto_de_lei_xande.docx</t>
   </si>
   <si>
     <t>Institui no município de Goiana-PE a Política de Conscientização e Incentivo da Doação de Sangue, Órgãos, Tecidos e Leite Materno – Promoção 3D.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2882/pl_festa_de_santa_teresa_avila_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2882/pl_festa_de_santa_teresa_avila_assinado.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Goiana-PE, a tradicional Festa de Santa Teresa de Ávila.</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2891/06_projeto_de_lei_estagio_obrigarorio_nao_remunerado.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2891/06_projeto_de_lei_estagio_obrigarorio_nao_remunerado.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal firmar convênio com instituições de Ensino Técnico e Superior para a realização de estágio obrigatório não remunerado nas áreas de atuação do Poder Público Municipal, sem ônus para a convenente.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2898/projeto_de_lei_congresso_de_mulheres.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2898/projeto_de_lei_congresso_de_mulheres.docx</t>
   </si>
   <si>
     <t>Cria no Calendário de Eventos deste Município o ´´Congresso de Mulheres´´, da Assembleia de Deus, do Campo de Recife-Pernambuco, e dá outras providências.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2899/reducao_gradual_de_plasticos.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2899/reducao_gradual_de_plasticos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução gradual de plásticos de uso único no âmbito da administração pública municipal e em eventos licenciados no Município de Goiana/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2900/painel_de_medicamentos.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2900/painel_de_medicamentos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transparência e o acesso à informação acerca da disponibilidade de medicamentos na Rede Pública de Saúde do Município de Goiana, cria o "Painel de Medicamentos", e dá outras providências.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2901/projeto_de_lei_xande_louvorzao.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2901/projeto_de_lei_xande_louvorzao.docx</t>
   </si>
   <si>
     <t>Fica instituído e incluído no calendário oficial do município de Goiana-PE, o Louvorzão Verão, a ser realizado sempre no segundo sábado do mês de janeiro de cada ano.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2902/pl_dia_do_samba_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2902/pl_dia_do_samba_1.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial Festivo do Município de Goiana-PE, o dia 02 de dezembro, Dia do Samba.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2909/pl_escola_legislativo_-_concluido.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2909/pl_escola_legislativo_-_concluido.pdf</t>
   </si>
   <si>
     <t>Institui a Escola do Legislativo da Câmara Municipal de Goiana e dá outras providências.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2925/pl_saude_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2925/pl_saude_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Programa Municipal para Promoção da Saúde Mental Infanto-Juvenil por meio da cultura e educação nas escolas da rede pública municipal.</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2926/protocolo_municipal_de_prevencao_e_enfrentamento_ao_assedio_sexual.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2926/protocolo_municipal_de_prevencao_e_enfrentamento_ao_assedio_sexual.pdf</t>
   </si>
   <si>
     <t>Institui o Protocolo Municipal de Prevenção e Enfrentamento ao Assédio Sexual em estabelecimentos, transportes e eventos, e cria o Programa "Tenda de Acolhimentos" para grandes eventos.</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2938/vaquejada_do_parque_diamante.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2938/vaquejada_do_parque_diamante.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Eventos do Município de Goiana/PE, a tradicional Vaquejada do Parque Diamante, e dá outras providências.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2943/transparencia_das_listas_de_espera_por_consultas_exames_e_cirurgias.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2943/transparencia_das_listas_de_espera_por_consultas_exames_e_cirurgias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transparência das listas de espera por consultas, exames e cirurgias da Rede Municipal de Saúde, com observância à LGPD, e dá outras providências.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2966/pl_escola_de_musica_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2966/pl_escola_de_musica_assinado.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Goiana a “Escola Municipal de Música de Goiana – PE”, com o propósito de democratizar o ensino da música, promover a inclusão social e incentivar o desenvolvimento artístico, cultural e dá outras providências.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2972/pl_caminhos_de_goiana_ass.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2972/pl_caminhos_de_goiana_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Turismo Histórico Cultural Caminhos de Goiana, com o objetivo de promover passeios turísticos guiados nos monumentos e lugares memoráveis da história da cidade.</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2977/programa_de_sensibilizacao_e_atendimento_adequado_psaa_-_tea.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2977/programa_de_sensibilizacao_e_atendimento_adequado_psaa_-_tea.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Sensibilização e Atendimento Adequado (PSAA) para pessoas com Transtorno do Espectro Autista - TEA, abrangendo servidores da saúde, educação, assistência e atendimento ao público.</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
     <t>Altera art. 5° da Lei Municipal n° 2.738/2025, e dá outras providências.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2997/dia_do_gari_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2997/dia_do_gari_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Gari, a ser comemorado anualmente no dia 16 de maio, no âmbito do município de Goiana.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3005/projeto_de_lei_selo_inclusao_e_respeito.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3005/projeto_de_lei_selo_inclusao_e_respeito.pdf</t>
   </si>
   <si>
     <t>Institui o Selo “Inclusão e Respeito” no âmbito do município de Goiana/PE e dá outras providências.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3012/projeto_de_lei_-_jor_santana_correto_assinado_28129_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3012/projeto_de_lei_-_jor_santana_correto_assinado_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da via pública conhecida como Faixa do Gás, na comunidade da Bela Vista, como “Rua Jor Santana”, e autoriza a instalação de busto em homenagem ao artista, cantor, compositor e artista plástico Joseildo José Santana (Jor Santana), no município de Goiana.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3013/pl_festa_de_nossa_senhora_do_rosario_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3013/pl_festa_de_nossa_senhora_do_rosario_assinado.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Festivo Oficial do Município de Goiana a tradicional Festa de Nossa Senhora do Rosário.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3056/07_projeto_de_lei_ronda_escolar.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3056/07_projeto_de_lei_ronda_escolar.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da ronda escolar vinculada à Guarda Municipal, Secretaria de Segurança Cidadã e Trânsito, no âmbito do município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3059/img20251016_13412615.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3059/img20251016_13412615.pdf</t>
   </si>
   <si>
     <t>Institui o Monumento em homenagem às vítimas da Covid-19 e aos profissionais de saúde de Goiana, e cria o projeto online "Memórias de Goiana" para registro colaborativo das histórias das vítimas, e dá outras providências.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3061/08_projeto_camera_de_monitoramento_nos_onibus_escolares.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3061/08_projeto_camera_de_monitoramento_nos_onibus_escolares.docx</t>
   </si>
   <si>
     <t>Torna obrigatória a instalação de câmeras de monitoramento no interior dos veículos de transporte escolar municipal de Goiana, nos termos desta Lei, e dá outras providências.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3062/projeto_de_lei_compaz_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3062/projeto_de_lei_compaz_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Institui no município de Goiana o “Centro Comunitário da Paz – COMPAZ Goiana”, e dá outras providências.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3073/projeto_de_lei_com_o_nome_da_praca_boa_vista_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3073/projeto_de_lei_com_o_nome_da_praca_boa_vista_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público, “Praça João Guerreiro de Oliveira”, a praça pública localizada na comunidade da Boa Vista, em Goiana-PE, e dá outras providências.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3075/pl_rertirada_de_fios_das_vias_publicas.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3075/pl_rertirada_de_fios_das_vias_publicas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de cruzamento de fios aéreos de Internet, telefonia e energia elétrica, em altura inferior a 6 (seis) metros, nas vias que compõem o percurso oficial dos blocos com trios elétricos, no município de Goiana-PE, e dá outras providências.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3085/museu_de_goiana.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3085/museu_de_goiana.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Museu de Goiana, sob a curadoria da Secretaria de Turismo e Cultura do Município, a ser implantado nas dependências do antigo Fórum de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3095/10projeto_de_lei_atencao_a_saude_basica_do_homem.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3095/10projeto_de_lei_atencao_a_saude_basica_do_homem.docx</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Atenção Integral à Saúde do Homem no âmbito do Município de Goiana.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3096/projeto_de_lei_zildinho_28dia_dos_musicos29_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3096/projeto_de_lei_zildinho_28dia_dos_musicos29_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia do Músico” no Calendário Oficial de Festividades Tradicionais do Município de Goiana e dá outras providências.</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3100/pl_dia_da_consciencia_catolica_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3100/pl_dia_da_consciencia_catolica_assinado.pdf</t>
   </si>
   <si>
     <t>Institui, oficialmente, no município de Goiana-PE, o Dia Municipal da Consciência Católica.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3105/11_projeto_saude_mental_nas_escolas_municipais.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3105/11_projeto_saude_mental_nas_escolas_municipais.docx</t>
   </si>
   <si>
     <t>Institui o Programa Saúde Mental nas Escolas da Rede Pública Municipal.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3106/projeto_de_lei_alterando_dia_mototaxistamotoboy.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3106/projeto_de_lei_alterando_dia_mototaxistamotoboy.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º da Lei nº 2.113, de 16 de dezembro de 2009, que cria o Dia do Mototaxista e do Motoboy no município de Goiana e dá outras providências.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3107/projeto_de_lei_programa_de_saude_mental_pos-parto.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3107/projeto_de_lei_programa_de_saude_mental_pos-parto.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Goiana, o Programa de Saúde Mental Pós-Parto, destinado a oferecer acompanhamento psicológico gratuito a puérperas na rede pública municipal de saúde, com foco na prevenção e tratamento da depressão pós-parto e outras condições emocionais decorrentes do ciclo gravídico-puerperal.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3110/projeto_de_lei_semana_empreendedorismo_feminino_goiana.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3110/projeto_de_lei_semana_empreendedorismo_feminino_goiana.docx</t>
   </si>
   <si>
     <t>Institui a Semana Municipal do Empreendedorismo Feminino no município de Goiana e dá outras providências.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3121/pl_de_estagio.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3121/pl_de_estagio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Estágio de Estudantes, nas condições que especifica.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3131/12_projeto_saude_auditiva_nas_escolas_municipais.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3131/12_projeto_saude_auditiva_nas_escolas_municipais.docx</t>
   </si>
   <si>
     <t>Dispõe sobre avaliação e exames anuais de acuidade auditiva nos alunos da Educação Infantil e do Ensino Fundamental da Rede Pública de Ensino do Município de Goiana e dá outras providências.</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3147/projeto_de_lei_-_campo_de_futebol_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3147/projeto_de_lei_-_campo_de_futebol_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Denomina de “Campo de Futebol José Francisco Fernandes (Seu Cambinda),” o campo localizado no bairro de Flexeiras, neste Município de Goiana, e dá outras providências.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3149/pl_utilidade_publica_-_festa_da_tainha.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3149/pl_utilidade_publica_-_festa_da_tainha.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação dos Organizadores e Colaboradores da Festa da Tainha (AOCFT), e dá outras providências.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3161/curica_pl.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3161/curica_pl.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Sociedade Musical Curica e dá outras providências.</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3204/projeto_de_lei_-_inclusao_do_evento_cultural_de_natal.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3204/pl_baile_do_menino_deus.pdf</t>
   </si>
   <si>
     <t>Fica instituído no calendário oficial de festividades natalinas da cidade de Goiana-PE, o evento cultural denominado “Baile do Menino Deus. O auto de Natal mais brasileiro do País”, realizado anualmente, no período natalino, em data a ser determinada pelo Poder Executivo.</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3211/projeto_de_lei_ruas_com_nome_e_historias.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3211/projeto_de_lei_ruas_com_nome_e_historias.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do município de Goiana, o programa “Ruas com Nome e História”, que estabelece a obrigatoriedade de instalação de placas informativas com breves biografias dos homenageados em logradouros públicos, praças e vias que recebam denominações em homenagem a pessoas.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3213/projeto_padroeiro_engenho_ubu_assinado_assinado_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3213/projeto_padroeiro_engenho_ubu_assinado_assinado_1.pdf</t>
   </si>
   <si>
     <t>Institui, no Calendário Oficial de Eventos do Município de Goiana, a Festa de São Gonçalo do Amarante, Padroeiro do Engenho Ubú, e dá outras providências.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3215/pl28o_deozao29_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3215/pl28o_deozao29_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão do Bloco “O Deozão” no Calendário Oficial de Eventos do Município de Goiana e dá outras providências.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3221/camscanner_15-12-2025_13.49_1.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3221/camscanner_15-12-2025_13.49_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir o Programa "Farmapet Goiana", no âmbito do município de Goiana/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação, no âmbito da Câmara Municipal de Goiana, da Lei Federal n° 14.133/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>"Altera os $§ 1° e 3°. do art. 1°. da Resolução n. 1.566/92 (Regimento Interno da Câmara Municipal) e a este artigo acrescenta o § 4°."</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2747/projeto_de_resolucao_n_003-2025.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2747/projeto_de_resolucao_n_003-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Resolução nº 1.661/2024, que "Regulamenta o registro e controle de frequência dos servidores, no âmbito da Câmara Municipal de Goiana - Pernambuco, e dá outras providências".</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3108/projeto_de_resolucao_28129_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3108/projeto_de_resolucao_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Declara inservíveis bens móveis do Poder Legislativo Municipal de Goiana, autoriza a sua doação, e dá outras providências.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2545/projeto_2025.1.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2545/projeto_2025.1.docx</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária de Goiana ao Sr. Henrique Costa da Veiga Seixas e dá outras providências.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2649/projeto_de_lei_bolsonaro.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2649/projeto_de_lei_bolsonaro.docx</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária de Goiana ao Sr. Jair Messias Bolsonaro e dá outras providências.</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2866/titulo_de_cidadao_pr._joab_fortunato_dos_santos.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2866/titulo_de_cidadao_pr._joab_fortunato_dos_santos.docx</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadania Honorária Goianense ao Senhor Pastor Joab Fortunato dos Santos e dá outras providências.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2876/projeto_de_decreto_legislativo_-_guilherme_u._junior.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2876/projeto_de_decreto_legislativo_-_guilherme_u._junior.docx</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Goianense ao Deputado Federal Guilherme Aristóteles Uchoa Cavalcanti Pessoa de Melo Junior e dá outras providências.</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2880/projeto_de_decreto_legislativo_-_rodrigo_novaes.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2880/projeto_de_decreto_legislativo_-_rodrigo_novaes.docx</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Goianense ao Sr. Rodrigo Cavalcanti Novaes e dá outras providências.</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2911/pdl_-_titulo_cidadao_honorario_-_armando__monteiro_filho-_ver._ramon_aranha__-_02_junho__2025..docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2911/pdl_-_titulo_cidadao_honorario_-_armando__monteiro_filho-_ver._ramon_aranha__-_02_junho__2025..docx</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Honorário de Goiana ao Sr. Armando Monteiro Neto e dá outras providências.</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2913/titulo_de_cidadao_paulo_florindo.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2913/titulo_de_cidadao_paulo_florindo.docx</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Goianense ao Sr. Sérgio Jorge da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2936/projeto_de_decreto_legislativo_-_dep._francismar_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2936/projeto_de_decreto_legislativo_-_dep._francismar_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Goianense ao Deputado Estadual Francismar Pontes e dá outras providências.</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2949/projeto_de_decreto_legislativo_orcamento_2026.doc</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2949/projeto_de_decreto_legislativo_orcamento_2026.doc</t>
   </si>
   <si>
     <t>Fixa a Proposta Parcial Orçamentária da Câmara Municipal de Goiana, para o Exercício Financeiro de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2963/projeto_de_decreto_legislativo__sileno_guedes.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2963/projeto_de_decreto_legislativo__sileno_guedes.docx</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Goianense ao Deputado Estadual Sileno Souza Guedes e dá outras providências.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2981/projeto_de_decreto_legislativo_joao_campos.docx</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2981/projeto_de_decreto_legislativo_joao_campos.docx</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Goianense ao Prefeito do Recife, Sr. João Henrique de Andrade Lima Campos, e dá outras providências.</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2987/titulo_de_cidadao_goianense_a_silvio_costa_filho.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2987/titulo_de_cidadao_goianense_a_silvio_costa_filho.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Goianense ao Ministro de Portos e Aeroportos, Sr. Silvio Serafim Costa Filho, e dá outras providências.</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3101/titulo_de_cidadao_ao_padre_luis_felipe_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3101/titulo_de_cidadao_ao_padre_luis_felipe_assinado.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Goianense ao Pe. Luís Felipe da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3109/pdl_-_medalha_jose_pinto_de_abreu_-_uvp_-_ver._eduardo_batista_-_30_outubro_2025._assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3109/pdl_-_medalha_jose_pinto_de_abreu_-_uvp_-_ver._eduardo_batista_-_30_outubro_2025._assinado.pdf</t>
   </si>
   <si>
     <t>Outorga a Medalha José Pinto de Abreu à União dos Vereadores de Pernambuco (UVP) e dá outras providências.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3154/titulo_de_cidada_erika_patricia_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3154/titulo_de_cidada_erika_patricia_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Goianense à Senhora Erika Patrícia dos Santos e dá outras providências.</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3216/titulo_de_cidadao_a_pedro_arthur_valenca_assinado_assinado.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3216/titulo_de_cidadao_a_pedro_arthur_valenca_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Goianense ao Jovem Pedro Artur Valença de Carvalho Silva e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -9089,67 +9089,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2487/posto_policial_sao_lourenco.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2513/requerimento_voto_de_aplauso_dr._jean.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2532/requerimento_valdir_jose.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2543/delegacia_de_pdp.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2564/requerimento_lombadas_na_rodovia_pe75-_pe-62_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2592/voto_de_pesar_req.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2597/construcao_de_hemocentro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2625/requerimento_voto_de_aplauso_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2630/requerimento_posto_policial.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2637/cozinhas_comunitarias.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2659/requerimento_cursos_profissionalizantes_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2685/voto_de_aplausos_stellantis.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2692/requerimento_-_der_estrada_de_atapuz.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2706/requerimento_voto_de_aplauso_laercio_santos_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2722/requerimento_-__ampliacao_da_estrutura_e_do_efetivo_do_posto_policial_existente_no_distrito_de_tejucupapo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2728/requerimento_libras_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2746/requerimento_cozinha_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2770/indicacao_ph_voto_de_aplausos_tony.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2771/requerimento_voto_de_aplauso_atletico_goiana.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2772/requerimento_voto_de_aplauso_handebol.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2835/docutain_07_08_2025_13-21.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2837/requerimento_animal..docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2859/requerimento_-_praca_gonzaga.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2860/requerimento_prestacao_de_contas_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2865/voto_de_profundo_pesar_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2893/requerimento_voto_de_aplausos_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2894/requerimento_-_poda_pe49.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2914/voto_de_aplausos_canide_ass.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2952/voto_de_aplausos_-_robby.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2971/requerimento_voto_de_aplausos_curica_177_anos_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2986/requerimento_alepe_cuida_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2991/requerimento_audiencia_incentivos.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2994/requerimento_lombandas_pe49_ass.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2999/img20250925_10420045.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3003/voto_de_profundo_pesar__eunice_veloso_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3011/audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3014/ricardo_roque_baracho_-_voto_de_profundo_pesar.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3021/requerimento_-__carreta_da_mulher_pernambucana.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3030/regularizacao_fundiaria_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3113/requerimento_food_park.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3119/voto_de_aplausos_maestro_pingo.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3120/patio_de_provas.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3123/voto_de_aplausos.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3124/voto_de_aplausos.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3137/requerimento_n.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3156/requerimento_-_compesa_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3167/voto_de_aplauso_aranha.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3168/requerimento_voto_de_aplausos_saboeira_176_anos_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3169/voto_de_aplausos_igreja_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3177/voto_de_aplausos_-_leao_xiii.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3178/requerimento_tribuna_popular.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3187/voto_de_aplausos_-_grupo_teatral_vivencias.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3194/requerimento_lombadas_carrapicho_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3202/requerimento_reestruturacao_sitio_historico_pronto.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3219/requerimento_campus_upe.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2458/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2459/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2485/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2474/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2475/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2476/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2477/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2499/ind_41.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2478/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2479/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2500/ind_44.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2480/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2481/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2501/ind_47.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2482/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2502/ind_49.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2483/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2484/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_ph_eletivas_-_ok.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2496/indicacao_-_n_053.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2494/s22c-6e25031017410.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2493/s22c-6e25031017411.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2492/s22c-6e25031017412.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2491/s22c-6e25031017413.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2490/s22c-6e25031017420.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2489/s22c-6e25031017421.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2488/s22c-6e25031017422.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2503/kitis_de_protecao_individual_para_marisqueiras_e_pescadores.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2504/indicacao_63.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2509/nazare_indicacao_unidade_mista.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2510/indicacao_2025_xande_autista_assinado_1.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2511/construcao_de_uma_pista_de_aeromodelismo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2514/auxilio_saude_municipal.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2515/indicacoes_2025_1-1_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2516/ressonancia_magnetica_e_tomografia_assinado_assinado.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2517/gramadao_tejucupapo_protocolado..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2518/rua_projetada_-_indicacao_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2519/camscanner_12-03-2025_09.00.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2520/patrimonio_vivo_de_goiana.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2521/nazare_indicacao_bolsa_familia.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2522/society.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2523/pavimentacao_do_bom_tempo_atualizado.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2524/indicacao_mercado_cibrazem.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2525/nazare_indicacao_sitio_negaca__saneamento_basico.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2526/hospital_municipal_protocolado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2527/rat_calc._carpijna_25_assinado_1.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2528/pavimentacao_da_boa_vista_atualizado.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacoes_2025_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2530/vird_esportiva_-_indicacao_correta_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2533/requerimento_creche_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2534/cozinha_comunitaria_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2536/indicacoes_2025_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2537/quebramolas.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2538/dragagem_-_rio_engenho_ubu_assinado_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2539/medico_gastropediatra_e_endocrinologista_pediatra-_atualizado.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2540/farmacia_distrital_ind.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2541/indicacoes_2025_3.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2542/indicacao_antigo_matadouro.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2544/nazare_indicacao_trevo_de_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2546/direitos.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2547/modelo_indicacao_-_rua_lombada_-_gutiuba_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2548/indicacao_frazao.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2549/indicacao_lot._nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2550/cidade_limpa.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2551/praca_baldo_do_rio_06.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2552/casa_de_acolhimento_situacao_de_rua.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2553/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2554/construcao_de_um_mini_campo_society_e_de_uma_academia_da_saude_28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2555/farmacia_viva_ass.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2556/pavimentacao_comunidade_do_oleo_protocolado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2557/poco_artesiano_no_cemiterio.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2560/indicacao_desapropriacao_vila_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_3.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2562/indicacao_007.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2563/indicacao_-_lombada_-_escola_-_municipal_de_flexeiras_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2566/quadra_de_carrapicho_protocolado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2567/indicacao_clinica_veterinaria_01.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2568/indicacao_4.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2569/indicacao_no_rua_projetada.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2570/indicacao_-_rua_engenho_uruae_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2571/001-2025_-_indicacao_parlamentar_-_travessa_da_madureira__-_ver._andre.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2572/indicacao_no_escola_do_autista.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2573/indicacao_5-1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2575/indicacao_-_n_118.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2576/indicacao_desapropiacao_terreno_lot._fiteg.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2577/indicacao_6.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2578/indicacao_08_box.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2579/camscanner_14-04-2025_12.30.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2580/indicacao_desassoreamento_maceio_carne_de_vaca_protocolado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2581/cameras_nos_onibus_escolares.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2582/indicacao_7_.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2583/10-_asfalto_e_poco_artesiano_engenho_mussumbu.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2584/vila_teimosa_-_tejucupapo_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2585/indicacao_-_n_128.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2586/indicacao_campo_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2587/indicacao_8.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2588/indicacao_009.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2589/indicacao_-_caixa_dagua.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2590/banheiro_publico_nas_praias_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2591/valdir.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2593/revitalizacao_da_faixa_de_pedestres_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2594/indicacao_campo_gamba.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2595/indicacao_9.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2596/011_indicacao.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2599/senai.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_-_agua_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2602/indicacao_ana_braco_forte.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2603/indicacao_-_n_142.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2604/postes_na_rua_lot._sao_pedro_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_-_n_144.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2609/protecao_acrilica_nas_esculturas_da_praca_do_artesao_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_clinica_veterinaria_distritos.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2612/construcao_de_quadra_poliesportiva_em_carne_de_vaca_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2613/bujari.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2614/guaritas_nas_pracas_municipais_assinado_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_reforma_mercado_feira_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2616/indicacao_-_n_152.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2617/indicacao_praca_rua_sao_luiz.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2618/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2619/construcao_de_praca_nas_malvinas_-protocolado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2620/indicacao_015.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2621/20-_coletores_de_lixo.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2622/odontomovel_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2623/indicacao_-_goiti_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2624/valdir.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_praca_na_portelinha.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2628/historia_de_goiana_-_educacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2629/orla_no_canal_do_rio_goiana-protocolado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2631/adicional_periculosidade_segurancas_ind.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2632/indicacao_ph_casa_abraco_-_atualizado.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2633/indicacao_idiomas_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2636/calcamento_com_saneamento_no_engenho_ubu.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2638/cessao_associacao_quilombola.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2639/indicacao_014_aline.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2640/raio_x_upa_de_pontas_de_pedras_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2645/calcamento_s.rafael_ind.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2646/indicacao_-_mototaxistas_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2647/16_-alvara_funcionamento_1_ano.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2651/indicacao_rua_do_ceu__fl.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2652/largo_do_alvorada_assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2653/desapropriacao_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2654/indicacao_coberta.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2656/indicacao_-_praca_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2660/implantacao_de_escolas_tecnica_em_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2661/programa_municipal_de_construcao_de_banheiros_domiciliares_em_residencias_que_ainda_nao_dispoem_dessa_estrutura_basica-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2662/acompanhamento_psicologico_educacao_ind.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2665/indicacao_construcao_de_um_hospital_em_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2666/patio_de_eventos_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2667/indicacao_reforma_das_escolas_em_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2668/geografia_de_goiana_ind.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2669/recapeamento_asfaltico_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2670/coleta_seletiva_-protocolado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2671/indicacao_de_agente_de_transito.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2672/criacao_de_cursos_voltados_as_pessoas_idosas__gastronomia_lj_artesanato_e_beleza-_protololado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2673/indicacao_trincheiras.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2674/indicacao_reforma_da_escola_capela_sao_sebastiao.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2676/poco_artesiano2c_escola_e_praca_na_bela_vista_2_assinado.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2677/indicacao_-_n_195.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2678/xande.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2679/limpeza_dos_canais_ind.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2681/xande_2025_praca.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2682/indicacao_centro_de_beneficiamento.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2683/aulas_de_musicas_goiana_pe.01.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2684/xande_2025_malvinas.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2686/curso_pre_vestibular_assinado.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2687/indicacao_centro_antonio_estevao.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2688/xande_2025_calcamento.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2689/instalacao_de_iluminacao_publica_na_rodovia_osvaldo_rabelo_filho_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2691/nazare__carne_de_vaca_-_copia.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2693/construcao_de_um_posto_medico_meia_legua_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2694/050625.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2695/indicacao_ph_pavimentar_diversas_ruas.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2696/wifi_llivre_j.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2699/indicacao_causa_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2700/pronto_de_atendimento_digital_24h.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_nova_goiana_1.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2702/orla_indicacao.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_ph_pavimentar_as_avenidas.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2704/xande_farmacia.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_oncologia.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2707/disponibilizar_medicos_24hras_nas_ubs.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2708/construcao_de_um_matadouro_publico_municipal_no_distrito_de_tejucupapo_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2709/003-2025_-_indicacao_parlamentar_-_lombadas_eremag_-_ver._andre.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2710/003-2025_-_indicacao_parlamentar_-_lombadas_eremag_-_ver._andre_ok.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2712/animais_de_rua..docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2714/construcao_de_uma_praca_publica_na_comunidade_de_meia_legualj_no_distrito_de_tejucupapo_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2715/que_seja_a_possibilidade_de_recaper_o_asfalto_da_rodovia_osvaldo_rabelo_filhgo.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2716/ponto_de_apoio..docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2717/implantacao_de_via_de_acesso_pe-062_a_br-101.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_-_n_228.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2719/taxa_de_iluminacao_publica_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2720/indicacao_centro_qualificacao_profissional.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2723/que_veja_a_possibilidade_de_colocar_asfalto_na_vila_paraiso_nesta_cidade..docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2724/instalacao_de_fraldarios_em_pracas.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2725/rua_cana_brava.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2726/indicacao_-_n_234.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2729/criacao_do_programa_municipal_facilitador_de_acesso_as_tarifas_sociais_de_agua_e_energia_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2730/banda_curica.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2731/nazare_indicacao__carne_de_vaca_2.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2732/indicacao_-_n_238.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2733/indicacao_ponto_das_kombis_de_flexeiras_assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2734/medico_otorrinolaringologista_assinado.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2735/xande_base_sestran.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2736/indicacao_ph_requalificacao_dos_bares.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2737/indicacao_revisao_plano_diretor.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2738/nazare__indicacoes_carne_de_vaca_1.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2739/indicacao_-_n_245.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2740/psiquiatra.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2741/racoes_animais..docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2742/calcamento_engenho_ubu_assinado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2743/indicacao_ph_centro_cultural.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2744/criacao_de_um_centro_de_referencia_em_cardiologia_no_municipio_de_goiana-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2745/indicacao_ideb.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2748/nazare_indicacao__carne_de_vaca_3.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2749/indicacao_-_n253.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2750/ubs_tj.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2751/caixa_eletronico.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2752/plataforma_digital_-_psfs_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2754/indicacao_pediatra_urgencia_e_emergencia.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2755/indicacao_ph_recargas_solar_nas_pracas.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2756/a_pavimentacao_de_diversas_ruas_no_distrito_de_tejucupapo_no_municipio_de_goiana-protocolado.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2757/camscanner_08-07-2025_13.03.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2758/sinalizacao_das_novas_lombadas_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2759/indicacao_centro_artesanato.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2760/nazare_indicacao__carne_de_vaca_4.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2761/indicacao_-_n_264.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2762/psicologia.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2763/indicacao_ph_empreededores.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2764/fraldarios.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2765/creche_ou_cmei_no_ubu_assinado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2766/indicacao_asfalto_rua_do_rio.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2767/indicacao_idiomas_assinado.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2768/volte_a_ser_realizado_o_teste_do_pezinho_nos_distritos_do_municipio_de_goiana_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2769/indicacao_272.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2773/patrulha_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2775/nazare_indicacao__carne_de_vaca_5.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2776/indicacoes_-_n_275.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2777/medico_card..docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2778/iluminacao.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2779/indicacao_ph_encostas.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2780/indicacao_feira_do_gado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2781/expansao_da_caravana_da_saude_com_prioridade_para_as_localidades_que_nao_possuem_unidade_basica_de_saude_ubs-protocolado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2783/indicacao_polyteama_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2785/indicacao_-_ceam.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2786/indicacao_04_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_qualificacao_profissional_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_-_n_285.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2791/nazare_indicao_06.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2792/calcamento_cana_brava.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2793/rua_da_cocota_calc..docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2794/indicacao_ph_pavimentacao.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2795/ibiapicu.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2796/artes_marciais_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2797/cosntrucao_de_quadra_poli_esportiva_em_atapuz-protocolado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2798/indicacao_05_assinado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2802/conclusao_da_pavimentacao_em_asfalto_da_antiga_estrada_do_condado.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2803/rua_cem_-_sitio_gamba_assinado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2804/indicacao_prevencao.docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2805/isencao_taxa_astug_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2806/indicacao_iluminacao_de_led_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2807/nazare_indicacao_7.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2809/nazare_indicacao__8.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2810/libras_transmissao_camara_assinado.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2812/indicacao_-_n_302.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2813/cursos_tea.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2814/solicitando_a_implantacao_do_projeto_praia_sem_barreiras_nas_praias_do_municipio_j_promovendo_acessibilidade_e_inclusao-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2815/indicacao_-_n_305.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2816/biblioteca_online_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2817/indicacao_pavimentacao_asfaltica_vila_zezita.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2818/especialidade_na_upa.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2819/indicacao_asfalto_rua_do_bujari.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2820/indicacao_ph_parada_de_onibus.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2821/rua_das_flores_-_sitio_gamba_assinado.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2823/indicacao_curso_de_fisoterapia_assinado.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2825/hospital_materno_infantil.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2826/implantacao_de_aulas_de_robotica_na_rede_municipal_de_ensino_do_municipio_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2827/nazare_indicacao_trevo_de_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2828/indicacao_restauracao_pista_duque.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2830/campo_de_futebol_-_sao_lourenco_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2831/incluido_no_ensino_das_escolas_municipais_de_goiana_como_atividade_extracurricular_o_conteudo_basico_da_lei_federal_no_11.340_de_7_de_agosto_de_2006_lei_maria_da_penha..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2832/xande__projeto_praia_ano_todo.docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2833/solicitando_a_revogacao_do_convenio_firmado_com_a_astug_2.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2836/nazare_indicacao__12.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2838/pediatra.docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2839/indicacao_arvores.docx" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2840/copa_cigana.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2841/indicacao_-_mercado_publico_de_goiana_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2843/indicacao_restauracao_biblioteca_municipal_de_goiana-protocolado.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2844/lombadas_e_sinalizacao_lot_nossa_senhora_da_conceicao.docx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2845/indicacao_curso_de_enfermagem_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2847/iluminacao_ponte_do_tanquinho_assinado.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2848/indicacao_merenda_escolar_retificado_assinado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2849/indicacao_mamografo_assinado.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2850/ubs_bela_vista_i_ii.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2852/nazare_indicacao__10.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2854/reforma_escola_santa_maria_tejucupapo_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2855/indicacao-programa_habitacional.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2857/posto_ancora.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2858/indicacao_asfalto_rua_mossoro_boa_vista_3.docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2864/forno_de_barro_comunitario.pdf.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2867/ubs_engenho_diamante.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2868/asfalto_na_rua_atras_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2870/indicacao_limpeza_urbana_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_andre_errados.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2872/centro_especializado_no_atendimento_a_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2873/nazare_indicacao_fraldario_2.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2874/04218001.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2875/conclusao_da_pavimentacao_em_asfalto_na_rua_do_forum.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2877/indicacao_-_n_347.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2878/indicacao_criacao_de_bairros.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2879/indicacao_van_da_mulher_retificado_assinado.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2881/camscanner_19-08-2025_12.06.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2883/nazare_indicacao__aporte.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_-_n_352.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_praca.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_centro_inf..docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_ubs_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2888/ubs_de_flexeiras.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2889/horta_comunitaria_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2890/indicacao_ponte_folguedo.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2892/construcao_do_centro__cultural_em_tejucupapo..docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2895/centro_de_diagnostico.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2896/delegacia_da_mulher.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2897/rua_da_conquista_-_goiana_assinado.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2903/indicacao_marisqueiras.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2904/indicacao_pavimentacao_multirao_assinado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2905/psicologa._na_rede_municipal.docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2907/bolsa_escola_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2908/nivelamento_das_tampas_dos_pocos_de_visitas_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2910/calcamento_ponta.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2912/nazare_indicacao_fraldario_1.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2915/plataforma_digital_-_psfs_assinado.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2916/construcao_de_um_poco_artesiano_com_chafariz_na_comunidade_cana_brava_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2917/banheiros_integrados_aos_leitos_de_enfer.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2918/camscanner_02-09-2025_13.41.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2919/indicacao_praca_do_wifi.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2920/indicacao_ginasio.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2921/muro_cemiterio_ubu_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2923/mae_de_primeira_viagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2927/promovidos_cursos_de_empreendedorismo_voltados_a_profissionais_autonomos_microempreendedores_individuais_mei_e_pequenos_comerciantes_informais-protocolado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2928/coberta_quiosque_praca_duque_de_caxias.docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2929/inclusao_de_tenis_no_kit_escolar.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2930/kit_enxoval.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_lombadas_estra._nova_assinado.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2933/nazare_indicacao_fraldario_3.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2934/instalacao_de_bicicletarios_e_bicicletas_compartilhadas.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2935/indicacao_ph_pavimentacao_da_rua_cajueiro_doce_1.docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2937/colocar_rastreadores_no_transportes_da_prefeitura.docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2939/indicacao_-_n_388.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2940/nazare_indicacao_fraldario_4.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2941/escola_de_tempo_integral28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2942/biblioteca_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2944/instituido_um_programa_de_estagio_na_prefeitura_de_goiana-protocolado.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2945/programa_educacao_ambiental.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2946/tea.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2947/indicacao_rua_da_massangana_assinado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2948/indicacao_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2953/nazare_indicacao_fraldario_5_2.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2954/reforma_do_estadio_agamenon_magalhaes_assinado.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2955/indicacao_botao_do_panico_assinado.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_-_espaco_para_paredoes_4_ass.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2957/programa_de_coleta_de_pneus_usados-protocolado.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2958/indicacao_retorno_das_quintas_assinado.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2959/banheiro_publico_no_centro_de_goiana.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2960/indicacao_ph_pavimentacao_da_rua_da_praca_do_pe_da_mentira.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2961/indicacao_-_n_405.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2962/camara_municipal_de_1.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2964/camscanner_11-09-2025_09.41.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2965/praca_farol_santa_helena.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2970/entrega_de_medicamentos_-__protocolado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2973/nazare_indicacao__carne_de_vaca__balsa.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2974/indicacao_banco_cidadao.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2975/cnh_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2976/indicacao_wifi_livre_goiana_assinado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2978/indicacao_ph_secretaria_de_pesca.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2979/indicacao_-_n_415.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2982/fonte_de_energia_renovavel.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2983/corrida_das_igrejas-protocolado.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2984/indicacao_-_n_418.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2985/farmacia_de_manipulacao_assinado_2_1.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2988/indicacao_ponte.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2989/kit_de_higiene_pessoal_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2990/auxilio_de_400.00_ao_pessoa_que_fazem_hemodialise..docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2992/indicacao_cnh_popular_correto_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2993/praca_na_localidade_de_carrapicho_-protocolado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2995/camscanner_24-09-2025_08.16.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2996/indicacao_ph_limpeza_das_praias.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2998/praca_na_comunidade_de_flexeiras.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3000/indicacao_incentivos_fiscais.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3001/regularizacao_fundiaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3002/ms_ass.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3004/indicacao_-_n_431.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3006/cursos_de_agroecologia.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3007/medico_orp.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3008/indicacao_ph_iluminacao_do_campo.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3009/indicacao_-n_435.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao_clinica_movel.docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3015/nazare_indicacao__pavimentacao_goiana.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3016/indicacao_assistentes_sociais_e_psicologos_assinado.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3017/indicacao_pavimentacao_rua_matarazo_assinado.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3018/curicaassembleia_ass.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3020/indic_avaliacaoes.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3022/rota_turistica.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3023/img20250926_11551167.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3024/indicacao_escola_de_musica_assinado.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3025/proerd.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3031/mobilidade_fisica.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3032/indicacao_centro_zoonoses.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3033/indicacao_torre_telefonica_flexeiras.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3034/indicacao_-_n_449.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3035/indicacao_video_monitoramento_praias_assinado.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3036/indicacao_terreno_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3039/indicacao_idosos_assinado.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3040/cras_e_crea_ass.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3041/nazare__indicacao_praca_carne_de_vaca_1.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3042/implantacao_de_iluminacao_publica_na_comunidade_de_meia_legua_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3043/protocolo_municipal_de_prevencao_e_enfrentamento_ao_assedio_sexual_2.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3044/indicacao_cad_unico_intinerante.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3045/indicacao_zona_azul_assinado.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3046/abc_farma.docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3047/indicacao_primeiros_socorros_na_escola_assinado.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3048/pe_49_-_tejucupapo_assinado.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3049/indicacao_-_n_462.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3050/construir_campo_amador_na_impoeira.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3051/praca_honorio.docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3052/kits_suturas_.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3053/parada_de_onibus_em_sao_lourenco-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3054/impulsionar_a_participacao_de_mulheres_n.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3055/indicacao_caravana_da_cidadania.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3057/cemiterio_de_pontas_de_pedra_assinado.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3058/indicacao_-_n_470.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3060/indicacao_-_n_471.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3063/indicacao_wi-_fi_na_feira_assinado.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3064/construcao_do_patio_de_eventos_01.docx" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3065/indicacao_-_compaz_assinado.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3066/indicacao_de_centro_de_formacao_patio_da_feira_flexeiras_assinado.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3067/indicacao_ativacao_do_conselho_de_planejamento_urbano_-_copia.docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3068/construcao_de_um_poco_artesiano_com_chafariz_no_sitio_ibeapicu_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3069/indicacao_centro_futebol_feminino.docx" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3071/indicacao_dragagem_rio_goiana.docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3072/img20250926_11525975.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3074/cameras_de_monitoramento_nas_escolas_mun.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3080/casa_aquarela_.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3081/semana_da_saude_do_pescador_e_da_mariasqueira-protocolado.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3082/rua_do_rosario_-_tejucupapo_assinado.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3083/assentamento_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3084/indicacao_pavimentacao_loteamento_rocha_assinado.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3086/nazare_indicacao__quadra_1_sao_lourenco.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3087/programa_de_apoio_e_incentivo_ao_comerci.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3088/confeccao_de_fardamentos_para_sec_de_saude_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3089/indicacao_contratacao_de_pediatra.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3090/indicacao_implantacao_de_lixeiras_em_beira_mar_assinado.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3091/indicacao_vacinacao_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3092/nazare_indicacao__asfaltar.docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3093/construcao_de_uma_nova_ponte_-_goiana_assinado.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3094/indicacao_tejucupapo_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3097/patio_de_provas.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3098/indicacao_-_n_497.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3102/ind_reat_bica.docx" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3103/nazare_indicacao__creches.docx" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3104/creche_no_bairro_da_boa_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3112/indicacao_camera2c_praca_-_boa_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3114/nazare_indicacao__8.docx" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3115/indicacao_goiana_mais_verde_assinado.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3116/goiana_viva.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3117/construcao_de_praca_nos_meloes.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3118/indicacao_-_melhorias_na_iluminacao_publica_-_rua_lot_osvaldo_rabelo_bairro_nova_goiana_em_goiana_2.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3122/indicacao_-_pavimentacao_nova_divisao.docx" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3125/nova_indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3126/indicacao_bebedouros_publicos_assinado.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3127/003.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3128/indicacao_-_pavimentacao_das_ruas_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3129/calcamento_ibeapicu_2_colonia_de_pescadores_z17.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3130/praca_de_alimentacao_ct.docx" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3132/sinalizacao_na_via_local_do_novo_atacare.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3133/indicacao_taxis_atacarejo_assinado.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3134/indicacao_ph_mototaxi.docx" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3135/nazare_indicacao_praca_domino.docx" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3136/indicacao_-_acessibilidade_para_o_patio_de_flexeiras_2.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3138/desapropriacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3139/indicacao_-_criacao_de_pontos_de_apoio_aos_mototaxistas__patio_de_flexeiras_e_upa.docx" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3140/indicacao_farmacia_solidaria.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3142/construcao_de_praca_em_ibeapicu.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3141/indicacao_ph_-_acesso_as_praias_catuama_e_barra.docx" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3143/nazare_indicacao__pocos_e_caixa_dagua.docx" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3144/agua_nas_pracas_ass.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3145/programa_municipal_de_apoio_ao_pescador_e_a_marisqueira-protocolado.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3146/indicacao_moto_taxi_feira_-goiana_assinado.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3148/indicacao_temperatura-transporte-alternativo_assinado.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3150/indicacao_calendario_cultural_anual.docx" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3151/feirinhas_tipicas.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3152/espaco__ser_ass.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3153/animal_lei_ass.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3155/nazare_indicacao__caixa_dagua_meia_legua.docx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3157/indicacao_praca_do_multirao_assinado.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3158/indicacao_vacina_em_cas_assinado.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3159/indicacao_adote_uma_arvore.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3160/indicacao_-_calcamento_em_paralelepipedo_-_ponta_de_pedras.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3163/indicacao_desapropriacao_terreno_senac_pronta.docx" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3166/nazare_indicacao__mercado_publico.docx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3170/indicacao_iluminacao_rua_da_bencao_assinado.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3171/nazare_indicacao__carne_de_vaca__balsa.docx" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3172/indicacao_ph_-_espaco_pescador.docx" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3173/calcamento_rua_do_funil.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3174/acompanhamento_alimentar_especializado.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3175/pavimentacao_da_rua_vila_rica_na_vila_mutirao.docx" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3176/indicacao_ph_-_revitalizacao_do_canal_pdp.docx" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3179/indicacao_praca_ao_lado_do_campo_de_flexeiras_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3180/indicacao_linha_de_transporte_alternativo_engenho_diamante_assinado.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3181/indicacao_ceo_em_pdp_assinado.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3182/indicacao_ph_-_iluminacao_acessos.docx" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3183/indicacao_-_pavimentacao_estrada_que_liga_a_usina_maravilha_ate_a_interseccao_a_estrada_de_itambe_-_goiana.docx" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3184/indicacao_terreno_igreja_evangelica_casa_da_bencao_assinado.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3185/indicacao_unidade_sebrae_pronta.docx" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3186/nazare_indic.__carne_de_vaca_28_agosto.docx" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3188/desapropriacao_e_gramadao_de_carrapicho_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3189/indicacao_ph_-_engorda.docx" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3190/indicacao_-_implantacao_de_uma_unidade_do_programa_de_saude_da_familia_psf_na_comunidade_do_engenho_folguedo_usina_maravilha.docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3191/indicacao_ponto_de_onibus_coberto_bom_tempo_assinado.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3192/indicacao_bela_vista_ii_assinado.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3196/abrigo_carrapicho.docx" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3197/construcao_de_um_poco_artesiano_com_chafariz_na_bica_de_araca_protocolado.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3198/indicacao_pavimentacao_engenho_diamante_assinado.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3200/indicacao_ouvidoria_nas_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3201/indicacao_ph_-_poco_artesiano_catuama.docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3203/indicacao_reestruturacao_sitio_historico_pronta.docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3205/indicacao_-_escola_na_usina_maravilha.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3206/indicacao_-_placas_assinado.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3207/construcao_de_um_abrigo_no_alecrim.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3208/indicacao_-reforma_prioritaria_da_escola_lourenco_albuquerque_gadelha_assinado.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3209/ind_-_centro_de_referencia_de_assistencia_social_-_cras.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3210/indicacao_ph_-_pavimentacao_marina.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3212/construcao_de_pavimentacao_e_drenagem_na_comunidade_negaca_n.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3214/indicacao_renovacao_das_bibliotecas_escolares_da_rede_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3217/indicacao_ph_-_banheiros_rodotur.docx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3218/solicitacao_de_neurologista_e_reumatolog.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3222/camscanner_15-12-2025_13.48.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2505/pl_no_007-2025_-_doacao_de_peixes.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2558/oficio_no_082-2025_gabpref_-_pl_010-2025_-_readequacao_da_tabela_de_vencimentos_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2559/oficio_no_083-2025_gabpref_-_pl_011-2025_-_requalificacao_do_convento_e_igreja_nossa_senhora_da_soledade.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2601/oficio_no_090-_2025-_gabpref.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2641/oficio_no_103-2025_gabpref_-_pl_no_016-2025_-_praca_joao_paulo_carneiro.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2642/oficio_no_101-2025_gabpref_-_pl_no_017-2025_-_unificacao_da_gratificacao_de_motorista_risco_de_vida_e_romu..pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2644/pl_019.25_executivo.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2635/oficio_no_094-2025_gabpref_-_projeto_de_lei_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2634/oficio_no_095-2025_gabpref_-_projeto_de_lei_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2643/oficio_no_104-2025_gabpref_-_pl_no_022-2025_-_praca_izaias.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2664/oficio_no_115_-_2025_gabpref_-_projeto_de_lei_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2663/oficio_no_114_-_2025_-gabpref_-_projeto_de_lei_no_024-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/2497/s22c-6e25031018000.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3026/projeto_de_lei_n36_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3027/projeto_de_lei_n37_-_loa.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3028/pl_no_038-_2025_-_orla_de_atapuz_-_02.10.25.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3029/pl_no_039-_2025_-_subvencao_ihaggo_-_02.10.25.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3076/pl_040_2025_1.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3077/pl_042_2025_1_1.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3078/pl_043_2025_1.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3111/projeto_de_lei_no_045-2025_-_decisao_futebol_clube__-_revisado_-_decisao_final.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3165/oficio_no_330-2025_-_gabpref_-_referencia_-_projeto_de_lei_no_047-2025__executivo_-_tramitacao_em_regime_de_urgencia..pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3193/oficio_no_342-2025-gabpref_-_devolucao_do_pl_no048-2025_e_encaminha_a_nova_minuta_do_pl_no048-2025.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3199/oficio_no_342-2025-gabpref_-_devolucao_do_pl_no048-2025_e_encaminha_a_nova_minuta_do_pl_no048-2025.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3224/oficio_no_360-2025_-_gabpref_-_encaminha_pl_no050-2025.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3223/oficio_no_361-2025-gabpref-_encaminha_pl_no051-2025.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3220/oficio_no_362-2025_-_gabpref_-_camara_-_encaminha_pl_no_052-2025-_subvencao.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2507/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2508/projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2512/camscanner_12-03-2025_09.41.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2531/02_projeto_de_lei_cnh_baixa_renda_assinado_assinado.docx" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2565/projeto_de_lei_-_inibidores_de_ruidos_tea.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2574/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2598/aviva_goiana.docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2648/pl_festa_de_santana.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2655/projeto_de_lei_libras.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2650/maes_atipicas-cartao_das_maes_atipicas_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2697/pl_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2698/pl_sete_flexa.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2711/camscanner_13-06-2025_09.58.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2727/projeto_de_lei_dia_do_farmaceutico_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2753/pl_tea.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2782/projeto_de_lei-_criacao_de_um_centro_de_reabilitacao_para_dependentes_quimicos._assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2788/dia_municipal_da_cultura_lgbtqia.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2799/projeto_de_lei_transporte_universitario_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2800/projeto_de_lei_sensor_de_glicemia_goiana2025.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2801/02_projeto_de_lei_podologia_nas_ubs.docx" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2808/pl_-_festa_da_tainha.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2811/projeto_de_lei_saude_mental_para_cuidadores.docx" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2822/projeto_de_lei_ultrassonografia_endovaginal.docx" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2824/pl_-_festa_da_tainha.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2829/festival_de_ferias_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2834/projeto_de_lei_taxa_de_transporte_estudantil.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2842/projeto_de_lei_fibromialgia_goiana.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2846/semana_municipal_do_comercio_e_empreendedorismo_local.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2851/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2853/projeto_de_lei_-_patrimonio_vivo_de_goiana.docx" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2863/projeto_de_lei_xande.docx" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2882/pl_festa_de_santa_teresa_avila_assinado.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2891/06_projeto_de_lei_estagio_obrigarorio_nao_remunerado.docx" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2898/projeto_de_lei_congresso_de_mulheres.docx" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2899/reducao_gradual_de_plasticos.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2900/painel_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2901/projeto_de_lei_xande_louvorzao.docx" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2902/pl_dia_do_samba_1.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2909/pl_escola_legislativo_-_concluido.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2925/pl_saude_1.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2926/protocolo_municipal_de_prevencao_e_enfrentamento_ao_assedio_sexual.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2938/vaquejada_do_parque_diamante.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2943/transparencia_das_listas_de_espera_por_consultas_exames_e_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2966/pl_escola_de_musica_assinado.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2972/pl_caminhos_de_goiana_ass.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2977/programa_de_sensibilizacao_e_atendimento_adequado_psaa_-_tea.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2997/dia_do_gari_assinado.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3005/projeto_de_lei_selo_inclusao_e_respeito.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3012/projeto_de_lei_-_jor_santana_correto_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3013/pl_festa_de_nossa_senhora_do_rosario_assinado.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3056/07_projeto_de_lei_ronda_escolar.docx" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3059/img20251016_13412615.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3061/08_projeto_camera_de_monitoramento_nos_onibus_escolares.docx" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3062/projeto_de_lei_compaz_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3073/projeto_de_lei_com_o_nome_da_praca_boa_vista_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3075/pl_rertirada_de_fios_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3085/museu_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3095/10projeto_de_lei_atencao_a_saude_basica_do_homem.docx" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3096/projeto_de_lei_zildinho_28dia_dos_musicos29_assinado.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3100/pl_dia_da_consciencia_catolica_assinado.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3105/11_projeto_saude_mental_nas_escolas_municipais.docx" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3106/projeto_de_lei_alterando_dia_mototaxistamotoboy.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3107/projeto_de_lei_programa_de_saude_mental_pos-parto.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3110/projeto_de_lei_semana_empreendedorismo_feminino_goiana.docx" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3121/pl_de_estagio.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3131/12_projeto_saude_auditiva_nas_escolas_municipais.docx" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3147/projeto_de_lei_-_campo_de_futebol_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3149/pl_utilidade_publica_-_festa_da_tainha.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3161/curica_pl.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3204/projeto_de_lei_-_inclusao_do_evento_cultural_de_natal.docx" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3211/projeto_de_lei_ruas_com_nome_e_historias.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3213/projeto_padroeiro_engenho_ubu_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3215/pl28o_deozao29_assinado.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3221/camscanner_15-12-2025_13.49_1.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2747/projeto_de_resolucao_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3108/projeto_de_resolucao_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2545/projeto_2025.1.docx" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2649/projeto_de_lei_bolsonaro.docx" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2866/titulo_de_cidadao_pr._joab_fortunato_dos_santos.docx" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2876/projeto_de_decreto_legislativo_-_guilherme_u._junior.docx" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2880/projeto_de_decreto_legislativo_-_rodrigo_novaes.docx" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2911/pdl_-_titulo_cidadao_honorario_-_armando__monteiro_filho-_ver._ramon_aranha__-_02_junho__2025..docx" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2913/titulo_de_cidadao_paulo_florindo.docx" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2936/projeto_de_decreto_legislativo_-_dep._francismar_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2949/projeto_de_decreto_legislativo_orcamento_2026.doc" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2963/projeto_de_decreto_legislativo__sileno_guedes.docx" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2981/projeto_de_decreto_legislativo_joao_campos.docx" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2987/titulo_de_cidadao_goianense_a_silvio_costa_filho.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3101/titulo_de_cidadao_ao_padre_luis_felipe_assinado.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3109/pdl_-_medalha_jose_pinto_de_abreu_-_uvp_-_ver._eduardo_batista_-_30_outubro_2025._assinado.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3154/titulo_de_cidada_erika_patricia_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3216/titulo_de_cidadao_a_pedro_arthur_valenca_assinado_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2487/posto_policial_sao_lourenco.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2513/requerimento_voto_de_aplauso_dr._jean.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2532/requerimento_valdir_jose.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2543/delegacia_de_pdp.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2564/requerimento_lombadas_na_rodovia_pe75-_pe-62_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2592/voto_de_pesar_req.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2597/construcao_de_hemocentro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2625/requerimento_voto_de_aplauso_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2630/requerimento_posto_policial.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2637/cozinhas_comunitarias.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2659/requerimento_cursos_profissionalizantes_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2685/voto_de_aplausos_stellantis.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2692/requerimento_-_der_estrada_de_atapuz.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2706/requerimento_voto_de_aplauso_laercio_santos_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2722/requerimento_-__ampliacao_da_estrutura_e_do_efetivo_do_posto_policial_existente_no_distrito_de_tejucupapo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2728/requerimento_libras_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2746/requerimento_cozinha_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2770/indicacao_ph_voto_de_aplausos_tony.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2771/requerimento_voto_de_aplauso_atletico_goiana.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2772/requerimento_voto_de_aplauso_handebol.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2835/docutain_07_08_2025_13-21.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2837/requerimento_animal..docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2859/requerimento_-_praca_gonzaga.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2860/requerimento_prestacao_de_contas_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2865/voto_de_profundo_pesar_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2893/requerimento_voto_de_aplausos_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2894/requerimento_-_poda_pe49.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2914/voto_de_aplausos_canide_ass.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2952/voto_de_aplausos_-_robby.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2971/requerimento_voto_de_aplausos_curica_177_anos_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2986/requerimento_alepe_cuida_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2991/requerimento_audiencia_incentivos.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2994/requerimento_lombandas_pe49_ass.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2999/img20250925_10420045.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3003/voto_de_profundo_pesar__eunice_veloso_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3011/audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3014/ricardo_roque_baracho_-_voto_de_profundo_pesar.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3021/requerimento_-__carreta_da_mulher_pernambucana.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3030/regularizacao_fundiaria_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3113/requerimento_food_park.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3119/voto_de_aplausos_maestro_pingo.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3120/patio_de_provas.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3123/voto_de_aplausos.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3124/voto_de_aplausos.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3137/requerimento_n.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3156/requerimento_-_compesa_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3167/voto_de_aplauso_aranha.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3168/requerimento_voto_de_aplausos_saboeira_176_anos_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3169/voto_de_aplausos_igreja_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3177/voto_de_aplausos_-_leao_xiii.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3178/requerimento_tribuna_popular.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3187/voto_de_aplausos_-_grupo_teatral_vivencias.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3194/requerimento_lombadas_carrapicho_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3202/requerimento_reestruturacao_sitio_historico_pronto.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3219/requerimento_campus_upe.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2458/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2459/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2485/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2474/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2475/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2476/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2477/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2499/ind_41.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2478/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2479/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2500/ind_44.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2480/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2481/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2501/ind_47.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2482/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2502/ind_49.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2483/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2484/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_ph_eletivas_-_ok.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2496/indicacao_-_n_053.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2494/s22c-6e25031017410.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2493/s22c-6e25031017411.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2492/s22c-6e25031017412.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2491/s22c-6e25031017413.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2490/s22c-6e25031017420.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2489/s22c-6e25031017421.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2488/s22c-6e25031017422.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2503/kitis_de_protecao_individual_para_marisqueiras_e_pescadores.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2504/indicacao_63.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2509/nazare_indicacao_unidade_mista.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2510/indicacao_2025_xande_autista_assinado_1.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2511/construcao_de_uma_pista_de_aeromodelismo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2514/auxilio_saude_municipal.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2515/indicacoes_2025_1-1_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2516/ressonancia_magnetica_e_tomografia_assinado_assinado.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2517/gramadao_tejucupapo_protocolado..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2518/rua_projetada_-_indicacao_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2519/camscanner_12-03-2025_09.00.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2520/patrimonio_vivo_de_goiana.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2521/nazare_indicacao_bolsa_familia.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2522/society.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2523/pavimentacao_do_bom_tempo_atualizado.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2524/indicacao_mercado_cibrazem.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2525/nazare_indicacao_sitio_negaca__saneamento_basico.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2526/hospital_municipal_protocolado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2527/rat_calc._carpijna_25_assinado_1.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2528/pavimentacao_da_boa_vista_atualizado.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacoes_2025_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2530/vird_esportiva_-_indicacao_correta_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2533/requerimento_creche_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2534/cozinha_comunitaria_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2536/indicacoes_2025_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2537/quebramolas.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2538/dragagem_-_rio_engenho_ubu_assinado_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2539/medico_gastropediatra_e_endocrinologista_pediatra-_atualizado.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2540/farmacia_distrital_ind.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2541/indicacoes_2025_3.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2542/indicacao_antigo_matadouro.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2544/nazare_indicacao_trevo_de_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2546/direitos.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2547/modelo_indicacao_-_rua_lombada_-_gutiuba_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2548/indicacao_frazao.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2549/indicacao_lot._nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2550/cidade_limpa.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2551/praca_baldo_do_rio_06.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2552/casa_de_acolhimento_situacao_de_rua.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2553/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2554/construcao_de_um_mini_campo_society_e_de_uma_academia_da_saude_28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2555/farmacia_viva_ass.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2556/pavimentacao_comunidade_do_oleo_protocolado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2557/poco_artesiano_no_cemiterio.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2560/indicacao_desapropriacao_vila_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_3.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2562/indicacao_007.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2563/indicacao_-_lombada_-_escola_-_municipal_de_flexeiras_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2566/quadra_de_carrapicho_protocolado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2567/indicacao_clinica_veterinaria_01.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2568/indicacao_4.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2569/indicacao_no_rua_projetada.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2570/indicacao_-_rua_engenho_uruae_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2571/001-2025_-_indicacao_parlamentar_-_travessa_da_madureira__-_ver._andre.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2572/indicacao_no_escola_do_autista.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2573/indicacao_5-1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2575/indicacao_-_n_118.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2576/indicacao_desapropiacao_terreno_lot._fiteg.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2577/indicacao_6.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2578/indicacao_08_box.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2579/camscanner_14-04-2025_12.30.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2580/indicacao_desassoreamento_maceio_carne_de_vaca_protocolado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2581/cameras_nos_onibus_escolares.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2582/indicacao_7_.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2583/10-_asfalto_e_poco_artesiano_engenho_mussumbu.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2584/vila_teimosa_-_tejucupapo_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2585/indicacao_-_n_128.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2586/indicacao_campo_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2587/indicacao_8.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2588/indicacao_009.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2589/indicacao_-_caixa_dagua.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2590/banheiro_publico_nas_praias_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2591/valdir.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2593/revitalizacao_da_faixa_de_pedestres_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2594/indicacao_campo_gamba.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2595/indicacao_9.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2596/011_indicacao.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2599/senai.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_-_agua_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2602/indicacao_ana_braco_forte.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2603/indicacao_-_n_142.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2604/postes_na_rua_lot._sao_pedro_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_-_n_144.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2609/protecao_acrilica_nas_esculturas_da_praca_do_artesao_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_clinica_veterinaria_distritos.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2612/construcao_de_quadra_poliesportiva_em_carne_de_vaca_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2613/bujari.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2614/guaritas_nas_pracas_municipais_assinado_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_reforma_mercado_feira_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2616/indicacao_-_n_152.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2617/indicacao_praca_rua_sao_luiz.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2618/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2619/construcao_de_praca_nas_malvinas_-protocolado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2620/indicacao_015.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2621/20-_coletores_de_lixo.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2622/odontomovel_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2623/indicacao_-_goiti_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2624/valdir.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_praca_na_portelinha.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2628/historia_de_goiana_-_educacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2629/orla_no_canal_do_rio_goiana-protocolado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2631/adicional_periculosidade_segurancas_ind.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2632/indicacao_ph_casa_abraco_-_atualizado.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2633/indicacao_idiomas_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2636/calcamento_com_saneamento_no_engenho_ubu.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2638/cessao_associacao_quilombola.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2639/indicacao_014_aline.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2640/raio_x_upa_de_pontas_de_pedras_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2645/calcamento_s.rafael_ind.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2646/indicacao_-_mototaxistas_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2647/16_-alvara_funcionamento_1_ano.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2651/indicacao_rua_do_ceu__fl.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2652/largo_do_alvorada_assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2653/desapropriacao_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2654/indicacao_coberta.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2656/indicacao_-_praca_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2660/implantacao_de_escolas_tecnica_em_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2661/programa_municipal_de_construcao_de_banheiros_domiciliares_em_residencias_que_ainda_nao_dispoem_dessa_estrutura_basica-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2662/acompanhamento_psicologico_educacao_ind.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2665/indicacao_construcao_de_um_hospital_em_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2666/patio_de_eventos_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2667/indicacao_reforma_das_escolas_em_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2668/geografia_de_goiana_ind.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2669/recapeamento_asfaltico_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2670/coleta_seletiva_-protocolado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2671/indicacao_de_agente_de_transito.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2672/criacao_de_cursos_voltados_as_pessoas_idosas__gastronomia_lj_artesanato_e_beleza-_protololado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2673/indicacao_trincheiras.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2674/indicacao_reforma_da_escola_capela_sao_sebastiao.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2676/poco_artesiano2c_escola_e_praca_na_bela_vista_2_assinado.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2677/indicacao_-_n_195.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2678/xande.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2679/limpeza_dos_canais_ind.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2681/xande_2025_praca.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2682/indicacao_centro_de_beneficiamento.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2683/aulas_de_musicas_goiana_pe.01.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2684/xande_2025_malvinas.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2686/curso_pre_vestibular_assinado.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2687/indicacao_centro_antonio_estevao.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2688/xande_2025_calcamento.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2689/instalacao_de_iluminacao_publica_na_rodovia_osvaldo_rabelo_filho_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2691/nazare__carne_de_vaca_-_copia.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2693/construcao_de_um_posto_medico_meia_legua_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2694/050625.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2695/indicacao_ph_pavimentar_diversas_ruas.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2696/wifi_llivre_j.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2699/indicacao_causa_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2700/pronto_de_atendimento_digital_24h.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_nova_goiana_1.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2702/orla_indicacao.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_ph_pavimentar_as_avenidas.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2704/xande_farmacia.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_oncologia.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2707/disponibilizar_medicos_24hras_nas_ubs.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2708/construcao_de_um_matadouro_publico_municipal_no_distrito_de_tejucupapo_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2709/003-2025_-_indicacao_parlamentar_-_lombadas_eremag_-_ver._andre.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2710/003-2025_-_indicacao_parlamentar_-_lombadas_eremag_-_ver._andre_ok.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2712/animais_de_rua..docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2714/construcao_de_uma_praca_publica_na_comunidade_de_meia_legualj_no_distrito_de_tejucupapo_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2715/que_seja_a_possibilidade_de_recaper_o_asfalto_da_rodovia_osvaldo_rabelo_filhgo.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2716/ponto_de_apoio..docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2717/implantacao_de_via_de_acesso_pe-062_a_br-101.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_-_n_228.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2719/taxa_de_iluminacao_publica_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2720/indicacao_centro_qualificacao_profissional.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2723/que_veja_a_possibilidade_de_colocar_asfalto_na_vila_paraiso_nesta_cidade..docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2724/instalacao_de_fraldarios_em_pracas.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2725/rua_cana_brava.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2726/indicacao_-_n_234.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2729/criacao_do_programa_municipal_facilitador_de_acesso_as_tarifas_sociais_de_agua_e_energia_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2730/banda_curica.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2731/nazare_indicacao__carne_de_vaca_2.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2732/indicacao_-_n_238.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2733/indicacao_ponto_das_kombis_de_flexeiras_assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2734/medico_otorrinolaringologista_assinado.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2735/xande_base_sestran.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2736/indicacao_ph_requalificacao_dos_bares.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2737/indicacao_revisao_plano_diretor.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2738/nazare__indicacoes_carne_de_vaca_1.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2739/indicacao_-_n_245.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2740/psiquiatra.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2741/racoes_animais..docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2742/calcamento_engenho_ubu_assinado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2743/indicacao_ph_centro_cultural.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2744/criacao_de_um_centro_de_referencia_em_cardiologia_no_municipio_de_goiana-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2745/indicacao_ideb.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2748/nazare_indicacao__carne_de_vaca_3.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2749/indicacao_-_n253.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2750/ubs_tj.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2751/caixa_eletronico.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2752/plataforma_digital_-_psfs_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2754/indicacao_pediatra_urgencia_e_emergencia.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2755/indicacao_ph_recargas_solar_nas_pracas.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2756/a_pavimentacao_de_diversas_ruas_no_distrito_de_tejucupapo_no_municipio_de_goiana-protocolado.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2757/camscanner_08-07-2025_13.03.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2758/sinalizacao_das_novas_lombadas_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2759/indicacao_centro_artesanato.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2760/nazare_indicacao__carne_de_vaca_4.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2761/indicacao_-_n_264.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2762/psicologia.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2763/indicacao_ph_empreededores.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2764/fraldarios.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2765/creche_ou_cmei_no_ubu_assinado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2766/indicacao_asfalto_rua_do_rio.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2767/indicacao_idiomas_assinado.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2768/volte_a_ser_realizado_o_teste_do_pezinho_nos_distritos_do_municipio_de_goiana_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2769/indicacao_272.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2773/patrulha_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2775/nazare_indicacao__carne_de_vaca_5.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2776/indicacoes_-_n_275.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2777/medico_card..docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2778/iluminacao.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2779/indicacao_ph_encostas.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2780/indicacao_feira_do_gado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2781/expansao_da_caravana_da_saude_com_prioridade_para_as_localidades_que_nao_possuem_unidade_basica_de_saude_ubs-protocolado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2783/indicacao_polyteama_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2785/indicacao_-_ceam.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2786/indicacao_04_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_qualificacao_profissional_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_-_n_285.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2791/nazare_indicao_06.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2792/calcamento_cana_brava.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2793/rua_da_cocota_calc..docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2794/indicacao_ph_pavimentacao.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2795/ibiapicu.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2796/artes_marciais_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2797/cosntrucao_de_quadra_poli_esportiva_em_atapuz-protocolado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2798/indicacao_05_assinado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2802/conclusao_da_pavimentacao_em_asfalto_da_antiga_estrada_do_condado.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2803/rua_cem_-_sitio_gamba_assinado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2804/indicacao_prevencao.docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2805/isencao_taxa_astug_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2806/indicacao_iluminacao_de_led_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2807/nazare_indicacao_7.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2809/nazare_indicacao__8.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2810/libras_transmissao_camara_assinado.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2812/indicacao_-_n_302.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2813/cursos_tea.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2814/solicitando_a_implantacao_do_projeto_praia_sem_barreiras_nas_praias_do_municipio_j_promovendo_acessibilidade_e_inclusao-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2815/indicacao_-_n_305.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2816/biblioteca_online_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2817/indicacao_pavimentacao_asfaltica_vila_zezita.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2818/especialidade_na_upa.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2819/indicacao_asfalto_rua_do_bujari.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2820/indicacao_ph_parada_de_onibus.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2821/rua_das_flores_-_sitio_gamba_assinado.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2823/indicacao_curso_de_fisoterapia_assinado.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2825/hospital_materno_infantil.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2826/implantacao_de_aulas_de_robotica_na_rede_municipal_de_ensino_do_municipio_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2827/nazare_indicacao_trevo_de_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2828/indicacao_restauracao_pista_duque.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2830/campo_de_futebol_-_sao_lourenco_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2831/incluido_no_ensino_das_escolas_municipais_de_goiana_como_atividade_extracurricular_o_conteudo_basico_da_lei_federal_no_11.340_de_7_de_agosto_de_2006_lei_maria_da_penha..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2832/xande__projeto_praia_ano_todo.docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2833/solicitando_a_revogacao_do_convenio_firmado_com_a_astug_2.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2836/nazare_indicacao__12.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2838/pediatra.docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2839/indicacao_arvores.docx" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2840/copa_cigana.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2841/indicacao_-_mercado_publico_de_goiana_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2843/indicacao_restauracao_biblioteca_municipal_de_goiana-protocolado.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2844/lombadas_e_sinalizacao_lot_nossa_senhora_da_conceicao.docx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2845/indicacao_curso_de_enfermagem_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2847/iluminacao_ponte_do_tanquinho_assinado.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2848/indicacao_merenda_escolar_retificado_assinado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2849/indicacao_mamografo_assinado.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2850/ubs_bela_vista_i_ii.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2852/nazare_indicacao__10.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2854/reforma_escola_santa_maria_tejucupapo_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2855/indicacao-programa_habitacional.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2857/posto_ancora.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2858/indicacao_asfalto_rua_mossoro_boa_vista_3.docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2864/forno_de_barro_comunitario.pdf.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2867/ubs_engenho_diamante.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2868/asfalto_na_rua_atras_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2870/indicacao_limpeza_urbana_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_andre_errados.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2872/centro_especializado_no_atendimento_a_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2873/nazare_indicacao_fraldario_2.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2874/04218001.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2875/conclusao_da_pavimentacao_em_asfalto_na_rua_do_forum.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2877/indicacao_-_n_347.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2878/indicacao_criacao_de_bairros.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2879/indicacao_van_da_mulher_retificado_assinado.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2881/camscanner_19-08-2025_12.06.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2883/nazare_indicacao__aporte.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_-_n_352.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_praca.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_centro_inf..docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_ubs_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2888/ubs_de_flexeiras.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2889/horta_comunitaria_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2890/indicacao_ponte_folguedo.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2892/construcao_do_centro__cultural_em_tejucupapo..docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2895/centro_de_diagnostico.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2896/delegacia_da_mulher.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2897/rua_da_conquista_-_goiana_assinado.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2903/indicacao_marisqueiras.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2904/indicacao_pavimentacao_multirao_assinado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2905/psicologa._na_rede_municipal.docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2907/bolsa_escola_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2908/nivelamento_das_tampas_dos_pocos_de_visitas_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2910/calcamento_ponta.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2912/nazare_indicacao_fraldario_1.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2915/plataforma_digital_-_psfs_assinado.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2916/construcao_de_um_poco_artesiano_com_chafariz_na_comunidade_cana_brava_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2917/banheiros_integrados_aos_leitos_de_enfer.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2918/camscanner_02-09-2025_13.41.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2919/indicacao_praca_do_wifi.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2920/indicacao_ginasio.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2921/muro_cemiterio_ubu_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2923/mae_de_primeira_viagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2927/promovidos_cursos_de_empreendedorismo_voltados_a_profissionais_autonomos_microempreendedores_individuais_mei_e_pequenos_comerciantes_informais-protocolado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2928/coberta_quiosque_praca_duque_de_caxias.docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2929/inclusao_de_tenis_no_kit_escolar.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2930/kit_enxoval.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_lombadas_estra._nova_assinado.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2933/nazare_indicacao_fraldario_3.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2934/instalacao_de_bicicletarios_e_bicicletas_compartilhadas.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2935/indicacao_ph_pavimentacao_da_rua_cajueiro_doce_1.docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2937/colocar_rastreadores_no_transportes_da_prefeitura.docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2939/indicacao_-_n_388.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2940/nazare_indicacao_fraldario_4.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2941/escola_de_tempo_integral28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2942/biblioteca_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2944/instituido_um_programa_de_estagio_na_prefeitura_de_goiana-protocolado.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2945/programa_educacao_ambiental.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2946/tea.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2947/indicacao_rua_da_massangana_assinado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2948/indicacao_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2953/nazare_indicacao_fraldario_5_2.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2954/reforma_do_estadio_agamenon_magalhaes_assinado.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2955/indicacao_botao_do_panico_assinado.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_-_espaco_para_paredoes_4_ass.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2957/programa_de_coleta_de_pneus_usados-protocolado.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2958/indicacao_retorno_das_quintas_assinado.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2959/banheiro_publico_no_centro_de_goiana.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2960/indicacao_ph_pavimentacao_da_rua_da_praca_do_pe_da_mentira.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2961/indicacao_-_n_405.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2962/camara_municipal_de_1.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2964/camscanner_11-09-2025_09.41.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2965/praca_farol_santa_helena.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2970/entrega_de_medicamentos_-__protocolado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2973/nazare_indicacao__carne_de_vaca__balsa.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2974/indicacao_banco_cidadao.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2975/cnh_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2976/indicacao_wifi_livre_goiana_assinado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2978/indicacao_ph_secretaria_de_pesca.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2979/indicacao_-_n_415.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2982/fonte_de_energia_renovavel.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2983/corrida_das_igrejas-protocolado.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2984/indicacao_-_n_418.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2985/farmacia_de_manipulacao_assinado_2_1.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2988/indicacao_ponte.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2989/kit_de_higiene_pessoal_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2990/auxilio_de_400.00_ao_pessoa_que_fazem_hemodialise..docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2992/indicacao_cnh_popular_correto_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2993/praca_na_localidade_de_carrapicho_-protocolado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2995/camscanner_24-09-2025_08.16.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2996/indicacao_ph_limpeza_das_praias.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2998/praca_na_comunidade_de_flexeiras.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3000/indicacao_incentivos_fiscais.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3001/regularizacao_fundiaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3002/ms_ass.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3004/indicacao_-_n_431.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3006/cursos_de_agroecologia.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3007/medico_orp.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3008/indicacao_ph_iluminacao_do_campo.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3009/indicacao_-n_435.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao_clinica_movel.docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3015/nazare_indicacao__pavimentacao_goiana.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3016/indicacao_assistentes_sociais_e_psicologos_assinado.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3017/indicacao_pavimentacao_rua_matarazo_assinado.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3018/curicaassembleia_ass.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3020/indic_avaliacaoes.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3022/rota_turistica.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3023/img20250926_11551167.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3024/indicacao_escola_de_musica_assinado.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3025/proerd.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3031/mobilidade_fisica.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3032/indicacao_centro_zoonoses.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3033/indicacao_torre_telefonica_flexeiras.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3034/indicacao_-_n_449.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3035/indicacao_video_monitoramento_praias_assinado.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3036/indicacao_terreno_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3039/indicacao_idosos_assinado.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3040/cras_e_crea_ass.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3041/nazare__indicacao_praca_carne_de_vaca_1.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3042/implantacao_de_iluminacao_publica_na_comunidade_de_meia_legua_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3043/protocolo_municipal_de_prevencao_e_enfrentamento_ao_assedio_sexual_2.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3044/indicacao_cad_unico_intinerante.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3045/indicacao_zona_azul_assinado.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3046/abc_farma.docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3047/indicacao_primeiros_socorros_na_escola_assinado.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3048/pe_49_-_tejucupapo_assinado.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3049/indicacao_-_n_462.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3050/construir_campo_amador_na_impoeira.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3051/praca_honorio.docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3052/kits_suturas_.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3053/parada_de_onibus_em_sao_lourenco-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3054/impulsionar_a_participacao_de_mulheres_n.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3055/indicacao_caravana_da_cidadania.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3057/cemiterio_de_pontas_de_pedra_assinado.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3058/indicacao_-_n_470.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3060/indicacao_-_n_471.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3063/indicacao_wi-_fi_na_feira_assinado.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3064/construcao_do_patio_de_eventos_01.docx" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3065/indicacao_-_compaz_assinado.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3066/indicacao_de_centro_de_formacao_patio_da_feira_flexeiras_assinado.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3067/indicacao_ativacao_do_conselho_de_planejamento_urbano_-_copia.docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3068/construcao_de_um_poco_artesiano_com_chafariz_no_sitio_ibeapicu_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3069/indicacao_centro_futebol_feminino.docx" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3071/indicacao_dragagem_rio_goiana.docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3072/img20250926_11525975.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3074/cameras_de_monitoramento_nas_escolas_mun.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3080/casa_aquarela_.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3081/semana_da_saude_do_pescador_e_da_mariasqueira-protocolado.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3082/rua_do_rosario_-_tejucupapo_assinado.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3083/assentamento_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3084/indicacao_pavimentacao_loteamento_rocha_assinado.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3086/nazare_indicacao__quadra_1_sao_lourenco.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3087/programa_de_apoio_e_incentivo_ao_comerci.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3088/confeccao_de_fardamentos_para_sec_de_saude_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3089/indicacao_contratacao_de_pediatra.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3090/indicacao_implantacao_de_lixeiras_em_beira_mar_assinado.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3091/indicacao_vacinacao_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3092/nazare_indicacao__asfaltar.docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3093/construcao_de_uma_nova_ponte_-_goiana_assinado.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3094/indicacao_tejucupapo_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3097/patio_de_provas.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3098/indicacao_-_n_497.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3102/ind_reat_bica.docx" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3103/nazare_indicacao__creches.docx" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3104/creche_no_bairro_da_boa_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3112/indicacao_camera2c_praca_-_boa_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3114/nazare_indicacao__8.docx" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3115/indicacao_goiana_mais_verde_assinado.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3116/goiana_viva.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3117/construcao_de_praca_nos_meloes.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3118/indicacao_-_melhorias_na_iluminacao_publica_-_rua_lot_osvaldo_rabelo_bairro_nova_goiana_em_goiana_2.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3122/indicacao_-_pavimentacao_nova_divisao.docx" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3125/nova_indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3126/indicacao_bebedouros_publicos_assinado.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3127/003.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3128/indicacao_-_pavimentacao_das_ruas_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3129/calcamento_ibeapicu_2_colonia_de_pescadores_z17.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3130/praca_de_alimentacao_ct.docx" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3132/sinalizacao_na_via_local_do_novo_atacare.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3133/indicacao_taxis_atacarejo_assinado.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3134/indicacao_ph_mototaxi.docx" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3135/nazare_indicacao_praca_domino.docx" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3136/indicacao_-_acessibilidade_para_o_patio_de_flexeiras_2.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3138/desapropriacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3139/indicacao_-_criacao_de_pontos_de_apoio_aos_mototaxistas__patio_de_flexeiras_e_upa.docx" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3140/indicacao_farmacia_solidaria.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3142/construcao_de_praca_em_ibeapicu.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3141/indicacao_ph_-_acesso_as_praias_catuama_e_barra.docx" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3143/nazare_indicacao__pocos_e_caixa_dagua.docx" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3144/agua_nas_pracas_ass.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3145/programa_municipal_de_apoio_ao_pescador_e_a_marisqueira-protocolado.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3146/indicacao_moto_taxi_feira_-goiana_assinado.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3148/indicacao_temperatura-transporte-alternativo_assinado.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3150/indicacao_calendario_cultural_anual.docx" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3151/feirinhas_tipicas.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3152/espaco__ser_ass.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3153/animal_lei_ass.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3155/nazare_indicacao__caixa_dagua_meia_legua.docx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3157/indicacao_praca_do_multirao_assinado.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3158/indicacao_vacina_em_cas_assinado.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3159/indicacao_adote_uma_arvore.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3160/indicacoes_-_n_537.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3163/indicacao_desapropriacao_terreno_senac_pronta.docx" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3166/nazare_indicacao__mercado_publico.docx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3170/indicacao_iluminacao_rua_da_bencao_assinado.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3171/nazare_indicacao__carne_de_vaca__balsa.docx" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3172/indicacao_ph_-_espaco_pescador.docx" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3173/calcamento_rua_do_funil.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3174/acompanhamento_alimentar_especializado.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3175/pavimentacao_da_rua_vila_rica_na_vila_mutirao.docx" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3176/indicacao_ph_-_revitalizacao_do_canal_pdp.docx" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3179/indicacao_praca_ao_lado_do_campo_de_flexeiras_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3180/indicacao_linha_de_transporte_alternativo_engenho_diamante_assinado.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3181/indicacao_ceo_em_pdp_assinado.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3182/indicacao_ph_-_iluminacao_acessos.docx" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3183/indicacoes-_n_551.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3184/indicacao_terreno_igreja_evangelica_casa_da_bencao_assinado.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3185/indicacao_unidade_sebrae_pronta.docx" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3186/nazare_indic.__carne_de_vaca_28_agosto.docx" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3188/desapropriacao_e_gramadao_de_carrapicho_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3189/indicacao_ph_-_engorda.docx" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3190/indicacao_-_implantacao_de_uma_unidade_do_programa_de_saude_da_familia_psf_na_comunidade_do_engenho_folguedo_usina_maravilha.docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3191/indicacao_ponto_de_onibus_coberto_bom_tempo_assinado.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3192/indicacao_bela_vista_ii_assinado.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3196/abrigo_carrapicho.docx" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3197/construcao_de_um_poco_artesiano_com_chafariz_na_bica_de_araca_protocolado.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3198/indicacao_pavimentacao_engenho_diamante_assinado.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3200/indicacao_ouvidoria_nas_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3201/indicacao_ph_-_poco_artesiano_catuama.docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3203/indicacao_reestruturacao_sitio_historico_pronta.docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3205/indicacao_-_n_566.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3206/indicacao_-_placas_assinado.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3207/construcao_de_um_abrigo_no_alecrim.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3208/indicacao_-reforma_prioritaria_da_escola_lourenco_albuquerque_gadelha_assinado.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3209/ind_-_centro_de_referencia_de_assistencia_social_-_cras.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3210/indicacao_ph_-_pavimentacao_marina.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3212/construcao_de_pavimentacao_e_drenagem_na_comunidade_negaca_n.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3214/indicacao_renovacao_das_bibliotecas_escolares_da_rede_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3217/indicacao_ph_-_banheiros_rodotur.docx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3218/solicitacao_de_neurologista_e_reumatolog.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3222/camscanner_15-12-2025_13.48.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2505/pl_no_007-2025_-_doacao_de_peixes.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2558/oficio_no_082-2025_gabpref_-_pl_010-2025_-_readequacao_da_tabela_de_vencimentos_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2559/oficio_no_083-2025_gabpref_-_pl_011-2025_-_requalificacao_do_convento_e_igreja_nossa_senhora_da_soledade.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2601/oficio_no_090-_2025-_gabpref.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2641/oficio_no_103-2025_gabpref_-_pl_no_016-2025_-_praca_joao_paulo_carneiro.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2642/oficio_no_101-2025_gabpref_-_pl_no_017-2025_-_unificacao_da_gratificacao_de_motorista_risco_de_vida_e_romu..pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2644/pl_019.25_executivo.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2635/oficio_no_094-2025_gabpref_-_projeto_de_lei_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2634/oficio_no_095-2025_gabpref_-_projeto_de_lei_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2643/oficio_no_104-2025_gabpref_-_pl_no_022-2025_-_praca_izaias.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2664/oficio_no_115_-_2025_gabpref_-_projeto_de_lei_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2663/oficio_no_114_-_2025_-gabpref_-_projeto_de_lei_no_024-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/2497/s22c-6e25031018000.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3026/projeto_de_lei_n36_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3027/projeto_de_lei_n37_-_loa.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3028/pl_no_038-_2025_-_orla_de_atapuz_-_02.10.25.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3029/pl_no_039-_2025_-_subvencao_ihaggo_-_02.10.25.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3076/pl_040_2025_1.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3077/pl_042_2025_1_1.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3078/pl_043_2025_1.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3111/projeto_de_lei_no_045-2025_-_decisao_futebol_clube__-_revisado_-_decisao_final.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3165/oficio_no_330-2025_-_gabpref_-_referencia_-_projeto_de_lei_no_047-2025__executivo_-_tramitacao_em_regime_de_urgencia..pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3193/oficio_no_342-2025-gabpref_-_devolucao_do_pl_no048-2025_e_encaminha_a_nova_minuta_do_pl_no048-2025.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3199/oficio_no_342-2025-gabpref_-_devolucao_do_pl_no048-2025_e_encaminha_a_nova_minuta_do_pl_no048-2025.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3224/oficio_no_360-2025_-_gabpref_-_encaminha_pl_no050-2025.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3223/oficio_no_361-2025-gabpref-_encaminha_pl_no051-2025.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3220/oficio_no_362-2025_-_gabpref_-_camara_-_encaminha_pl_no_052-2025-_subvencao.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2507/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2508/projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2512/camscanner_12-03-2025_09.41.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2531/02_projeto_de_lei_cnh_baixa_renda_assinado_assinado.docx" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2565/projeto_de_lei_-_inibidores_de_ruidos_tea.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2574/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2598/aviva_goiana.docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2648/pl_festa_de_santana.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2655/projeto_de_lei_libras.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2650/maes_atipicas-cartao_das_maes_atipicas_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2697/pl_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2698/pl_sete_flexa.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2711/camscanner_13-06-2025_09.58.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2727/projeto_de_lei_dia_do_farmaceutico_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2753/pl_tea.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2782/projeto_de_lei-_criacao_de_um_centro_de_reabilitacao_para_dependentes_quimicos._assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2788/dia_municipal_da_cultura_lgbtqia.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2799/projeto_de_lei_transporte_universitario_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2800/projeto_de_lei_sensor_de_glicemia_goiana2025.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2801/02_projeto_de_lei_podologia_nas_ubs.docx" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2808/pl_-_festa_da_tainha.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2811/projeto_de_lei_saude_mental_para_cuidadores.docx" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2822/projeto_de_lei_ultrassonografia_endovaginal.docx" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2824/pl_-_festa_da_tainha.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2829/festival_de_ferias_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2834/projeto_de_lei_taxa_de_transporte_estudantil.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2842/projeto_de_lei_fibromialgia_goiana.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2846/semana_municipal_do_comercio_e_empreendedorismo_local.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2851/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2853/projeto_de_lei_-_patrimonio_vivo_de_goiana.docx" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2863/projeto_de_lei_xande.docx" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2882/pl_festa_de_santa_teresa_avila_assinado.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2891/06_projeto_de_lei_estagio_obrigarorio_nao_remunerado.docx" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2898/projeto_de_lei_congresso_de_mulheres.docx" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2899/reducao_gradual_de_plasticos.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2900/painel_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2901/projeto_de_lei_xande_louvorzao.docx" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2902/pl_dia_do_samba_1.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2909/pl_escola_legislativo_-_concluido.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2925/pl_saude_1.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2926/protocolo_municipal_de_prevencao_e_enfrentamento_ao_assedio_sexual.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2938/vaquejada_do_parque_diamante.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2943/transparencia_das_listas_de_espera_por_consultas_exames_e_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2966/pl_escola_de_musica_assinado.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2972/pl_caminhos_de_goiana_ass.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2977/programa_de_sensibilizacao_e_atendimento_adequado_psaa_-_tea.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2997/dia_do_gari_assinado.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3005/projeto_de_lei_selo_inclusao_e_respeito.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3012/projeto_de_lei_-_jor_santana_correto_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3013/pl_festa_de_nossa_senhora_do_rosario_assinado.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3056/07_projeto_de_lei_ronda_escolar.docx" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3059/img20251016_13412615.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3061/08_projeto_camera_de_monitoramento_nos_onibus_escolares.docx" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3062/projeto_de_lei_compaz_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3073/projeto_de_lei_com_o_nome_da_praca_boa_vista_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3075/pl_rertirada_de_fios_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3085/museu_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3095/10projeto_de_lei_atencao_a_saude_basica_do_homem.docx" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3096/projeto_de_lei_zildinho_28dia_dos_musicos29_assinado.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3100/pl_dia_da_consciencia_catolica_assinado.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3105/11_projeto_saude_mental_nas_escolas_municipais.docx" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3106/projeto_de_lei_alterando_dia_mototaxistamotoboy.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3107/projeto_de_lei_programa_de_saude_mental_pos-parto.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3110/projeto_de_lei_semana_empreendedorismo_feminino_goiana.docx" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3121/pl_de_estagio.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3131/12_projeto_saude_auditiva_nas_escolas_municipais.docx" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3147/projeto_de_lei_-_campo_de_futebol_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3149/pl_utilidade_publica_-_festa_da_tainha.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3161/curica_pl.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3204/pl_baile_do_menino_deus.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3211/projeto_de_lei_ruas_com_nome_e_historias.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3213/projeto_padroeiro_engenho_ubu_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3215/pl28o_deozao29_assinado.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3221/camscanner_15-12-2025_13.49_1.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2747/projeto_de_resolucao_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3108/projeto_de_resolucao_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2545/projeto_2025.1.docx" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2649/projeto_de_lei_bolsonaro.docx" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2866/titulo_de_cidadao_pr._joab_fortunato_dos_santos.docx" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2876/projeto_de_decreto_legislativo_-_guilherme_u._junior.docx" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2880/projeto_de_decreto_legislativo_-_rodrigo_novaes.docx" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2911/pdl_-_titulo_cidadao_honorario_-_armando__monteiro_filho-_ver._ramon_aranha__-_02_junho__2025..docx" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2913/titulo_de_cidadao_paulo_florindo.docx" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2936/projeto_de_decreto_legislativo_-_dep._francismar_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2949/projeto_de_decreto_legislativo_orcamento_2026.doc" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2963/projeto_de_decreto_legislativo__sileno_guedes.docx" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2981/projeto_de_decreto_legislativo_joao_campos.docx" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/2987/titulo_de_cidadao_goianense_a_silvio_costa_filho.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3101/titulo_de_cidadao_ao_padre_luis_felipe_assinado.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3109/pdl_-_medalha_jose_pinto_de_abreu_-_uvp_-_ver._eduardo_batista_-_30_outubro_2025._assinado.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3154/titulo_de_cidada_erika_patricia_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2025/3216/titulo_de_cidadao_a_pedro_arthur_valenca_assinado_assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H781"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="238.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="237.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>