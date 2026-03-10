--- v0 (2026-01-19)
+++ v1 (2026-03-10)
@@ -10,176 +10,1586 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1048" uniqueCount="510">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>3236</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Alexandre Carvalho</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3236/voto_de_aplausos_-_tv_goianense.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos à TV Goianense e à Associação dos Artesãos de Ponta de Pedras, pela idealização e desenvolvimento do Projeto “Mulheres do Litoral”, iniciativa de grande relevância cultural, social e histórica para o município de Goiana.</t>
+  </si>
+  <si>
+    <t>3240</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Eduardo Batista</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3240/voto_de_profundo_pesar_lindivan_-_copia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Mesa, cumpridas as formalidades regimentais, Voto de Profundo Pesar pelo falecimento do Sr. Lindivan Agostinho Alves, ocorrido no último dia 25 de janeiro de 2026, na UPA Deputado Osvaldo Rabelo, em Goiana.</t>
+  </si>
+  <si>
+    <t>3262</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3262/requerimento_-_audiencia_publica_sobre_seguranca_publica.pdf</t>
+  </si>
+  <si>
+    <t>Requeremos à Mesa, após ouvido o Plenário nos termos legais e regimentais, que seja designada e agendada pela Presidência desta Casa Legislativa a realização de Audiência Pública sobre Segurança Pública no município de Goiana, com a participação da população e dos seguintes órgãos e instituições: Governo do Estado de Pernambuco (Casa Civil e Secretaria de Defesa Social), Prefeitura Municipal de Goiana, Ministério Público de Pernambuco, Tribunal de Justiça de Pernambuco, Comando da Polícia Militar de Pernambuco, Delegacia de Polícia Civil de Goiana, Secretaria de Segurança Cidadã, Trânsito e Transportes de Goiana (Sestrans), Guarda Municipal de Goiana, além de representantes de conselhos comunitários, lideranças religiosas e entidades da sociedade civil organizada.</t>
+  </si>
+  <si>
+    <t>3266</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Ana Braçoforte</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3266/requerimento_convocacao_carlos_viegas_ok_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Mesa, após ouvido o Plenário desta Casa Legislativa, nos termos legais e regimentais, que seja convocado o Secretário Municipal de Educação e Inovação de Goiana, Sr. Carlos Viégas Júnior, objetivando ao titular da referida pasta prestar as seguintes informações:_x000D_
+_x000D_
+ Como encontrou a Educação do Município;_x000D_
+_x000D_
+ O que está sendo feito para superar os desafios encontrados, em especial a melhoria dos índices de desenvolvimento da educação básica (Ideb);_x000D_
+_x000D_
+ Esclarecer a motivação do adiamento do início do ano letivo da rede escolar, dentre outras informações pertinentes a este importante órgão da administração pública municipal.</t>
+  </si>
+  <si>
+    <t>3284</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3284/voto_de_aplausos_-_mata_goiana.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa um Voto de Aplausos ao Movimento Mata Goiana, pelo relevante trabalho de resgate, valorização, divulgação e fortalecimento da música autoral e da cultura goianense e da Mata Norte de Pernambuco.</t>
+  </si>
+  <si>
+    <t>3302</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3302/requerimento_lombadas_carrapicho_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Mesa, que seja enviado um Ofício ao Diretor Presidente do Departamento de Estradas de Rodagem de Pernambuco (DER-PE), Sr. André de Souza Fonseca, ratificando pedido visando a análise da possibilidade de implantação de dois redutores de velocidade (lombadas físicas) na Rodovia PE-49, num trecho compreendido antes e depois do trevo de acesso à comunidade de Carrapicho (entrada da Ilha de Itapessoca), no município de Goiana.</t>
+  </si>
+  <si>
+    <t>3307</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Xandy da Praia</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3307/voto_de_aplausos.docx</t>
+  </si>
+  <si>
+    <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa um Voto de Aplausos ao Internacional Restaurante Buraco da Gia, pelos seus 70 anos de fundação, se tornando neste período de existência símbolo da culinária e de referência no Mundo todo para visitantes e turistas.</t>
+  </si>
+  <si>
+    <t>3324</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Ana Diamante</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3324/req_-_sessao_ordinaria_dia_da_mulher.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Mesa, que seja designado o Grande Expediente da Sessão Ordinária do dia 05 de março de 2026 (quinta-feira), para a realização de homenagens em comemoração ao Dia Internacional da Mulher.</t>
+  </si>
+  <si>
+    <t>3332</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3332/ind_-_horario_da_delegacia_da_mulher.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Mesa, que seja encaminhado Apelo à Governadora do Estado de Pernambuco, Sra. Raquel Lyra, para que, por meio da Secretaria de Defesa Social, o horário de funcionamento da Delegacia Especializada de Atendimento à Mulher, em Goiana, seja estendido para atendimento em regime de 24 (vinte e quatro) horas.</t>
+  </si>
+  <si>
+    <t>3333</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Ramon Aranha</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3333/requeimento_voto_pesar_bruninho.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, Voto de Profundo Pesar pelo falecimento do jovem Bruno Luiz Dantas Aragão de Souza, ocorrido na madrugada do dia 26 de fevereiro de 2026, em Goiana.</t>
+  </si>
+  <si>
+    <t>3336</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3336/requerimento_-_convite_do_secretario_de_esporte_e_juventude_-_sessao_12.03.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Mesa, que seja enviado pela Presidência desta Casa Legislativa convite formal ao Secretário de Esporte e Juventude de Goiana, Sr. Gilberto Ferreira de Miranda Júnior, para que compareça à Sessão Ordinária a ser realizada no dia 12 de março de 2026, no horário regimental, a fim de que, durante o Grande Expediente, apresente aos membros desta Casa Legislativa e à população goianense informações detalhadas acerca das ações desenvolvidas pela Secretaria Municipal de Esporte e Juventude.</t>
+  </si>
+  <si>
+    <t>3349</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Zildinho Barbosa</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3349/sacaninha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplauso ao Bloco Arrastão do Sacaninha, que literalmente arrastou uma multidão no pós-carnaval ocorrido no último dia 22 de fevereiro do corrente, na Avenida Nunes Machado, no centro de Goiana.</t>
+  </si>
+  <si>
+    <t>3350</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Andre do Forro dos Errados</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3350/requerimento_voto_de_aplausos.docx</t>
+  </si>
+  <si>
+    <t>Requer à Mesa, que seja consignado na Ata dos Trabalhos desta Casa Legislativa, um Voto de Aplausos às Agremiações Carnavalescas Culturais de nosso município pelas brilhantes apresentações em destaque no Carnaval 2026 do Recife, conquistando importantes premiações, reafirmando a força da cultura popular goianense no maior polo carnavalesco do Brasil.</t>
+  </si>
+  <si>
+    <t>3233</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Edson da Farmácia</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3233/largo_do_alvorada_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, solicitando a requalificação urbanística do Largo da Alvorada, localizado às margens da BR-101, em Goiana.</t>
+  </si>
+  <si>
+    <t>3238</t>
+  </si>
+  <si>
+    <t>Dr. Wagner Monteiro</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3238/indicacao_-_hospital_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, Ofício solicitando a construção de um Hospital Municipal, em Goiana.</t>
+  </si>
+  <si>
+    <t>3239</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3239/farol_2026.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a pavimentação e a iluminação da área em que se localiza o Farol de Ponta de Pedras, no distrito de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3242</t>
+  </si>
+  <si>
+    <t>Pedro Henrique</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3242/indicacao_ph_-_lagoa_do_gomes.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcilio Régio, Silveira da Costa, solicitando realizar a recuperação ambiental, revitalização, urbanização e implantação de um parque público na área da Lagoa do Gomes, situada na praia de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3243</t>
+  </si>
+  <si>
+    <t>André Rabicó</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3243/creche_em_tejucupapo.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando construir uma Creche no distrito de Tejucupapo, em Goiana.</t>
+  </si>
+  <si>
+    <t>3244</t>
+  </si>
+  <si>
+    <t>Ibson Gouveia</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3244/08_implantacao_de_via_de_acesso_pe-062_a_br-101.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de uma via de acesso interligando a Rodovia PE-062 à Rodovia BR-101, com traçado posterior à empresa Lojas 2001, em Goiana.</t>
+  </si>
+  <si>
+    <t>3245</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3245/indicacao_dragagem_rio_goiana_ok_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido visando a realização dos serviços de dragagem do Rio Goiana a partir das imediações das comunidades da Rua da Impoeira e do Baldo do Rio, em Goiana.</t>
+  </si>
+  <si>
+    <t>3246</t>
+  </si>
+  <si>
+    <t>Paula Brito</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3246/indicacao_-_n_08.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa,  para propor a criação de uma Central Municipal de regulação de ambulâncias, em Goiana.</t>
+  </si>
+  <si>
+    <t>3247</t>
+  </si>
+  <si>
+    <t>Thiago Viana</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3247/indicacao_escola_integral_sao_lourenco_assinado_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Educação e Inovação de Goiana, o seguinte pleito: Implantação de uma Escola em Tempo Integral para a comunidade Quilombola de São Lourenço, em Goiana.</t>
+  </si>
+  <si>
+    <t>3248</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3248/indicacao_calcamento_ruas_coqueiral_e_bahia_ponta_pedras_ok_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido de pavimentação, com a devida drenagem para escoamento das águas pluviais, na Rua Coqueiral (localizada por trás do Cemitério Público), e na Rua Bahia (localizada no Loteamento Gulandim), ambas no distrito de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3251</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3251/indicacao_-reforma_prioritaria_da_escola_lourenco_albuquerque_gadelha_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo que a Escola Lourenço de Albuquerque Gadelha, localizada na comunidade de Flexeiras, seja incluída com prioridade na lista de reformas das 12 unidades escolares municipais, considerando a necessidade de melhorias estruturais para garantir segurança e qualidade no processo de ensino.</t>
+  </si>
+  <si>
+    <t>3252</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3252/03_farmacia_de_manipulacao.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de um Programa Farmácia de Manipulação Municipal, em Goiana.</t>
+  </si>
+  <si>
+    <t>3253</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3253/indicacao_-_construcao_de_unidade_mista_em_carne_de_vaca.docx.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofíciio ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a adoção de providências visando a construção de uma Unidade Mista de Saúde na comunidade de Carne de Vaca, em Goiana.</t>
+  </si>
+  <si>
+    <t>3254</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3254/pavimentacao_2026.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a pavimentação da via de acesso ao campo de futebol do Galo e à comunidade da Cocota, no distrito de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3255</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3255/indicacao_ph_-_portico.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a construção de um pórtico na entrada do distrito de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3256</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3256/construcao_do_calcamento_na_rua_joao_dos_santos.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o calçamento da Rua João dos Santos, que fica por trás do Cemitério, no distrito de Tejucupapo, em Goiana.</t>
+  </si>
+  <si>
+    <t>3257</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3257/indicacao_cvt_sao_lourenco_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da AD GOIANA ou do órgão competente, o seguinte pleito: Proposta de Reestruturação do CVT (Centro de Vocação Tecnológica), localizado na comunidade de São Lourenço, em Goiana.</t>
+  </si>
+  <si>
+    <t>3258</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Cid do Caranguejo</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3258/compaz_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido visando a construção de um COMPAZ em um terreno localizado ao lado da Creche da comunidade de São Lourenço, às margens da Rodovia PE-49, em Goiana.</t>
+  </si>
+  <si>
+    <t>3260</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3260/indicacao_terreno_novo_cemiterio-1_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências cabíveis visando a inclusão no PPA de metas para a desapropriação de uma área com a finalidade de construir um novo cemitério no distrito-sede de Goiana.</t>
+  </si>
+  <si>
+    <t>3265</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3265/indicacao_ideb_ok_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido visando, por intermédio da Secretaria Municipal de Educação e Inovação, providências cabíveis para a melhoria do Índice de Desenvolvimento da Educação Básica (IDEB) de Goiana.</t>
+  </si>
+  <si>
+    <t>3267</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3267/construcao_de_um_mini_campo_society_e_de_uma_academia_da_saude_28129_assinado_assinado.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, Ofício solicitando a construção de uma quadra esportiva e uma Academia da Saúde no espaço localizado na Rua Onilda Figueiredo, na comunidade de Flexeiras (atrás da base do SAMU e em frente ao CMEI Osvaldo Rabelo Filho), em Goiana.</t>
+  </si>
+  <si>
+    <t>3269</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3269/indicacao_-_projeto_praia_sem_barreiras.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja enviado Expediente ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação do Projeto “Praia sem Barreiras” nas praias do Município, promovendo acessibilidade e inclusão de pessoas com deficiência ou mobilidade reduzida, por meio da disponibilização de equipamentos adaptados, esteiras, cadeiras anfíbias, passarelas e equipe técnica qualificada para acompanhamento seguro durante o banho de mar.</t>
+  </si>
+  <si>
+    <t>3270</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3270/indicacao_ph_-_pavimentacao_marina_2026.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a pavimentação da Rua da Marina Enseada, situada no caminho da praia de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3271</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3271/calcamento_rua_de_dalva.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando o calçamento nas seguintes localidades: na Rua de Dalva e na Negaça, ambas situadas no Sítio Ibiapicú, no distrito de Tejucupapo, em Goiana.</t>
+  </si>
+  <si>
+    <t>3272</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3272/barragem_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido de providências cabíveis, junto aos órgãos competentes, para ampliar a barragem localizada na povoação de São Lourenço, em Goiana.</t>
+  </si>
+  <si>
+    <t>3273</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3273/23_-implantacao_do_posto_medico_na_usina_maravilha.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de um posto médico na antiga Usina Maravilhas, em Goiana.</t>
+  </si>
+  <si>
+    <t>3276</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3276/banheiros_publicos_ecologicos_026.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de banheiros públicos ecológicos, fixos ou móveis, nas praias de Ponta de Pedras e Carne de Vaca, em Goiana, com manutenção regular e devida acessibilidade.</t>
+  </si>
+  <si>
+    <t>3277</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3277/indicacao_botao_do_panico_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria da Mulher de Goiana, o seguinte pleito: Implantação de programa municipal de concessão de “Botão do Pânico” para mulheres em situação de violência doméstica e familiar, como ferramenta emergencial de proteção e resposta rápida.</t>
+  </si>
+  <si>
+    <t>3278</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3278/indicacao_-_compaz.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a realização de estudos técnicos, administrativos e orçamentários, pelos órgãos competentes, a fim de verificar a viabilidade da implantação de um Centro Comunitário da Paz (COMPAZ), no distrito-sede de Goiana.</t>
+  </si>
+  <si>
+    <t>3282</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3282/creche_no_gamba.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando construir uma Creche na comunidade do Gambá, distrito de Tejucupapo, em Goiana.</t>
+  </si>
+  <si>
+    <t>3283</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3283/creche_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido de desapropriação de um terreno localizado às margens da Rodovia PE-49 (próximo ao posto de combustíveis), para construir uma creche, no distrito de Tejucupapo, em Goiana.</t>
+  </si>
+  <si>
+    <t>3285</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3285/indicacao_ubs_assinado.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a ampliação da Unidade Básica de Saúde (UBS) da comunidade de Flexeiras, de modo que passe a ser classificada como UBS Tipo 2, garantindo maior capacidade de atendimento, infraestrutura adequada e ampliação dos serviços ofertados à população local.</t>
+  </si>
+  <si>
+    <t>3286</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3286/04-_coletores_de_lixo_1.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de coletores de lixo no centro comercial de Goiana.</t>
+  </si>
+  <si>
+    <t>3287</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3287/indicacao_ponte_folguedo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido visando a manutenção da ponte de passagem do Engenho Folguedo, em terras da antiga Usina Maravilhas, em Goiana.</t>
+  </si>
+  <si>
+    <t>3288</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3288/indicacao_-_sinalizacao_vertical_e_horizontal_na_rodovia_osvaldo_rabelo_filho.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de sinalização horizontal e vertical na Rodovia Osvaldo Rabelo Filho (antiga Estrada do Cajueiro), em Goiana.</t>
+  </si>
+  <si>
+    <t>3289</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3289/indicacao_ph_-_praca_malvinas.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção de uma praça pública na comunidade das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3290</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3290/pavimentacao_2026.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a	pavimentação do acesso ao campo de futebol da Rua de Cima da Barra, localizada na Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3291</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3291/ind-_vaca_mecanica_no_sem-terra.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de uma Vaca Mecânica na comunidade dos Sem-Terra, destinada à distribuição de leite e pão à população daquela localidade de Goiana.</t>
+  </si>
+  <si>
+    <t>3292</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3292/indicacao_-_creche.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção de uma Creche na comunidade de Bela Vista II, em Goiana.</t>
+  </si>
+  <si>
+    <t>3296</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3296/indicacao_praca_ao_lado_do_campo_de_flexeiras_assinado_1.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, sugerindo a construção de uma praça pública com Academia da Saúde ao lado do campo da comunidade de Flexeiras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3298</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3298/indicacao_goiana_digital_ok_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, ratificando pedido de envio a esta Casa Legislativa de um Projeto de Lei que institua o Programa "Goiana Digital", com o objetivo de modernizar a infraestrutura administrativa  do Município, por meio da informatização dos serviços públicos e da criação de iniciativas voltadas à inclusão digital da população, inclusive, desenvolvimento estudantil através de aulas adicionais e complementares à grade curricular, com a possibilidade de pagamento de bolsas aos alunos participantes do Programa, visando a um maior engajamento dos estudantes da rede pública municipal de ensino.</t>
+  </si>
+  <si>
+    <t>3299</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3299/09_instalacao_de_fraldarios_em_pracas.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de fraldários nas praças públicas de Goiana.</t>
+  </si>
+  <si>
+    <t>3300</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3300/calcamento_jao_dos_santos.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de calçamento na Rua João dos Santos, localizada por trás do Cemitério Público, no distrito de Tejucupapo, em Goiana.</t>
+  </si>
+  <si>
+    <t>3301</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3301/indicacao_-_calcamento_rua_do_ceu_prox_bar_da_tainha_protocolado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de calçamento, com drenagem para escoamento das águas pluviais e instalação de iluminação pública na Rua do Céu, nas imediações do Bar da Tainha, no distrito de Tejucupapo, em Goiana.</t>
+  </si>
+  <si>
+    <t>3303</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3303/indicacao_ph_-_farol_pdp.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a implantação de um mirante no Farol de Santa Helena, no distrito de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3304</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3304/mae_de_primeira_viagem2026_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Saúde e da Secretaria de Políticas Sociais, de Goiana, o seguinte pleito: criação do Programa “Mães de Primeira Viagem”, com acompanhamento psicossocial e cursos de preparação para gestantes.</t>
+  </si>
+  <si>
+    <t>3305</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3305/ind-_um_nucleo_do_scfv_no_sem-terra.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Politicas Sociais, a realização de estudos técnicos e administrativos com a finalidade de promover a implantação de um novo Núcleo do Serviço de Convivência e Fortalecimento de Vínculos - NSCFV, na comunidade dos Sem-Terra, localizada no distrito-sede de Goiana.</t>
+  </si>
+  <si>
+    <t>3306</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3306/indicacao_-_instalacoes_de_tampas_nas_levadas_da_rua_do_rosario_4.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido, junto aos órgãos competentes, visando a instalação de tampas adequadas nos esgotos de todas as entradas da Rua do Rosário, no centro do distrito de Tejucupapo, em Goiana.</t>
+  </si>
+  <si>
+    <t>3308</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3308/indicacao_-_urgencia_pediatrica_24h.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a realização de estudos técnicos, administrativos e orçamentários, pelos órgãos competentes, a fim de verificar a viabilidade da implantação de uma Urgência Pediátrica 24h na UPA de Goiana, com estrutura adequada de atendimento, equipe multidisciplinar, equipamentos hospitalares e ambiente apropriado para crianças e seus familiares.</t>
+  </si>
+  <si>
+    <t>3310</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3310/indicacao_centro_de_beneficiamento_ok_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, ratificando pedido visando a criação e implantação de um Centro de Beneficiamento e Processamento de Pescados que atenda aos distritos e áreas litorâneas de Goiana.</t>
+  </si>
+  <si>
+    <t>3311</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3311/indicacao_ph_-_av_recife.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcilio Régio Silveira da Costa, solicitando a pavimentação da Avenida Recife, na comunidade das Malvinas, no distrito de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3312</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3312/praca_farol_santa_helena_2026.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido de revitalização da área do Farol de Santa Helena, no distrito de Ponta de Pedras, em Goiana, com a construção de um espaço de convivência com praça, estacionamento e quiosques, para promover o turismo e a criação de oportunidades de emprego e renda para a população local.</t>
+  </si>
+  <si>
+    <t>3313</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3313/indicacao-_mercado_publico_de_goiana.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido de reforma do Mercado Publico, localizado na Rua Cel. Francisco Lira, 21-175, no Jardim Nova Esperança, em Goiana.</t>
+  </si>
+  <si>
+    <t>3315</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3315/indicacao_area_novo_estadio_municipal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências cabíveis visando a inclusão, por meio de alterações legais no PPA, de metas para a desapropriação de uma área com a finalidade de construir um novo estádio municipal de futebol no distrito-sede de Goiana.</t>
+  </si>
+  <si>
+    <t>3317</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3317/criacao_de_diversos_cursos_para_mulheres_goianenses.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por meio da Agência Municipal de Desenvolvimento de Goiana (AD Goiana), a criação  de um projeto para levar cursos de capacitação profissional de corte e costura, cabeleireiro, manicure e maquiagem para as mulheres de Goiana.</t>
+  </si>
+  <si>
+    <t>3318</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3318/indicacao_ph_-_av_carpina.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a pavimentação da Avenida Carpina, localizada na comunidade de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3319</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3319/indicacao_pediatra_urgencia_e_emergencia_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Saúde de Goiana, o seguinte pleito: Implantação de atendimento Médico Pediátrico, através de especialista, nas Unidades Mistas e Unidades de Pronto Atendimento de Urgência e Emergência, da sede e distritos de Goiana.</t>
+  </si>
+  <si>
+    <t>3320</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3320/indicacao_da_croa.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a pavimentação e a sinalização do acesso à "Croa da Baleia" - da Avenida até à beira-mar -, na Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3321</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3321/img20260202_10111686.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria Municipal de Saúde, em articulação com as demais secretarias competentes, a instituição da Campanha Permanente de Conscientização sobre o Câncer Infantil no Município de Goiana.</t>
+  </si>
+  <si>
+    <t>3322</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3322/unidade_mista_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção de uma Unidade Mista de Saúde, na Povoação de São Lourenço, em Goiana.</t>
+  </si>
+  <si>
+    <t>3323</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3323/indicacao_-_reforco_do_muro_de_arrima.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a realização de estudo técnico de viabilidade para a construção e reparação estrutural da área situada ao lado da Praça João Paulo Carneiro, popularmente conhecida como “Pé da Mentira”, com o reforço e a ampliação do muro de arrimo, bem como a execução das obras complementares de contenção necessárias para minimizar os danos provocados pela ação da maré alta, localizada na praia de Ponta de Pedras, distrito de Goiana.</t>
+  </si>
+  <si>
+    <t>3325</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3325/indicacao_continuidade_rua_itapirema._assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a realização de estudos técnicos e posterior execução de obras necessárias para garantir a continuidade da Rua Engenho Itapirema, na comunidade de Flexeiras, com abertura, nivelamento, pavimentação e implantação de infraestrutura adequada.</t>
+  </si>
+  <si>
+    <t>3326</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3326/indicacao_ph_-_iluminacao_maria_ricardo.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja enviado Expediente ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de iluminação pública no entorno do Riacho Maria Ricardo, localizado na praia de Ponta de Pedras, importante ponto turístico e de lazer do Município.</t>
+  </si>
+  <si>
+    <t>3327</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3327/indicacao_da_croa_pier.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a construção de um Píer para fazer translado de passageiros da beira-mar à Croa da Baleia, bem como a iluminação do acesso da Avenida Beira-Mar atá ao referido Píer, na Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3328</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3328/lombadas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências cabíveis, junto aos órgãos estaduais competentes, visando a implantação de lombadas na frente da Creche localizada às margens da Rodovia PE-49, na povoação de São Lourenço, em Goiana.</t>
+  </si>
+  <si>
+    <t>3329</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3329/indicacao_sinalizacao_compesa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a instalação de um semáforo e a implantação de uma faixa de pedestres na Av. Nunes Machado, nas proximidades da loja de atendimento da Compesa, na entrada da Rua Augusta, hoje um importante corredor de veículos no centro de Goiana.</t>
+  </si>
+  <si>
+    <t>3330</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3330/indicacao_-_progama_colonia_de_ferias.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo, por intermédio da Secretaria de Educação e Inovação, a implantação do Programa Colônia de Férias nas escolas da rede municipal de ensino, com oferta facultativa de atividades culturais, educativas e recreativas durante o período de recesso escolar.</t>
+  </si>
+  <si>
+    <t>3331</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3331/indicacao_renovacao_das_bibliotecas_escolares_da_rede_municipal_assinado_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Educação e Inovação de Goiana, o seguinte pleito: Criação de um programa de modernização das bibliotecas escolares da rede pública municipal, com a instalação de computadores, tablets e acesso à Internet de alta velocidade para os alunos.</t>
+  </si>
+  <si>
+    <t>3334</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3334/21-cadeira_de_rodas_para_as_ecolas.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a disponibilização de cadeira de rodas para todas as escolas municipais de Goiana, a fim de atender aos casos emergenciais e de estudantes com necessidades especiais temporárias.</t>
+  </si>
+  <si>
+    <t>3335</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3335/indicacao_os_clinica_hemodialise_ok_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido de envio a esta Casa Legislativa de um Projeto de Lei dispondo sobre a qualificação de entidade privada sem fins lucrativos como Organização Social (OS), para firmar contrato de gestão com o Poder Público Municipal, nos termos da Lei nº 9.637/1998, na execução de atividades de interesse público, especificamente na área de saúde, visando a implantação de um Centro para o Tratamento de Hemodiálise, em Goiana</t>
+  </si>
+  <si>
+    <t>3341</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3341/indicacao_centro_jose_estevao_ok_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. marcílio Régio Silveira da Costa, ratificando pedido de revitalização do Centro Comercial José Estevão (popularmente conhecido como os boxes), situado entre o Largo Trapiche do Meio e a Rua do Jiló, em Goiana.</t>
+  </si>
+  <si>
+    <t>3342</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3342/indicacao_ratificacao_calcamento_ruas_lot_vilar_carne_de_vaca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido para a implantação de calçamento, com a devida drenagem para escoamento das águas pluviais, nas Ruas 2 e 3, localizadas no Loteamento Vilar (ao lado da Praça Osvaldo Rabelo Filho), na comunidade de Carne de Vaca, em Goiana.</t>
+  </si>
+  <si>
+    <t>3344</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3344/indicacao_ph_-_iluminacao_beach_sprts.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando realizar a instalação de iluminação pública, redes de vôlei e barras fixas de futebol no terreno onde aconteceu a temporada do Goiana Beach Sports 2026, localizado na praia de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3345</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3345/25_engenho_mussumbu_pavimentacao_em_asfalto.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a pavimentação asfáltica para o Engenho Mussumbú, em Goiana.</t>
+  </si>
+  <si>
+    <t>3346</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3346/indicacao_idosos_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria de Políticas Sociais, a criação de um Centro Municipal de Convivência para Idosos, em Goiana.</t>
+  </si>
+  <si>
+    <t>3348</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3348/indicacao_-_pavimentacao_asfaltica.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria Municipal de Urbanismo, Obras e Patrimônio, o seguinte pleito: a execução de obras de pavimentação asfáltica na Rua Radialista Otávio Fernandes, localizada no bairro da Boa Vista, em Goiana.</t>
+  </si>
+  <si>
+    <t>3351</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3351/26-_poco_artesiano_para_engenho_mussumbu.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de um poço artesiano para a comunidade assentada no antigo Engenho Mussumbú, em Goiana.</t>
+  </si>
+  <si>
+    <t>3353</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3353/indicacao_fan_fest.doc</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando a realização do “Goiana Fan Fest” no Pátio da Misericórdia, com a instalação de estrutura adequada para transmissão dos jogos da Copa do Mundo de 2026, especialmente das partidas da Seleção Brasileira de Futebol.</t>
+  </si>
+  <si>
+    <t>3354</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3354/tejucupapo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido de desapropriação de um terreno no distrito de Tejucupapo para construir um novo cemitério, visto que o mesmo hoje utilizado não suporta mais em virtude da superlotação de túmulos, ficando sem o devido espaço para a realização dos sepultamentos.</t>
+  </si>
+  <si>
+    <t>3355</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3355/reforco_no_contra_turno_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a implantação de programa de reforço escolar gratuito, no contraturno, para alunos da rede pública municipal de ensino.</t>
+  </si>
+  <si>
     <t>3225</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Marcílio Régio Silveira da Costa</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3225/oficio_no_002-2026_-_camara_-_encaminha_pl_no_001-2026.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3225/oficio_no_002-2026_-_camara_-_encaminha_pl_no_001-2026.pdf</t>
   </si>
   <si>
     <t>Fixa o Salário Mínimo a ser pago aos seus servidores, pelo município de Goiana/PE, a partir de 1º de janeiro de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3226/oficio_no_004-2026_-_gabpref_-_encaminha_pl_no_002-2026......pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3226/oficio_no_004-2026_-_gabpref_-_encaminha_pl_no_002-2026......pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do padrão remuneratório da Carreira de Procurador Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3227/oficio_no_005-2026_-_gabpref_-_encaminha_pl_no_003-2026......pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3227/oficio_no_005-2026_-_gabpref_-_encaminha_pl_no_003-2026......pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do padrão remuneratório da Carreira de Auditor Fiscal da Receita Municipal – AFRM, e dá outras providências.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3228/oficio_no_006-2026_-_gabpref_-_encaminha_pl_no_004-2026_....pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3228/oficio_no_006-2026_-_gabpref_-_encaminha_pl_no_004-2026_....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Organizacional da Administração Direta e Indireta do Poder Executivo do Município de Goiana-PE, e dá outras providências.</t>
   </si>
   <si>
+    <t>3264</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3264/oficio_no_014-2026_-_gabpref_-_camara_-_encaminha_pl_no_005-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instituição de gratificação específica para os membros da Comissão de Licitação e Contratos (CLCP) da Autarquia Municipal de Ensino Superior de Goiana (AMESG), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3232</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3232/oficio_no_015-2026_-_gabpref_-_pl_no_006-2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Plano Municipal de Arborização Urbana do Município de Goiana – PMAU/Goiana, estabelece princípios, diretrizes, programas, competências e instrumentos para o planejamento, implantação, manejo, conservação e expansão da arborização urbana, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3263</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3263/oficio_no_024-2026_-_gabpref_-_camara_encaminha_pl_no_007-2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Centro Especializado de Atendimento à Mulher (CEAM) no município de Goiana/PE, dispõe sobre sua finalidade, estrutura, funcionamento, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3235</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3235/oficio_no_029-2026_-_gabpref_-_encaminha_pl_no008-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição de animais de médio e grande porte, em estado de soltura, no perímetro urbano e faixas litorâneas do município de Goiana/PE, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3294</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de Auxílio-Saúde aos servidores Públicos efetivos ativos do Municiípio de Goiana e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3295</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a revisão geral anual do vencimento Básico, Salário e Proventos dos Servidores Públicos Efetivos Ativos,Inativos e Pensionista do Municiípio de Goiana e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3309</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3309/oficio_no_039-2026-_gabpref_-_projeto_de_lei_no_012-2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação da Gratificação de Desempenho pelo Exercício de Atividade de Fiscalização de Obras – GDAFO –, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3279</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3279/oficio_no_045-2026_-_gabpref_-_encaminha_pl_no_014-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano de Custeio do Regime Próprio de Previdência Social dos Servidores do Município de Goiana e fixa alíquota suplementar para o equacionamento do déficit atuarial, conforme avaliação atuarial anual e as determinações dos artigos 13, 14, “x”, da Lei Municipal nº 2.514/2022.</t>
+  </si>
+  <si>
+    <t>3280</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3280/oficio_no_046-2026_-_gabpref_-_camara_encaminha_pl_no_015-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Inciso XIV do Art. 3º e Art. 4º, ambos da Lei Municipal nº 2.676/2024, que dispõe sobre a organização e funcionamento do Conselho Municipal de Educação de Goiana-PE, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3281</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3281/oficio_no_047-2026_-_gabpref_-_camara_-_encaminha_pl_no_016-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 2.570/2023, que dispõe sobre a adequação do Plano de Cargos, Carreira e Remuneração do Grupo Ocupacional de Apoio Administrativo ao Magistério do Município de Goiana-PE.</t>
+  </si>
+  <si>
+    <t>3347</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3347/oficio_no_055-2026_-_gabpref_-_encaminha_pl_no_017-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação da Escola Municipal localizada na Rua Santo Amaro, s/n, Ponta de Pedras, no Município de Goiana, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3337</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3337/oficion_067-26_gabpre-_ref_pl_n_018-26_altera_o_art._12_da_lei_n_2.652-2024.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Art. 12 da Lei nº 2.652/2024, que “Dispõe sobre a readequação da tabela de vencimentos da Guarda Municipal de Goiana, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>3338</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3338/oficion_068-26-gabpre-_ref_pl_n_019-26_criacao_e_funcionamneto_da_ouvidoria_geral.pdf</t>
+  </si>
+  <si>
+    <t>Altera o § 5º e revoga o § 6º, ambos do Art. 1º, da Lei nº 2.531/2022, que "Dispõe sobre a criação e o funcionamento da Ouvidoria Geral do Município de Goiana, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>3339</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3339/oficion_069-26-gabpre-_ref_pl_n_020-26_bibliotec_em_tejucupapo.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Art. 1º da Lei nº 1.915/2003, que "Cria a Biblioteca Pública Municipal do Distrito de Tejucupapo, e dá outras providências".</t>
+  </si>
+  <si>
     <t>3231</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei da Câmara</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3231/pl_no_001.2026.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3231/pl_no_001.2026.pdf</t>
   </si>
   <si>
     <t>Fixa o salário a ser pago aos seus servidores do Poder Legislativo do Município de Goiana PE, a partir de 1º de janeiro e dá outras providências.</t>
   </si>
   <si>
+    <t>3234</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3234/projeto_de_lei_-praca_sensorial_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação de Espaço ou Praça Sensorial em áreas públicas do município de Goiana, e dá outras providências</t>
+  </si>
+  <si>
+    <t>3237</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3237/projeto_de_lei_-_cavalgada_da_lua.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inclusão da Cavalgada da Lua de Ponta de Pedras no Calendário Oficial de Eventos do município de Goiana-PE, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3259</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3259/projeto_de_lei_vigilantes_e_seguranca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera o art. 3º da Lei Municipal n° 2.724/2025, revoga o art.1º da Lei Municipal nº 2.783/2025, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>3261</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3261/projeto_de_lei_vigilantes_e_seguranca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Art. 3º da Lei Municipal n° 2.724/2025, revoga o Art.1º da Lei Municipal nº 2783/2025, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3268</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3268/projeto_de_lei_-_sesc_-_senac_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Dia Municipal de Valorização e Reconhecimento do Serviço Social do Comércio (SESC) e do Serviço Nacional de Aprendizagem Comercial  (SENAC), no âmbito do município de Goiana, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3274</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3274/projeto_de_lei_-_proibicao_de_praticas_abusivas.docx</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição de práticas abusivas por parte de barraqueiros e comerciantes nas praias do município de Goiana, estabelece regras para uso de mesas, cadeiras e guarda-sóis, assegura direitos aos consumidores, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3275</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3275/projeto_de_lei_julho_laranja.pdf</t>
+  </si>
+  <si>
+    <t>Institui no município de Goiana-PE o “Julho Laranja” como Mês de Conscientização da Saúde Bucal Infantil, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3293</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3293/projeto_de_lei_3_andre.docx</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Atenção Prioritária à Saúde do Idoso e estabelece no âmbito das unidades de saúde de Goiana atendimento prioritário e ações permanentes de cuidado especializado.</t>
+  </si>
+  <si>
+    <t>3297</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3297/projeto_de_lei_oncologia_andre_1.docx</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a prioridade de atendimento a pacientes portadores de doenças oncológicas nas filas de espera e no efetivo atendimento em equipamentos, serviços públicos e privados no município de Goiana, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3314</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3314/projeto_de_lei_farmapet_andre.docx</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a instituir o Programa “Farmapet Goiana”, no âmbito do município de Goiana/PE, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3316</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3316/projeto_lei_-_mesa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Concede reajuste de vencimentos, salários e proventos, aos servidores ativos, inativos e pensionistas, da Câmara Municipal de Goiana, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3343</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3343/pl_idoso.docx</t>
+  </si>
+  <si>
+    <t>Institui a Unidade Básica de Saúde do Idoso no Município de Goiana, por meio da Secretaria Municipal de Saúde, como equipamento público integrante do Sistema Único de Saúde (SUS) no Município, destinado ao atendimento integral, prioritário e especializado às pessoas com idade igual ou superior a 60 (sessenta) anos de idade.</t>
+  </si>
+  <si>
+    <t>3352</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3352/pl_crimes_contra_vulneralvel_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição da nomeação para cargos em comissão, no âmbito da Administração Pública Direta e Indireta do Município de Goiana, de pessoas que tenham sido condenadas por crimes cometidos contra crianças neurodivergentes, portadoras de TEA, adolescentes, idosos e pessoas com deficiência (PCD), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3250</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3250/projeto_resolucao-_institui_programa_de_estagio_3.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Estágio Legislativo do Futuro, no âmbito da Câmara Municipal de Goiana, Estado de Pernambuco, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3241</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3241/camscanner_20-01-2026_11.04.pdf</t>
+  </si>
+  <si>
+    <t>Outorga o Título de Cidadania Honorária Goianense ao Sr. Marcelo França dos Anjos, e dá outras providências.</t>
+  </si>
+  <si>
     <t>3229</t>
   </si>
   <si>
     <t>PLCO</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3229/oficio_no_003-2026__-_camara_-_encaminha_plc_no_001-2026.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3229/oficio_no_003-2026__-_camara_-_encaminha_plc_no_001-2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação, Delimitação e Denominação de Bairros na Macrozona Urbana (MZ1) do Município de Goiana/PE, e dá outras previdências.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
-    <t>https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3230/oficio_no_009-2026_-_camara_-_encaminha_plc_no_002-2026.pdf</t>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3230/oficio_no_009-2026_-_camara_-_encaminha_plc_no_002-2026.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Aceleração de Investimentos em Infraestrutura, Melhoria e Ampliação dos Serviços Públicos do Município de Goiana – Acelera Goiana – e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3340</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3340/oficio_no_070-2026_-_gabpref_-_camara_-_encaminha_plc_no_003-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera, inclui e revoga dispositivos da Lei Complementar nº 028/2023, que “Dispõe sobre o Código Tributário do Município de Goiana, revoga a Lei Municipal nº 1.973/2005, que o instituiu, e todas as suas alterações posteriores, e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -483,68 +1893,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3225/oficio_no_002-2026_-_camara_-_encaminha_pl_no_001-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3226/oficio_no_004-2026_-_gabpref_-_encaminha_pl_no_002-2026......pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3227/oficio_no_005-2026_-_gabpref_-_encaminha_pl_no_003-2026......pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3228/oficio_no_006-2026_-_gabpref_-_encaminha_pl_no_004-2026_....pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3231/pl_no_001.2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3229/oficio_no_003-2026__-_camara_-_encaminha_plc_no_001-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3230/oficio_no_009-2026_-_camara_-_encaminha_plc_no_002-2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3236/voto_de_aplausos_-_tv_goianense.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3240/voto_de_profundo_pesar_lindivan_-_copia_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3262/requerimento_-_audiencia_publica_sobre_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3266/requerimento_convocacao_carlos_viegas_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3284/voto_de_aplausos_-_mata_goiana.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3302/requerimento_lombadas_carrapicho_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3307/voto_de_aplausos.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3324/req_-_sessao_ordinaria_dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3332/ind_-_horario_da_delegacia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3333/requeimento_voto_pesar_bruninho.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3336/requerimento_-_convite_do_secretario_de_esporte_e_juventude_-_sessao_12.03.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3349/sacaninha_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3350/requerimento_voto_de_aplausos.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3233/largo_do_alvorada_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3238/indicacao_-_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3239/farol_2026.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3242/indicacao_ph_-_lagoa_do_gomes.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3243/creche_em_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3244/08_implantacao_de_via_de_acesso_pe-062_a_br-101.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3245/indicacao_dragagem_rio_goiana_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3246/indicacao_-_n_08.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3247/indicacao_escola_integral_sao_lourenco_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3248/indicacao_calcamento_ruas_coqueiral_e_bahia_ponta_pedras_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3251/indicacao_-reforma_prioritaria_da_escola_lourenco_albuquerque_gadelha_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3252/03_farmacia_de_manipulacao.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3253/indicacao_-_construcao_de_unidade_mista_em_carne_de_vaca.docx.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3254/pavimentacao_2026.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3255/indicacao_ph_-_portico.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3256/construcao_do_calcamento_na_rua_joao_dos_santos.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3257/indicacao_cvt_sao_lourenco_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3258/compaz_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3260/indicacao_terreno_novo_cemiterio-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3265/indicacao_ideb_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3267/construcao_de_um_mini_campo_society_e_de_uma_academia_da_saude_28129_assinado_assinado.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3269/indicacao_-_projeto_praia_sem_barreiras.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3270/indicacao_ph_-_pavimentacao_marina_2026.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3271/calcamento_rua_de_dalva.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3272/barragem_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3273/23_-implantacao_do_posto_medico_na_usina_maravilha.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3276/banheiros_publicos_ecologicos_026.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3277/indicacao_botao_do_panico_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3278/indicacao_-_compaz.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3282/creche_no_gamba.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3283/creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3285/indicacao_ubs_assinado.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3286/04-_coletores_de_lixo_1.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3287/indicacao_ponte_folguedo_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3288/indicacao_-_sinalizacao_vertical_e_horizontal_na_rodovia_osvaldo_rabelo_filho.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3289/indicacao_ph_-_praca_malvinas.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3290/pavimentacao_2026.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3291/ind-_vaca_mecanica_no_sem-terra.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3292/indicacao_-_creche.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3296/indicacao_praca_ao_lado_do_campo_de_flexeiras_assinado_1.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3298/indicacao_goiana_digital_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3299/09_instalacao_de_fraldarios_em_pracas.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3300/calcamento_jao_dos_santos.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3301/indicacao_-_calcamento_rua_do_ceu_prox_bar_da_tainha_protocolado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3303/indicacao_ph_-_farol_pdp.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3304/mae_de_primeira_viagem2026_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3305/ind-_um_nucleo_do_scfv_no_sem-terra.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3306/indicacao_-_instalacoes_de_tampas_nas_levadas_da_rua_do_rosario_4.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3308/indicacao_-_urgencia_pediatrica_24h.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3310/indicacao_centro_de_beneficiamento_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3311/indicacao_ph_-_av_recife.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3312/praca_farol_santa_helena_2026.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3313/indicacao-_mercado_publico_de_goiana.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3315/indicacao_area_novo_estadio_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3317/criacao_de_diversos_cursos_para_mulheres_goianenses.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3318/indicacao_ph_-_av_carpina.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3319/indicacao_pediatra_urgencia_e_emergencia_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3320/indicacao_da_croa.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3321/img20260202_10111686.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3322/unidade_mista_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3323/indicacao_-_reforco_do_muro_de_arrima.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3325/indicacao_continuidade_rua_itapirema._assinado_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3326/indicacao_ph_-_iluminacao_maria_ricardo.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3327/indicacao_da_croa_pier.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3328/lombadas_assinado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3329/indicacao_sinalizacao_compesa_assinado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3330/indicacao_-_progama_colonia_de_ferias.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3331/indicacao_renovacao_das_bibliotecas_escolares_da_rede_municipal_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3334/21-cadeira_de_rodas_para_as_ecolas.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3335/indicacao_os_clinica_hemodialise_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3341/indicacao_centro_jose_estevao_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3342/indicacao_ratificacao_calcamento_ruas_lot_vilar_carne_de_vaca_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3344/indicacao_ph_-_iluminacao_beach_sprts.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3345/25_engenho_mussumbu_pavimentacao_em_asfalto.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3346/indicacao_idosos_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3348/indicacao_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3351/26-_poco_artesiano_para_engenho_mussumbu.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3353/indicacao_fan_fest.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3354/tejucupapo_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3355/reforco_no_contra_turno_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3225/oficio_no_002-2026_-_camara_-_encaminha_pl_no_001-2026.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3226/oficio_no_004-2026_-_gabpref_-_encaminha_pl_no_002-2026......pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3227/oficio_no_005-2026_-_gabpref_-_encaminha_pl_no_003-2026......pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3228/oficio_no_006-2026_-_gabpref_-_encaminha_pl_no_004-2026_....pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3264/oficio_no_014-2026_-_gabpref_-_camara_-_encaminha_pl_no_005-2026.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3232/oficio_no_015-2026_-_gabpref_-_pl_no_006-2026.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3263/oficio_no_024-2026_-_gabpref_-_camara_encaminha_pl_no_007-2026.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3235/oficio_no_029-2026_-_gabpref_-_encaminha_pl_no008-2026.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3309/oficio_no_039-2026-_gabpref_-_projeto_de_lei_no_012-2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3279/oficio_no_045-2026_-_gabpref_-_encaminha_pl_no_014-2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3280/oficio_no_046-2026_-_gabpref_-_camara_encaminha_pl_no_015-2026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3281/oficio_no_047-2026_-_gabpref_-_camara_-_encaminha_pl_no_016-2026.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3347/oficio_no_055-2026_-_gabpref_-_encaminha_pl_no_017-2026.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3337/oficion_067-26_gabpre-_ref_pl_n_018-26_altera_o_art._12_da_lei_n_2.652-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3338/oficion_068-26-gabpre-_ref_pl_n_019-26_criacao_e_funcionamneto_da_ouvidoria_geral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3339/oficion_069-26-gabpre-_ref_pl_n_020-26_bibliotec_em_tejucupapo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3231/pl_no_001.2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3234/projeto_de_lei_-praca_sensorial_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3237/projeto_de_lei_-_cavalgada_da_lua.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3259/projeto_de_lei_vigilantes_e_seguranca_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3261/projeto_de_lei_vigilantes_e_seguranca_assinado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3268/projeto_de_lei_-_sesc_-_senac_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3274/projeto_de_lei_-_proibicao_de_praticas_abusivas.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3275/projeto_de_lei_julho_laranja.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3293/projeto_de_lei_3_andre.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3297/projeto_de_lei_oncologia_andre_1.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3314/projeto_de_lei_farmapet_andre.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3316/projeto_lei_-_mesa_2026.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3343/pl_idoso.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3352/pl_crimes_contra_vulneralvel_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3250/projeto_resolucao-_institui_programa_de_estagio_3.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3241/camscanner_20-01-2026_11.04.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3229/oficio_no_003-2026__-_camara_-_encaminha_plc_no_001-2026.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3230/oficio_no_009-2026_-_camara_-_encaminha_plc_no_002-2026.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3340/oficio_no_070-2026_-_gabpref_-_camara_-_encaminha_plc_no_003-2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="164.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="163.140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -572,198 +1982,3519 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="H6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D7" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="1" t="s">
+      <c r="H7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>39</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H9" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H12" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>68</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H14" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>72</v>
+      </c>
+      <c r="E15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F15" t="s">
+        <v>74</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H15" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>17</v>
       </c>
-      <c r="D8" t="s">
+      <c r="D16" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H16" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>22</v>
+      </c>
+      <c r="D17" t="s">
+        <v>72</v>
+      </c>
+      <c r="E17" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" t="s">
+        <v>40</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H17" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>84</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>26</v>
+      </c>
+      <c r="D18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" t="s">
+        <v>85</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H18" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>88</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>31</v>
+      </c>
+      <c r="D19" t="s">
+        <v>72</v>
+      </c>
+      <c r="E19" t="s">
+        <v>73</v>
+      </c>
+      <c r="F19" t="s">
+        <v>89</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H19" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>92</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>35</v>
       </c>
-      <c r="E8" t="s">
-[...2 lines deleted...]
-      <c r="F8" t="s">
+      <c r="D20" t="s">
+        <v>72</v>
+      </c>
+      <c r="E20" t="s">
+        <v>73</v>
+      </c>
+      <c r="F20" t="s">
+        <v>93</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H20" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>96</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>39</v>
+      </c>
+      <c r="D21" t="s">
+        <v>72</v>
+      </c>
+      <c r="E21" t="s">
+        <v>73</v>
+      </c>
+      <c r="F21" t="s">
+        <v>27</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H21" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>44</v>
+      </c>
+      <c r="D22" t="s">
+        <v>72</v>
+      </c>
+      <c r="E22" t="s">
+        <v>73</v>
+      </c>
+      <c r="F22" t="s">
+        <v>100</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H22" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>103</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>49</v>
+      </c>
+      <c r="D23" t="s">
+        <v>72</v>
+      </c>
+      <c r="E23" t="s">
+        <v>73</v>
+      </c>
+      <c r="F23" t="s">
+        <v>104</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H23" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>107</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>53</v>
+      </c>
+      <c r="D24" t="s">
+        <v>72</v>
+      </c>
+      <c r="E24" t="s">
+        <v>73</v>
+      </c>
+      <c r="F24" t="s">
+        <v>27</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H24" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>110</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>58</v>
+      </c>
+      <c r="D25" t="s">
+        <v>72</v>
+      </c>
+      <c r="E25" t="s">
+        <v>73</v>
+      </c>
+      <c r="F25" t="s">
+        <v>74</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H25" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>113</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>62</v>
+      </c>
+      <c r="D26" t="s">
+        <v>72</v>
+      </c>
+      <c r="E26" t="s">
+        <v>73</v>
+      </c>
+      <c r="F26" t="s">
+        <v>93</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H26" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>116</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>67</v>
+      </c>
+      <c r="D27" t="s">
+        <v>72</v>
+      </c>
+      <c r="E27" t="s">
+        <v>73</v>
+      </c>
+      <c r="F27" t="s">
+        <v>78</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H27" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>119</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>120</v>
+      </c>
+      <c r="D28" t="s">
+        <v>72</v>
+      </c>
+      <c r="E28" t="s">
+        <v>73</v>
+      </c>
+      <c r="F28" t="s">
+        <v>40</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H28" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>123</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>124</v>
+      </c>
+      <c r="D29" t="s">
+        <v>72</v>
+      </c>
+      <c r="E29" t="s">
+        <v>73</v>
+      </c>
+      <c r="F29" t="s">
+        <v>85</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H29" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>127</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>128</v>
+      </c>
+      <c r="D30" t="s">
+        <v>72</v>
+      </c>
+      <c r="E30" t="s">
+        <v>73</v>
+      </c>
+      <c r="F30" t="s">
+        <v>89</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H30" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>132</v>
+      </c>
+      <c r="D31" t="s">
+        <v>72</v>
+      </c>
+      <c r="E31" t="s">
+        <v>73</v>
+      </c>
+      <c r="F31" t="s">
+        <v>104</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H31" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>136</v>
+      </c>
+      <c r="D32" t="s">
+        <v>72</v>
+      </c>
+      <c r="E32" t="s">
+        <v>73</v>
+      </c>
+      <c r="F32" t="s">
+        <v>137</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H32" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>140</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>141</v>
+      </c>
+      <c r="D33" t="s">
+        <v>72</v>
+      </c>
+      <c r="E33" t="s">
+        <v>73</v>
+      </c>
+      <c r="F33" t="s">
+        <v>18</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H33" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>144</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>145</v>
+      </c>
+      <c r="D34" t="s">
+        <v>72</v>
+      </c>
+      <c r="E34" t="s">
+        <v>73</v>
+      </c>
+      <c r="F34" t="s">
+        <v>27</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H34" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>148</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>149</v>
+      </c>
+      <c r="D35" t="s">
+        <v>72</v>
+      </c>
+      <c r="E35" t="s">
+        <v>73</v>
+      </c>
+      <c r="F35" t="s">
+        <v>74</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H35" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>152</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>153</v>
+      </c>
+      <c r="D36" t="s">
+        <v>72</v>
+      </c>
+      <c r="E36" t="s">
+        <v>73</v>
+      </c>
+      <c r="F36" t="s">
+        <v>78</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H36" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>156</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>157</v>
+      </c>
+      <c r="D37" t="s">
+        <v>72</v>
+      </c>
+      <c r="E37" t="s">
+        <v>73</v>
+      </c>
+      <c r="F37" t="s">
+        <v>85</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H37" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>160</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>161</v>
+      </c>
+      <c r="D38" t="s">
+        <v>72</v>
+      </c>
+      <c r="E38" t="s">
+        <v>73</v>
+      </c>
+      <c r="F38" t="s">
+        <v>89</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H38" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>164</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>165</v>
+      </c>
+      <c r="D39" t="s">
+        <v>72</v>
+      </c>
+      <c r="E39" t="s">
+        <v>73</v>
+      </c>
+      <c r="F39" t="s">
+        <v>137</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H39" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>168</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>169</v>
+      </c>
+      <c r="D40" t="s">
+        <v>72</v>
+      </c>
+      <c r="E40" t="s">
+        <v>73</v>
+      </c>
+      <c r="F40" t="s">
+        <v>93</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H40" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>172</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>173</v>
+      </c>
+      <c r="D41" t="s">
+        <v>72</v>
+      </c>
+      <c r="E41" t="s">
+        <v>73</v>
+      </c>
+      <c r="F41" t="s">
+        <v>40</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="H41" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>176</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>177</v>
+      </c>
+      <c r="D42" t="s">
+        <v>72</v>
+      </c>
+      <c r="E42" t="s">
+        <v>73</v>
+      </c>
+      <c r="F42" t="s">
+        <v>104</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H42" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>180</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>181</v>
+      </c>
+      <c r="D43" t="s">
+        <v>72</v>
+      </c>
+      <c r="E43" t="s">
+        <v>73</v>
+      </c>
+      <c r="F43" t="s">
+        <v>100</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H43" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>184</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>185</v>
+      </c>
+      <c r="D44" t="s">
+        <v>72</v>
+      </c>
+      <c r="E44" t="s">
+        <v>73</v>
+      </c>
+      <c r="F44" t="s">
+        <v>89</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H44" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>188</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>189</v>
+      </c>
+      <c r="D45" t="s">
+        <v>72</v>
+      </c>
+      <c r="E45" t="s">
+        <v>73</v>
+      </c>
+      <c r="F45" t="s">
+        <v>137</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="H45" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>192</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>193</v>
+      </c>
+      <c r="D46" t="s">
+        <v>72</v>
+      </c>
+      <c r="E46" t="s">
+        <v>73</v>
+      </c>
+      <c r="F46" t="s">
+        <v>74</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="H46" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>196</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>197</v>
+      </c>
+      <c r="D47" t="s">
+        <v>72</v>
+      </c>
+      <c r="E47" t="s">
+        <v>73</v>
+      </c>
+      <c r="F47" t="s">
+        <v>93</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H47" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>200</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>201</v>
+      </c>
+      <c r="D48" t="s">
+        <v>72</v>
+      </c>
+      <c r="E48" t="s">
+        <v>73</v>
+      </c>
+      <c r="F48" t="s">
+        <v>18</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H48" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>204</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>205</v>
+      </c>
+      <c r="D49" t="s">
+        <v>72</v>
+      </c>
+      <c r="E49" t="s">
+        <v>73</v>
+      </c>
+      <c r="F49" t="s">
+        <v>78</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H49" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>208</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>209</v>
+      </c>
+      <c r="D50" t="s">
+        <v>72</v>
+      </c>
+      <c r="E50" t="s">
+        <v>73</v>
+      </c>
+      <c r="F50" t="s">
+        <v>85</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H50" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>212</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>213</v>
+      </c>
+      <c r="D51" t="s">
+        <v>72</v>
+      </c>
+      <c r="E51" t="s">
+        <v>73</v>
+      </c>
+      <c r="F51" t="s">
+        <v>40</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H51" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>216</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>217</v>
+      </c>
+      <c r="D52" t="s">
+        <v>72</v>
+      </c>
+      <c r="E52" t="s">
+        <v>73</v>
+      </c>
+      <c r="F52" t="s">
+        <v>45</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H52" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>220</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>221</v>
+      </c>
+      <c r="D53" t="s">
+        <v>72</v>
+      </c>
+      <c r="E53" t="s">
+        <v>73</v>
+      </c>
+      <c r="F53" t="s">
+        <v>68</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H53" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>224</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>225</v>
+      </c>
+      <c r="D54" t="s">
+        <v>72</v>
+      </c>
+      <c r="E54" t="s">
+        <v>73</v>
+      </c>
+      <c r="F54" t="s">
+        <v>74</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H54" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>228</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>229</v>
+      </c>
+      <c r="D55" t="s">
+        <v>72</v>
+      </c>
+      <c r="E55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F55" t="s">
+        <v>27</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H55" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>232</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>233</v>
+      </c>
+      <c r="D56" t="s">
+        <v>72</v>
+      </c>
+      <c r="E56" t="s">
+        <v>73</v>
+      </c>
+      <c r="F56" t="s">
+        <v>93</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H56" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>236</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>237</v>
+      </c>
+      <c r="D57" t="s">
+        <v>72</v>
+      </c>
+      <c r="E57" t="s">
+        <v>73</v>
+      </c>
+      <c r="F57" t="s">
+        <v>89</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H57" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>240</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>241</v>
+      </c>
+      <c r="D58" t="s">
+        <v>72</v>
+      </c>
+      <c r="E58" t="s">
+        <v>73</v>
+      </c>
+      <c r="F58" t="s">
+        <v>78</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H58" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>244</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>245</v>
+      </c>
+      <c r="D59" t="s">
+        <v>72</v>
+      </c>
+      <c r="E59" t="s">
+        <v>73</v>
+      </c>
+      <c r="F59" t="s">
+        <v>85</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="H59" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>248</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>249</v>
+      </c>
+      <c r="D60" t="s">
+        <v>72</v>
+      </c>
+      <c r="E60" t="s">
+        <v>73</v>
+      </c>
+      <c r="F60" t="s">
+        <v>104</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H60" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>252</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>253</v>
+      </c>
+      <c r="D61" t="s">
+        <v>72</v>
+      </c>
+      <c r="E61" t="s">
+        <v>73</v>
+      </c>
+      <c r="F61" t="s">
+        <v>45</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H61" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>256</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>257</v>
+      </c>
+      <c r="D62" t="s">
+        <v>72</v>
+      </c>
+      <c r="E62" t="s">
+        <v>73</v>
+      </c>
+      <c r="F62" t="s">
+        <v>137</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H62" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>260</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>261</v>
+      </c>
+      <c r="D63" t="s">
+        <v>72</v>
+      </c>
+      <c r="E63" t="s">
+        <v>73</v>
+      </c>
+      <c r="F63" t="s">
+        <v>100</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H63" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>264</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>265</v>
+      </c>
+      <c r="D64" t="s">
+        <v>72</v>
+      </c>
+      <c r="E64" t="s">
+        <v>73</v>
+      </c>
+      <c r="F64" t="s">
+        <v>27</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H64" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>268</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>269</v>
+      </c>
+      <c r="D65" t="s">
+        <v>72</v>
+      </c>
+      <c r="E65" t="s">
+        <v>73</v>
+      </c>
+      <c r="F65" t="s">
+        <v>85</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H65" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>272</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>273</v>
+      </c>
+      <c r="D66" t="s">
+        <v>72</v>
+      </c>
+      <c r="E66" t="s">
+        <v>73</v>
+      </c>
+      <c r="F66" t="s">
+        <v>40</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="H66" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>276</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>277</v>
+      </c>
+      <c r="D67" t="s">
+        <v>72</v>
+      </c>
+      <c r="E67" t="s">
+        <v>73</v>
+      </c>
+      <c r="F67" t="s">
+        <v>137</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="H67" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>280</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>281</v>
+      </c>
+      <c r="D68" t="s">
+        <v>72</v>
+      </c>
+      <c r="E68" t="s">
+        <v>73</v>
+      </c>
+      <c r="F68" t="s">
+        <v>18</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H68" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>284</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>285</v>
+      </c>
+      <c r="D69" t="s">
+        <v>72</v>
+      </c>
+      <c r="E69" t="s">
+        <v>73</v>
+      </c>
+      <c r="F69" t="s">
+        <v>45</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H69" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>288</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>289</v>
+      </c>
+      <c r="D70" t="s">
+        <v>72</v>
+      </c>
+      <c r="E70" t="s">
+        <v>73</v>
+      </c>
+      <c r="F70" t="s">
+        <v>85</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H70" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>292</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>293</v>
+      </c>
+      <c r="D71" t="s">
+        <v>72</v>
+      </c>
+      <c r="E71" t="s">
+        <v>73</v>
+      </c>
+      <c r="F71" t="s">
+        <v>104</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H71" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>296</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>297</v>
+      </c>
+      <c r="D72" t="s">
+        <v>72</v>
+      </c>
+      <c r="E72" t="s">
+        <v>73</v>
+      </c>
+      <c r="F72" t="s">
+        <v>40</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="H72" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>300</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>301</v>
+      </c>
+      <c r="D73" t="s">
+        <v>72</v>
+      </c>
+      <c r="E73" t="s">
+        <v>73</v>
+      </c>
+      <c r="F73" t="s">
         <v>13</v>
       </c>
-      <c r="G8" s="1" t="s">
+      <c r="G73" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H73" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>304</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>305</v>
+      </c>
+      <c r="D74" t="s">
+        <v>72</v>
+      </c>
+      <c r="E74" t="s">
+        <v>73</v>
+      </c>
+      <c r="F74" t="s">
+        <v>137</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H74" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>308</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>309</v>
+      </c>
+      <c r="D75" t="s">
+        <v>72</v>
+      </c>
+      <c r="E75" t="s">
+        <v>73</v>
+      </c>
+      <c r="F75" t="s">
+        <v>100</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="H75" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>312</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>313</v>
+      </c>
+      <c r="D76" t="s">
+        <v>72</v>
+      </c>
+      <c r="E76" t="s">
+        <v>73</v>
+      </c>
+      <c r="F76" t="s">
+        <v>74</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H76" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>316</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>317</v>
+      </c>
+      <c r="D77" t="s">
+        <v>72</v>
+      </c>
+      <c r="E77" t="s">
+        <v>73</v>
+      </c>
+      <c r="F77" t="s">
+        <v>85</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H77" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>320</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>321</v>
+      </c>
+      <c r="D78" t="s">
+        <v>72</v>
+      </c>
+      <c r="E78" t="s">
+        <v>73</v>
+      </c>
+      <c r="F78" t="s">
         <v>40</v>
       </c>
-      <c r="H8" t="s">
-        <v>41</v>
+      <c r="G78" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="H78" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>324</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>325</v>
+      </c>
+      <c r="D79" t="s">
+        <v>72</v>
+      </c>
+      <c r="E79" t="s">
+        <v>73</v>
+      </c>
+      <c r="F79" t="s">
+        <v>137</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H79" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>328</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>329</v>
+      </c>
+      <c r="D80" t="s">
+        <v>72</v>
+      </c>
+      <c r="E80" t="s">
+        <v>73</v>
+      </c>
+      <c r="F80" t="s">
+        <v>18</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="H80" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>332</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>333</v>
+      </c>
+      <c r="D81" t="s">
+        <v>72</v>
+      </c>
+      <c r="E81" t="s">
+        <v>73</v>
+      </c>
+      <c r="F81" t="s">
+        <v>100</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H81" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>336</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>337</v>
+      </c>
+      <c r="D82" t="s">
+        <v>72</v>
+      </c>
+      <c r="E82" t="s">
+        <v>73</v>
+      </c>
+      <c r="F82" t="s">
+        <v>104</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H82" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>340</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>341</v>
+      </c>
+      <c r="D83" t="s">
+        <v>72</v>
+      </c>
+      <c r="E83" t="s">
+        <v>73</v>
+      </c>
+      <c r="F83" t="s">
+        <v>93</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H83" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>344</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>345</v>
+      </c>
+      <c r="D84" t="s">
+        <v>72</v>
+      </c>
+      <c r="E84" t="s">
+        <v>73</v>
+      </c>
+      <c r="F84" t="s">
+        <v>27</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H84" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>348</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>349</v>
+      </c>
+      <c r="D85" t="s">
+        <v>72</v>
+      </c>
+      <c r="E85" t="s">
+        <v>73</v>
+      </c>
+      <c r="F85" t="s">
+        <v>27</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H85" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>352</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>353</v>
+      </c>
+      <c r="D86" t="s">
+        <v>72</v>
+      </c>
+      <c r="E86" t="s">
+        <v>73</v>
+      </c>
+      <c r="F86" t="s">
+        <v>18</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H86" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>356</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>357</v>
+      </c>
+      <c r="D87" t="s">
+        <v>72</v>
+      </c>
+      <c r="E87" t="s">
+        <v>73</v>
+      </c>
+      <c r="F87" t="s">
+        <v>85</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H87" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>360</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>361</v>
+      </c>
+      <c r="D88" t="s">
+        <v>72</v>
+      </c>
+      <c r="E88" t="s">
+        <v>73</v>
+      </c>
+      <c r="F88" t="s">
+        <v>93</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="H88" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>364</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>365</v>
+      </c>
+      <c r="D89" t="s">
+        <v>72</v>
+      </c>
+      <c r="E89" t="s">
+        <v>73</v>
+      </c>
+      <c r="F89" t="s">
+        <v>104</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="H89" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>368</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>369</v>
+      </c>
+      <c r="D90" t="s">
+        <v>72</v>
+      </c>
+      <c r="E90" t="s">
+        <v>73</v>
+      </c>
+      <c r="F90" t="s">
+        <v>100</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="H90" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>372</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>373</v>
+      </c>
+      <c r="D91" t="s">
+        <v>72</v>
+      </c>
+      <c r="E91" t="s">
+        <v>73</v>
+      </c>
+      <c r="F91" t="s">
+        <v>93</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H91" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>376</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>377</v>
+      </c>
+      <c r="D92" t="s">
+        <v>72</v>
+      </c>
+      <c r="E92" t="s">
+        <v>73</v>
+      </c>
+      <c r="F92" t="s">
+        <v>54</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H92" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>380</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>381</v>
+      </c>
+      <c r="D93" t="s">
+        <v>72</v>
+      </c>
+      <c r="E93" t="s">
+        <v>73</v>
+      </c>
+      <c r="F93" t="s">
+        <v>137</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="H93" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>384</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>385</v>
+      </c>
+      <c r="D94" t="s">
+        <v>72</v>
+      </c>
+      <c r="E94" t="s">
+        <v>73</v>
+      </c>
+      <c r="F94" t="s">
+        <v>74</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H94" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>388</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>10</v>
+      </c>
+      <c r="D95" t="s">
+        <v>389</v>
+      </c>
+      <c r="E95" t="s">
+        <v>390</v>
+      </c>
+      <c r="F95" t="s">
+        <v>391</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="H95" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>394</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>17</v>
+      </c>
+      <c r="D96" t="s">
+        <v>389</v>
+      </c>
+      <c r="E96" t="s">
+        <v>390</v>
+      </c>
+      <c r="F96" t="s">
+        <v>391</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H96" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>397</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>22</v>
+      </c>
+      <c r="D97" t="s">
+        <v>389</v>
+      </c>
+      <c r="E97" t="s">
+        <v>390</v>
+      </c>
+      <c r="F97" t="s">
+        <v>391</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H97" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>400</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>26</v>
+      </c>
+      <c r="D98" t="s">
+        <v>389</v>
+      </c>
+      <c r="E98" t="s">
+        <v>390</v>
+      </c>
+      <c r="F98" t="s">
+        <v>391</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="H98" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>403</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>31</v>
+      </c>
+      <c r="D99" t="s">
+        <v>389</v>
+      </c>
+      <c r="E99" t="s">
+        <v>390</v>
+      </c>
+      <c r="F99" t="s">
+        <v>391</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="H99" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>406</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>35</v>
+      </c>
+      <c r="D100" t="s">
+        <v>389</v>
+      </c>
+      <c r="E100" t="s">
+        <v>390</v>
+      </c>
+      <c r="F100" t="s">
+        <v>391</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H100" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>409</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>39</v>
+      </c>
+      <c r="D101" t="s">
+        <v>389</v>
+      </c>
+      <c r="E101" t="s">
+        <v>390</v>
+      </c>
+      <c r="F101" t="s">
+        <v>391</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H101" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>412</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>44</v>
+      </c>
+      <c r="D102" t="s">
+        <v>389</v>
+      </c>
+      <c r="E102" t="s">
+        <v>390</v>
+      </c>
+      <c r="F102" t="s">
+        <v>391</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H102" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>415</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>53</v>
+      </c>
+      <c r="D103" t="s">
+        <v>389</v>
+      </c>
+      <c r="E103" t="s">
+        <v>390</v>
+      </c>
+      <c r="F103" t="s">
+        <v>391</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="H103" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>418</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>58</v>
+      </c>
+      <c r="D104" t="s">
+        <v>389</v>
+      </c>
+      <c r="E104" t="s">
+        <v>390</v>
+      </c>
+      <c r="F104" t="s">
+        <v>391</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="H104" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>420</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>62</v>
+      </c>
+      <c r="D105" t="s">
+        <v>389</v>
+      </c>
+      <c r="E105" t="s">
+        <v>390</v>
+      </c>
+      <c r="F105" t="s">
+        <v>391</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="H105" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>423</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>120</v>
+      </c>
+      <c r="D106" t="s">
+        <v>389</v>
+      </c>
+      <c r="E106" t="s">
+        <v>390</v>
+      </c>
+      <c r="F106" t="s">
+        <v>391</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="H106" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>426</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>124</v>
+      </c>
+      <c r="D107" t="s">
+        <v>389</v>
+      </c>
+      <c r="E107" t="s">
+        <v>390</v>
+      </c>
+      <c r="F107" t="s">
+        <v>391</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H107" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>429</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>128</v>
+      </c>
+      <c r="D108" t="s">
+        <v>389</v>
+      </c>
+      <c r="E108" t="s">
+        <v>390</v>
+      </c>
+      <c r="F108" t="s">
+        <v>391</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H108" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>432</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>132</v>
+      </c>
+      <c r="D109" t="s">
+        <v>389</v>
+      </c>
+      <c r="E109" t="s">
+        <v>390</v>
+      </c>
+      <c r="F109" t="s">
+        <v>391</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="H109" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>435</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>136</v>
+      </c>
+      <c r="D110" t="s">
+        <v>389</v>
+      </c>
+      <c r="E110" t="s">
+        <v>390</v>
+      </c>
+      <c r="F110" t="s">
+        <v>391</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="H110" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>438</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>141</v>
+      </c>
+      <c r="D111" t="s">
+        <v>389</v>
+      </c>
+      <c r="E111" t="s">
+        <v>390</v>
+      </c>
+      <c r="F111" t="s">
+        <v>391</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="H111" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>441</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>145</v>
+      </c>
+      <c r="D112" t="s">
+        <v>389</v>
+      </c>
+      <c r="E112" t="s">
+        <v>390</v>
+      </c>
+      <c r="F112" t="s">
+        <v>391</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H112" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>444</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>10</v>
+      </c>
+      <c r="D113" t="s">
+        <v>445</v>
+      </c>
+      <c r="E113" t="s">
+        <v>446</v>
+      </c>
+      <c r="F113" t="s">
+        <v>447</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="H113" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>450</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>17</v>
+      </c>
+      <c r="D114" t="s">
+        <v>445</v>
+      </c>
+      <c r="E114" t="s">
+        <v>446</v>
+      </c>
+      <c r="F114" t="s">
+        <v>74</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="H114" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>453</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>22</v>
+      </c>
+      <c r="D115" t="s">
+        <v>445</v>
+      </c>
+      <c r="E115" t="s">
+        <v>446</v>
+      </c>
+      <c r="F115" t="s">
+        <v>78</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="H115" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>456</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>26</v>
+      </c>
+      <c r="D116" t="s">
+        <v>445</v>
+      </c>
+      <c r="E116" t="s">
+        <v>446</v>
+      </c>
+      <c r="F116" t="s">
+        <v>447</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="H116" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>459</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>31</v>
+      </c>
+      <c r="D117" t="s">
+        <v>445</v>
+      </c>
+      <c r="E117" t="s">
+        <v>446</v>
+      </c>
+      <c r="F117" t="s">
+        <v>447</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H117" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>462</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>35</v>
+      </c>
+      <c r="D118" t="s">
+        <v>445</v>
+      </c>
+      <c r="E118" t="s">
+        <v>446</v>
+      </c>
+      <c r="F118" t="s">
+        <v>74</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="H118" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>465</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>39</v>
+      </c>
+      <c r="D119" t="s">
+        <v>445</v>
+      </c>
+      <c r="E119" t="s">
+        <v>446</v>
+      </c>
+      <c r="F119" t="s">
+        <v>85</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H119" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>468</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>44</v>
+      </c>
+      <c r="D120" t="s">
+        <v>445</v>
+      </c>
+      <c r="E120" t="s">
+        <v>446</v>
+      </c>
+      <c r="F120" t="s">
+        <v>78</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="H120" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>471</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>49</v>
+      </c>
+      <c r="D121" t="s">
+        <v>445</v>
+      </c>
+      <c r="E121" t="s">
+        <v>446</v>
+      </c>
+      <c r="F121" t="s">
+        <v>68</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H121" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>474</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>53</v>
+      </c>
+      <c r="D122" t="s">
+        <v>445</v>
+      </c>
+      <c r="E122" t="s">
+        <v>446</v>
+      </c>
+      <c r="F122" t="s">
+        <v>68</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="H122" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>477</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>58</v>
+      </c>
+      <c r="D123" t="s">
+        <v>445</v>
+      </c>
+      <c r="E123" t="s">
+        <v>446</v>
+      </c>
+      <c r="F123" t="s">
+        <v>68</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H123" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>480</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>62</v>
+      </c>
+      <c r="D124" t="s">
+        <v>445</v>
+      </c>
+      <c r="E124" t="s">
+        <v>446</v>
+      </c>
+      <c r="F124" t="s">
+        <v>447</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H124" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>483</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>67</v>
+      </c>
+      <c r="D125" t="s">
+        <v>445</v>
+      </c>
+      <c r="E125" t="s">
+        <v>446</v>
+      </c>
+      <c r="F125" t="s">
+        <v>68</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="H125" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>486</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>120</v>
+      </c>
+      <c r="D126" t="s">
+        <v>445</v>
+      </c>
+      <c r="E126" t="s">
+        <v>446</v>
+      </c>
+      <c r="F126" t="s">
+        <v>104</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="H126" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>489</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>10</v>
+      </c>
+      <c r="D127" t="s">
+        <v>490</v>
+      </c>
+      <c r="E127" t="s">
+        <v>491</v>
+      </c>
+      <c r="F127" t="s">
+        <v>447</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="H127" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>494</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>10</v>
+      </c>
+      <c r="D128" t="s">
+        <v>495</v>
+      </c>
+      <c r="E128" t="s">
+        <v>496</v>
+      </c>
+      <c r="F128" t="s">
+        <v>54</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="H128" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>499</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>10</v>
+      </c>
+      <c r="D129" t="s">
+        <v>500</v>
+      </c>
+      <c r="E129" t="s">
+        <v>501</v>
+      </c>
+      <c r="F129" t="s">
+        <v>391</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="H129" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>504</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>17</v>
+      </c>
+      <c r="D130" t="s">
+        <v>500</v>
+      </c>
+      <c r="E130" t="s">
+        <v>501</v>
+      </c>
+      <c r="F130" t="s">
+        <v>391</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H130" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>507</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>22</v>
+      </c>
+      <c r="D131" t="s">
+        <v>500</v>
+      </c>
+      <c r="E131" t="s">
+        <v>501</v>
+      </c>
+      <c r="F131" t="s">
+        <v>391</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="H131" t="s">
+        <v>509</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>