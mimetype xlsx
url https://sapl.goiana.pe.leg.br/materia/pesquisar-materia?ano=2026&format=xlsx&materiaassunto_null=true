--- v1 (2026-03-10)
+++ v2 (2026-03-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1048" uniqueCount="510">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1144" uniqueCount="557">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1182,50 +1182,183 @@
   <si>
     <t>3354</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3354/tejucupapo_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido de desapropriação de um terreno no distrito de Tejucupapo para construir um novo cemitério, visto que o mesmo hoje utilizado não suporta mais em virtude da superlotação de túmulos, ficando sem o devido espaço para a realização dos sepultamentos.</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3355/reforco_no_contra_turno_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo a implantação de programa de reforço escolar gratuito, no contraturno, para alunos da rede pública municipal de ensino.</t>
   </si>
   <si>
+    <t>3356</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3356/indicacao_implantacao_de_lombada_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito de Goiana, Sr. Marcílio Régio Silveira da Costa, solicitando, por intermédio da Secretaria Municipal de Urbanismo, Obras e Patrimônio, o seguinte pleito: Implantação de lombada na Avenida André Vidal de Negreiros (Estrada Nova), no perímetro compreendido entre a entrada da Vila Zezita, Rua do Frutapão e Rua da Campina.</t>
+  </si>
+  <si>
+    <t>3357</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3357/indiccao_nova_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa Diretora, que seja encaminhado Ofício ao Prefeito do Município de Goiana, Sr. Marcílio Régio Silveira da Costa, sugerindo reforma e ampliação da Unidade Básica de Saúde (UBS) do Engenho Novo, localizada na Rua Luiza Ferreira, ao lado da Igreja Católica de Santo Antônio.</t>
+  </si>
+  <si>
+    <t>3358</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3358/indicacao_revisao_plano_diretor_ok_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando pedido visando a revisão legal do Plano Diretor de Desenvolvimento Urbano de Goiana, o que não acontece desde os idos do ano de 2006, tendo apenas ocorrido algumas alterações no_x000D_
+ano de 2011.</t>
+  </si>
+  <si>
+    <t>3359</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3359/indicacao_postes_cocota_de_cima_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando providências cabíveis visando viabilizar o prolongamento da rede elétrica com a implantação de dois postes de iluminação no final da Rua Cocota de Cima, localizada no distrito de Ponta de Pedras, em Goiana, sendo um depois da residência da Sra. Janeide (em frente à casa do Sr. Tony Pedreiro) e outro na subida da Igreja Assembleia de Deus.</t>
+  </si>
+  <si>
+    <t>3360</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3360/indicacao_-_rua_do_bujari_e_rua_da_varzea.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a pavimentação asfáltica e implantação de sistema de drenagem de águas pluviais na Rua da Várzea, situada na Cidade Nova, no distrito sede de Goiana.</t>
+  </si>
+  <si>
+    <t>3361</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3361/indicacao_ph_-_de_pdp_ate_barra.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja enviado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a pavimentação asfáltica do trecho que liga a comunidade de Ponta de Pedras à praia de Barra de Catuama, no distrito de Ponta de Pedras, em Goiana.</t>
+  </si>
+  <si>
+    <t>3362</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3362/indicacao_-_soro.docx</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja enviado Expediente ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando realizar a disponibilização de soros antiofídico e antiescorpiônico nas unidades de urgência e emergência de Goiana, por meio da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>3363</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3363/rua_do_goiti_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja formulado Apelo ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, ratificando o pedido de pavimentação da Rua do Goiti, localizada na povoação de São Lourenço, em Goiana.</t>
+  </si>
+  <si>
+    <t>3364</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3364/indicacao_manilhas.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de manilhas na comunidade da Bela Vista II, em Goiana, serviço de fundamental importância para sistemas de drenagem pluvial e saneamento.</t>
+  </si>
+  <si>
+    <t>3365</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3365/ind_-_implantacao_de_quebra-molas_na_rua_d_boa_vista.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado Ofício ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, solicitando a implantação de quebra-molas na Rua D, localizada na comunidade da Boa Vista, em Goiana.</t>
+  </si>
+  <si>
+    <t>3366</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3366/indicacao_melhoria_posto_saude_-_poco_artesiano.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Mesa, que seja encaminhado ao Prefeito do Município, Sr. Marcílio Régio Silveira da Costa, Ofício propondo, por intermédio da Secretaria de Urbanismo, Obras e Patrimônio, a realização de melhorias estruturais no Posto Médico do Engenho Ubú, com a ampliação do espaço físico (construção de duas a três salas destinadas aos atendimento médico), garantindo melhores condições de assistência à população daquela localidade.</t>
+  </si>
+  <si>
     <t>3225</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Marcílio Régio Silveira da Costa</t>
   </si>
   <si>
     <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3225/oficio_no_002-2026_-_camara_-_encaminha_pl_no_001-2026.pdf</t>
   </si>
   <si>
     <t>Fixa o Salário Mínimo a ser pago aos seus servidores, pelo município de Goiana/PE, a partir de 1º de janeiro de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
     <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3226/oficio_no_004-2026_-_gabpref_-_encaminha_pl_no_002-2026......pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do padrão remuneratório da Carreira de Procurador Municipal, e dá outras providências.</t>
@@ -1348,50 +1481,59 @@
     <t>3337</t>
   </si>
   <si>
     <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3337/oficion_067-26_gabpre-_ref_pl_n_018-26_altera_o_art._12_da_lei_n_2.652-2024.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 12 da Lei nº 2.652/2024, que “Dispõe sobre a readequação da tabela de vencimentos da Guarda Municipal de Goiana, e dá outras providências".</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3338/oficion_068-26-gabpre-_ref_pl_n_019-26_criacao_e_funcionamneto_da_ouvidoria_geral.pdf</t>
   </si>
   <si>
     <t>Altera o § 5º e revoga o § 6º, ambos do Art. 1º, da Lei nº 2.531/2022, que "Dispõe sobre a criação e o funcionamento da Ouvidoria Geral do Município de Goiana, e dá outras providências".</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3339/oficion_069-26-gabpre-_ref_pl_n_020-26_bibliotec_em_tejucupapo.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1º da Lei nº 1.915/2003, que "Cria a Biblioteca Pública Municipal do Distrito de Tejucupapo, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>3367</t>
+  </si>
+  <si>
+    <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3367/oficio_no_077-2026_-_gabpref_-_encaminha_o_pl_no_021-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a desafetação de área pública destinada a uso comum do povo, localizada no Loteamento Vilar, na comunidade de Carne de Vaca, no Município de Goiana, Estado de Pernambuco, para fins de destinação urbanística, e dá outras providências.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei da Câmara</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
     <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3231/pl_no_001.2026.pdf</t>
   </si>
   <si>
     <t>Fixa o salário a ser pago aos seus servidores do Poder Legislativo do Município de Goiana PE, a partir de 1º de janeiro e dá outras providências.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
     <t>http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3234/projeto_de_lei_-praca_sensorial_assinado_assinado.pdf</t>
   </si>
@@ -1893,56 +2035,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3236/voto_de_aplausos_-_tv_goianense.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3240/voto_de_profundo_pesar_lindivan_-_copia_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3262/requerimento_-_audiencia_publica_sobre_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3266/requerimento_convocacao_carlos_viegas_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3284/voto_de_aplausos_-_mata_goiana.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3302/requerimento_lombadas_carrapicho_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3307/voto_de_aplausos.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3324/req_-_sessao_ordinaria_dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3332/ind_-_horario_da_delegacia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3333/requeimento_voto_pesar_bruninho.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3336/requerimento_-_convite_do_secretario_de_esporte_e_juventude_-_sessao_12.03.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3349/sacaninha_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3350/requerimento_voto_de_aplausos.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3233/largo_do_alvorada_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3238/indicacao_-_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3239/farol_2026.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3242/indicacao_ph_-_lagoa_do_gomes.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3243/creche_em_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3244/08_implantacao_de_via_de_acesso_pe-062_a_br-101.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3245/indicacao_dragagem_rio_goiana_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3246/indicacao_-_n_08.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3247/indicacao_escola_integral_sao_lourenco_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3248/indicacao_calcamento_ruas_coqueiral_e_bahia_ponta_pedras_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3251/indicacao_-reforma_prioritaria_da_escola_lourenco_albuquerque_gadelha_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3252/03_farmacia_de_manipulacao.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3253/indicacao_-_construcao_de_unidade_mista_em_carne_de_vaca.docx.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3254/pavimentacao_2026.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3255/indicacao_ph_-_portico.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3256/construcao_do_calcamento_na_rua_joao_dos_santos.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3257/indicacao_cvt_sao_lourenco_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3258/compaz_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3260/indicacao_terreno_novo_cemiterio-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3265/indicacao_ideb_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3267/construcao_de_um_mini_campo_society_e_de_uma_academia_da_saude_28129_assinado_assinado.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3269/indicacao_-_projeto_praia_sem_barreiras.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3270/indicacao_ph_-_pavimentacao_marina_2026.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3271/calcamento_rua_de_dalva.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3272/barragem_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3273/23_-implantacao_do_posto_medico_na_usina_maravilha.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3276/banheiros_publicos_ecologicos_026.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3277/indicacao_botao_do_panico_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3278/indicacao_-_compaz.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3282/creche_no_gamba.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3283/creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3285/indicacao_ubs_assinado.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3286/04-_coletores_de_lixo_1.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3287/indicacao_ponte_folguedo_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3288/indicacao_-_sinalizacao_vertical_e_horizontal_na_rodovia_osvaldo_rabelo_filho.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3289/indicacao_ph_-_praca_malvinas.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3290/pavimentacao_2026.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3291/ind-_vaca_mecanica_no_sem-terra.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3292/indicacao_-_creche.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3296/indicacao_praca_ao_lado_do_campo_de_flexeiras_assinado_1.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3298/indicacao_goiana_digital_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3299/09_instalacao_de_fraldarios_em_pracas.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3300/calcamento_jao_dos_santos.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3301/indicacao_-_calcamento_rua_do_ceu_prox_bar_da_tainha_protocolado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3303/indicacao_ph_-_farol_pdp.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3304/mae_de_primeira_viagem2026_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3305/ind-_um_nucleo_do_scfv_no_sem-terra.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3306/indicacao_-_instalacoes_de_tampas_nas_levadas_da_rua_do_rosario_4.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3308/indicacao_-_urgencia_pediatrica_24h.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3310/indicacao_centro_de_beneficiamento_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3311/indicacao_ph_-_av_recife.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3312/praca_farol_santa_helena_2026.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3313/indicacao-_mercado_publico_de_goiana.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3315/indicacao_area_novo_estadio_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3317/criacao_de_diversos_cursos_para_mulheres_goianenses.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3318/indicacao_ph_-_av_carpina.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3319/indicacao_pediatra_urgencia_e_emergencia_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3320/indicacao_da_croa.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3321/img20260202_10111686.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3322/unidade_mista_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3323/indicacao_-_reforco_do_muro_de_arrima.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3325/indicacao_continuidade_rua_itapirema._assinado_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3326/indicacao_ph_-_iluminacao_maria_ricardo.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3327/indicacao_da_croa_pier.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3328/lombadas_assinado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3329/indicacao_sinalizacao_compesa_assinado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3330/indicacao_-_progama_colonia_de_ferias.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3331/indicacao_renovacao_das_bibliotecas_escolares_da_rede_municipal_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3334/21-cadeira_de_rodas_para_as_ecolas.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3335/indicacao_os_clinica_hemodialise_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3341/indicacao_centro_jose_estevao_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3342/indicacao_ratificacao_calcamento_ruas_lot_vilar_carne_de_vaca_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3344/indicacao_ph_-_iluminacao_beach_sprts.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3345/25_engenho_mussumbu_pavimentacao_em_asfalto.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3346/indicacao_idosos_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3348/indicacao_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3351/26-_poco_artesiano_para_engenho_mussumbu.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3353/indicacao_fan_fest.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3354/tejucupapo_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3355/reforco_no_contra_turno_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3225/oficio_no_002-2026_-_camara_-_encaminha_pl_no_001-2026.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3226/oficio_no_004-2026_-_gabpref_-_encaminha_pl_no_002-2026......pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3227/oficio_no_005-2026_-_gabpref_-_encaminha_pl_no_003-2026......pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3228/oficio_no_006-2026_-_gabpref_-_encaminha_pl_no_004-2026_....pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3264/oficio_no_014-2026_-_gabpref_-_camara_-_encaminha_pl_no_005-2026.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3232/oficio_no_015-2026_-_gabpref_-_pl_no_006-2026.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3263/oficio_no_024-2026_-_gabpref_-_camara_encaminha_pl_no_007-2026.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3235/oficio_no_029-2026_-_gabpref_-_encaminha_pl_no008-2026.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3309/oficio_no_039-2026-_gabpref_-_projeto_de_lei_no_012-2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3279/oficio_no_045-2026_-_gabpref_-_encaminha_pl_no_014-2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3280/oficio_no_046-2026_-_gabpref_-_camara_encaminha_pl_no_015-2026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3281/oficio_no_047-2026_-_gabpref_-_camara_-_encaminha_pl_no_016-2026.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3347/oficio_no_055-2026_-_gabpref_-_encaminha_pl_no_017-2026.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3337/oficion_067-26_gabpre-_ref_pl_n_018-26_altera_o_art._12_da_lei_n_2.652-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3338/oficion_068-26-gabpre-_ref_pl_n_019-26_criacao_e_funcionamneto_da_ouvidoria_geral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3339/oficion_069-26-gabpre-_ref_pl_n_020-26_bibliotec_em_tejucupapo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3231/pl_no_001.2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3234/projeto_de_lei_-praca_sensorial_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3237/projeto_de_lei_-_cavalgada_da_lua.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3259/projeto_de_lei_vigilantes_e_seguranca_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3261/projeto_de_lei_vigilantes_e_seguranca_assinado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3268/projeto_de_lei_-_sesc_-_senac_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3274/projeto_de_lei_-_proibicao_de_praticas_abusivas.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3275/projeto_de_lei_julho_laranja.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3293/projeto_de_lei_3_andre.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3297/projeto_de_lei_oncologia_andre_1.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3314/projeto_de_lei_farmapet_andre.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3316/projeto_lei_-_mesa_2026.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3343/pl_idoso.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3352/pl_crimes_contra_vulneralvel_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3250/projeto_resolucao-_institui_programa_de_estagio_3.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3241/camscanner_20-01-2026_11.04.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3229/oficio_no_003-2026__-_camara_-_encaminha_plc_no_001-2026.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3230/oficio_no_009-2026_-_camara_-_encaminha_plc_no_002-2026.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3340/oficio_no_070-2026_-_gabpref_-_camara_-_encaminha_plc_no_003-2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3236/voto_de_aplausos_-_tv_goianense.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3240/voto_de_profundo_pesar_lindivan_-_copia_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3262/requerimento_-_audiencia_publica_sobre_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3266/requerimento_convocacao_carlos_viegas_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3284/voto_de_aplausos_-_mata_goiana.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3302/requerimento_lombadas_carrapicho_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3307/voto_de_aplausos.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3324/req_-_sessao_ordinaria_dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3332/ind_-_horario_da_delegacia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3333/requeimento_voto_pesar_bruninho.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3336/requerimento_-_convite_do_secretario_de_esporte_e_juventude_-_sessao_12.03.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3349/sacaninha_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3350/requerimento_voto_de_aplausos.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3233/largo_do_alvorada_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3238/indicacao_-_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3239/farol_2026.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3242/indicacao_ph_-_lagoa_do_gomes.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3243/creche_em_tejucupapo.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3244/08_implantacao_de_via_de_acesso_pe-062_a_br-101.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3245/indicacao_dragagem_rio_goiana_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3246/indicacao_-_n_08.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3247/indicacao_escola_integral_sao_lourenco_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3248/indicacao_calcamento_ruas_coqueiral_e_bahia_ponta_pedras_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3251/indicacao_-reforma_prioritaria_da_escola_lourenco_albuquerque_gadelha_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3252/03_farmacia_de_manipulacao.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3253/indicacao_-_construcao_de_unidade_mista_em_carne_de_vaca.docx.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3254/pavimentacao_2026.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3255/indicacao_ph_-_portico.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3256/construcao_do_calcamento_na_rua_joao_dos_santos.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3257/indicacao_cvt_sao_lourenco_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3258/compaz_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3260/indicacao_terreno_novo_cemiterio-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3265/indicacao_ideb_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3267/construcao_de_um_mini_campo_society_e_de_uma_academia_da_saude_28129_assinado_assinado.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3269/indicacao_-_projeto_praia_sem_barreiras.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3270/indicacao_ph_-_pavimentacao_marina_2026.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3271/calcamento_rua_de_dalva.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3272/barragem_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3273/23_-implantacao_do_posto_medico_na_usina_maravilha.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3276/banheiros_publicos_ecologicos_026.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3277/indicacao_botao_do_panico_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3278/indicacao_-_compaz.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3282/creche_no_gamba.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3283/creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3285/indicacao_ubs_assinado.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3286/04-_coletores_de_lixo_1.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3287/indicacao_ponte_folguedo_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3288/indicacao_-_sinalizacao_vertical_e_horizontal_na_rodovia_osvaldo_rabelo_filho.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3289/indicacao_ph_-_praca_malvinas.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3290/pavimentacao_2026.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3291/ind-_vaca_mecanica_no_sem-terra.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3292/indicacao_-_creche.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3296/indicacao_praca_ao_lado_do_campo_de_flexeiras_assinado_1.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3298/indicacao_goiana_digital_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3299/09_instalacao_de_fraldarios_em_pracas.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3300/calcamento_jao_dos_santos.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3301/indicacao_-_calcamento_rua_do_ceu_prox_bar_da_tainha_protocolado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3303/indicacao_ph_-_farol_pdp.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3304/mae_de_primeira_viagem2026_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3305/ind-_um_nucleo_do_scfv_no_sem-terra.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3306/indicacao_-_instalacoes_de_tampas_nas_levadas_da_rua_do_rosario_4.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3308/indicacao_-_urgencia_pediatrica_24h.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3310/indicacao_centro_de_beneficiamento_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3311/indicacao_ph_-_av_recife.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3312/praca_farol_santa_helena_2026.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3313/indicacao-_mercado_publico_de_goiana.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3315/indicacao_area_novo_estadio_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3317/criacao_de_diversos_cursos_para_mulheres_goianenses.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3318/indicacao_ph_-_av_carpina.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3319/indicacao_pediatra_urgencia_e_emergencia_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3320/indicacao_da_croa.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3321/img20260202_10111686.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3322/unidade_mista_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3323/indicacao_-_reforco_do_muro_de_arrima.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3325/indicacao_continuidade_rua_itapirema._assinado_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3326/indicacao_ph_-_iluminacao_maria_ricardo.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3327/indicacao_da_croa_pier.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3328/lombadas_assinado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3329/indicacao_sinalizacao_compesa_assinado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3330/indicacao_-_progama_colonia_de_ferias.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3331/indicacao_renovacao_das_bibliotecas_escolares_da_rede_municipal_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3334/21-cadeira_de_rodas_para_as_ecolas.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3335/indicacao_os_clinica_hemodialise_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3341/indicacao_centro_jose_estevao_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3342/indicacao_ratificacao_calcamento_ruas_lot_vilar_carne_de_vaca_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3344/indicacao_ph_-_iluminacao_beach_sprts.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3345/25_engenho_mussumbu_pavimentacao_em_asfalto.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3346/indicacao_idosos_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3348/indicacao_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3351/26-_poco_artesiano_para_engenho_mussumbu.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3353/indicacao_fan_fest.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3354/tejucupapo_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3355/reforco_no_contra_turno_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3356/indicacao_implantacao_de_lombada_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3357/indiccao_nova_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3358/indicacao_revisao_plano_diretor_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3359/indicacao_postes_cocota_de_cima_assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3360/indicacao_-_rua_do_bujari_e_rua_da_varzea.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3361/indicacao_ph_-_de_pdp_ate_barra.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3362/indicacao_-_soro.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3363/rua_do_goiti_assinado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3364/indicacao_manilhas.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3365/ind_-_implantacao_de_quebra-molas_na_rua_d_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3366/indicacao_melhoria_posto_saude_-_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3225/oficio_no_002-2026_-_camara_-_encaminha_pl_no_001-2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3226/oficio_no_004-2026_-_gabpref_-_encaminha_pl_no_002-2026......pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3227/oficio_no_005-2026_-_gabpref_-_encaminha_pl_no_003-2026......pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3228/oficio_no_006-2026_-_gabpref_-_encaminha_pl_no_004-2026_....pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3264/oficio_no_014-2026_-_gabpref_-_camara_-_encaminha_pl_no_005-2026.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3232/oficio_no_015-2026_-_gabpref_-_pl_no_006-2026.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3263/oficio_no_024-2026_-_gabpref_-_camara_encaminha_pl_no_007-2026.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3235/oficio_no_029-2026_-_gabpref_-_encaminha_pl_no008-2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3309/oficio_no_039-2026-_gabpref_-_projeto_de_lei_no_012-2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3279/oficio_no_045-2026_-_gabpref_-_encaminha_pl_no_014-2026.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3280/oficio_no_046-2026_-_gabpref_-_camara_encaminha_pl_no_015-2026.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3281/oficio_no_047-2026_-_gabpref_-_camara_-_encaminha_pl_no_016-2026.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3347/oficio_no_055-2026_-_gabpref_-_encaminha_pl_no_017-2026.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3337/oficion_067-26_gabpre-_ref_pl_n_018-26_altera_o_art._12_da_lei_n_2.652-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3338/oficion_068-26-gabpre-_ref_pl_n_019-26_criacao_e_funcionamneto_da_ouvidoria_geral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3339/oficion_069-26-gabpre-_ref_pl_n_020-26_bibliotec_em_tejucupapo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3367/oficio_no_077-2026_-_gabpref_-_encaminha_o_pl_no_021-2026.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3231/pl_no_001.2026.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3234/projeto_de_lei_-praca_sensorial_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3237/projeto_de_lei_-_cavalgada_da_lua.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3259/projeto_de_lei_vigilantes_e_seguranca_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3261/projeto_de_lei_vigilantes_e_seguranca_assinado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3268/projeto_de_lei_-_sesc_-_senac_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3274/projeto_de_lei_-_proibicao_de_praticas_abusivas.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3275/projeto_de_lei_julho_laranja.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3293/projeto_de_lei_3_andre.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3297/projeto_de_lei_oncologia_andre_1.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3314/projeto_de_lei_farmapet_andre.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3316/projeto_lei_-_mesa_2026.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3343/pl_idoso.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3352/pl_crimes_contra_vulneralvel_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3250/projeto_resolucao-_institui_programa_de_estagio_3.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3241/camscanner_20-01-2026_11.04.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3229/oficio_no_003-2026__-_camara_-_encaminha_plc_no_001-2026.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3230/oficio_no_009-2026_-_camara_-_encaminha_plc_no_002-2026.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.pe.leg.br/media/sapl/public/materialegislativa/2026/3340/oficio_no_070-2026_-_gabpref_-_camara_-_encaminha_plc_no_003-2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H131"/>
+  <dimension ref="A1:H143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="163.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -4365,1002 +4507,1314 @@
       </c>
       <c r="D94" t="s">
         <v>72</v>
       </c>
       <c r="E94" t="s">
         <v>73</v>
       </c>
       <c r="F94" t="s">
         <v>74</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>386</v>
       </c>
       <c r="H94" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>388</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>10</v>
+        <v>389</v>
       </c>
       <c r="D95" t="s">
-        <v>389</v>
+        <v>72</v>
       </c>
       <c r="E95" t="s">
+        <v>73</v>
+      </c>
+      <c r="F95" t="s">
+        <v>104</v>
+      </c>
+      <c r="G95" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="F95" t="s">
+      <c r="H95" t="s">
         <v>391</v>
-      </c>
-[...4 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>392</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>393</v>
+      </c>
+      <c r="D96" t="s">
+        <v>72</v>
+      </c>
+      <c r="E96" t="s">
+        <v>73</v>
+      </c>
+      <c r="F96" t="s">
+        <v>74</v>
+      </c>
+      <c r="G96" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="B96" t="s">
-[...14 lines deleted...]
-      <c r="G96" s="1" t="s">
+      <c r="H96" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>396</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
         <v>397</v>
       </c>
-      <c r="B97" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D97" t="s">
-        <v>389</v>
+        <v>72</v>
       </c>
       <c r="E97" t="s">
-        <v>390</v>
+        <v>73</v>
       </c>
       <c r="F97" t="s">
-        <v>391</v>
+        <v>27</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>398</v>
       </c>
       <c r="H97" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>400</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>26</v>
+        <v>401</v>
       </c>
       <c r="D98" t="s">
-        <v>389</v>
+        <v>72</v>
       </c>
       <c r="E98" t="s">
-        <v>390</v>
+        <v>73</v>
       </c>
       <c r="F98" t="s">
-        <v>391</v>
+        <v>18</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H98" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>31</v>
+        <v>405</v>
       </c>
       <c r="D99" t="s">
-        <v>389</v>
+        <v>72</v>
       </c>
       <c r="E99" t="s">
-        <v>390</v>
+        <v>73</v>
       </c>
       <c r="F99" t="s">
-        <v>391</v>
+        <v>78</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="H99" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>35</v>
+        <v>409</v>
       </c>
       <c r="D100" t="s">
-        <v>389</v>
+        <v>72</v>
       </c>
       <c r="E100" t="s">
-        <v>390</v>
+        <v>73</v>
       </c>
       <c r="F100" t="s">
-        <v>391</v>
+        <v>85</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="H100" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>39</v>
+        <v>413</v>
       </c>
       <c r="D101" t="s">
-        <v>389</v>
+        <v>72</v>
       </c>
       <c r="E101" t="s">
-        <v>390</v>
+        <v>73</v>
       </c>
       <c r="F101" t="s">
-        <v>391</v>
+        <v>68</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="H101" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>44</v>
+        <v>417</v>
       </c>
       <c r="D102" t="s">
-        <v>389</v>
+        <v>72</v>
       </c>
       <c r="E102" t="s">
-        <v>390</v>
+        <v>73</v>
       </c>
       <c r="F102" t="s">
-        <v>391</v>
+        <v>137</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="H102" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>53</v>
+        <v>421</v>
       </c>
       <c r="D103" t="s">
-        <v>389</v>
+        <v>72</v>
       </c>
       <c r="E103" t="s">
-        <v>390</v>
+        <v>73</v>
       </c>
       <c r="F103" t="s">
-        <v>391</v>
+        <v>54</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="H103" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>58</v>
+        <v>425</v>
       </c>
       <c r="D104" t="s">
-        <v>389</v>
+        <v>72</v>
       </c>
       <c r="E104" t="s">
-        <v>390</v>
+        <v>73</v>
       </c>
       <c r="F104" t="s">
-        <v>391</v>
+        <v>45</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="H104" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>62</v>
+        <v>429</v>
       </c>
       <c r="D105" t="s">
-        <v>389</v>
+        <v>72</v>
       </c>
       <c r="E105" t="s">
-        <v>390</v>
+        <v>73</v>
       </c>
       <c r="F105" t="s">
-        <v>391</v>
+        <v>13</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="H105" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="D106" t="s">
-        <v>389</v>
+        <v>433</v>
       </c>
       <c r="E106" t="s">
-        <v>390</v>
+        <v>434</v>
       </c>
       <c r="F106" t="s">
-        <v>391</v>
+        <v>435</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>424</v>
+        <v>436</v>
       </c>
       <c r="H106" t="s">
-        <v>425</v>
+        <v>437</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>426</v>
+        <v>438</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>124</v>
+        <v>17</v>
       </c>
       <c r="D107" t="s">
-        <v>389</v>
+        <v>433</v>
       </c>
       <c r="E107" t="s">
-        <v>390</v>
+        <v>434</v>
       </c>
       <c r="F107" t="s">
-        <v>391</v>
+        <v>435</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>427</v>
+        <v>439</v>
       </c>
       <c r="H107" t="s">
-        <v>428</v>
+        <v>440</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>128</v>
+        <v>22</v>
       </c>
       <c r="D108" t="s">
-        <v>389</v>
+        <v>433</v>
       </c>
       <c r="E108" t="s">
-        <v>390</v>
+        <v>434</v>
       </c>
       <c r="F108" t="s">
-        <v>391</v>
+        <v>435</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>430</v>
+        <v>442</v>
       </c>
       <c r="H108" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>432</v>
+        <v>444</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="D109" t="s">
-        <v>389</v>
+        <v>433</v>
       </c>
       <c r="E109" t="s">
-        <v>390</v>
+        <v>434</v>
       </c>
       <c r="F109" t="s">
-        <v>391</v>
+        <v>435</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="H109" t="s">
-        <v>434</v>
+        <v>446</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>447</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>31</v>
+      </c>
+      <c r="D110" t="s">
+        <v>433</v>
+      </c>
+      <c r="E110" t="s">
+        <v>434</v>
+      </c>
+      <c r="F110" t="s">
         <v>435</v>
       </c>
-      <c r="B110" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G110" s="1" t="s">
-        <v>436</v>
+        <v>448</v>
       </c>
       <c r="H110" t="s">
-        <v>437</v>
+        <v>449</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>438</v>
+        <v>450</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>141</v>
+        <v>35</v>
       </c>
       <c r="D111" t="s">
-        <v>389</v>
+        <v>433</v>
       </c>
       <c r="E111" t="s">
-        <v>390</v>
+        <v>434</v>
       </c>
       <c r="F111" t="s">
-        <v>391</v>
+        <v>435</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
       <c r="H111" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>145</v>
+        <v>39</v>
       </c>
       <c r="D112" t="s">
-        <v>389</v>
+        <v>433</v>
       </c>
       <c r="E112" t="s">
-        <v>390</v>
+        <v>434</v>
       </c>
       <c r="F112" t="s">
-        <v>391</v>
+        <v>435</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>442</v>
+        <v>454</v>
       </c>
       <c r="H112" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>444</v>
+        <v>456</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="D113" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="E113" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="F113" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="H113" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="D114" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="E114" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="F114" t="s">
-        <v>74</v>
+        <v>435</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="H114" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="D115" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="E115" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="F115" t="s">
-        <v>78</v>
+        <v>435</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="H115" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="D116" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="E116" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="F116" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="H116" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="D117" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="E117" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="F117" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="H117" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>35</v>
+        <v>124</v>
       </c>
       <c r="D118" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="E118" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="F118" t="s">
-        <v>74</v>
+        <v>435</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
       <c r="H118" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>39</v>
+        <v>128</v>
       </c>
       <c r="D119" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="E119" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="F119" t="s">
-        <v>85</v>
+        <v>435</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="H119" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="D120" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="E120" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="F120" t="s">
-        <v>78</v>
+        <v>435</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="H120" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>49</v>
+        <v>136</v>
       </c>
       <c r="D121" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="E121" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="F121" t="s">
-        <v>68</v>
+        <v>435</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="H121" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>53</v>
+        <v>141</v>
       </c>
       <c r="D122" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="E122" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="F122" t="s">
-        <v>68</v>
+        <v>435</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="H122" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>58</v>
+        <v>145</v>
       </c>
       <c r="D123" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="E123" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="F123" t="s">
-        <v>68</v>
+        <v>435</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
       <c r="H123" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>62</v>
+        <v>149</v>
       </c>
       <c r="D124" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="E124" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="F124" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
       <c r="H124" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>483</v>
+        <v>491</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>67</v>
+        <v>10</v>
       </c>
       <c r="D125" t="s">
-        <v>445</v>
+        <v>492</v>
       </c>
       <c r="E125" t="s">
-        <v>446</v>
+        <v>493</v>
       </c>
       <c r="F125" t="s">
-        <v>68</v>
+        <v>494</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
       <c r="H125" t="s">
-        <v>485</v>
+        <v>496</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>486</v>
+        <v>497</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>120</v>
+        <v>17</v>
       </c>
       <c r="D126" t="s">
-        <v>445</v>
+        <v>492</v>
       </c>
       <c r="E126" t="s">
-        <v>446</v>
+        <v>493</v>
       </c>
       <c r="F126" t="s">
-        <v>104</v>
+        <v>74</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>487</v>
+        <v>498</v>
       </c>
       <c r="H126" t="s">
-        <v>488</v>
+        <v>499</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>489</v>
+        <v>500</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D127" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="E127" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="F127" t="s">
-        <v>447</v>
+        <v>78</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="H127" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>503</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>26</v>
+      </c>
+      <c r="D128" t="s">
+        <v>492</v>
+      </c>
+      <c r="E128" t="s">
+        <v>493</v>
+      </c>
+      <c r="F128" t="s">
         <v>494</v>
       </c>
-      <c r="B128" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G128" s="1" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="H128" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D129" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="E129" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="F129" t="s">
-        <v>391</v>
+        <v>494</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="H129" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="D130" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="E130" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="F130" t="s">
-        <v>391</v>
+        <v>74</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="H130" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
+        <v>39</v>
+      </c>
+      <c r="D131" t="s">
+        <v>492</v>
+      </c>
+      <c r="E131" t="s">
+        <v>493</v>
+      </c>
+      <c r="F131" t="s">
+        <v>85</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H131" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>515</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>44</v>
+      </c>
+      <c r="D132" t="s">
+        <v>492</v>
+      </c>
+      <c r="E132" t="s">
+        <v>493</v>
+      </c>
+      <c r="F132" t="s">
+        <v>78</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="H132" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>518</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>49</v>
+      </c>
+      <c r="D133" t="s">
+        <v>492</v>
+      </c>
+      <c r="E133" t="s">
+        <v>493</v>
+      </c>
+      <c r="F133" t="s">
+        <v>68</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H133" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>521</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>53</v>
+      </c>
+      <c r="D134" t="s">
+        <v>492</v>
+      </c>
+      <c r="E134" t="s">
+        <v>493</v>
+      </c>
+      <c r="F134" t="s">
+        <v>68</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="H134" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>524</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>58</v>
+      </c>
+      <c r="D135" t="s">
+        <v>492</v>
+      </c>
+      <c r="E135" t="s">
+        <v>493</v>
+      </c>
+      <c r="F135" t="s">
+        <v>68</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H135" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>527</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>62</v>
+      </c>
+      <c r="D136" t="s">
+        <v>492</v>
+      </c>
+      <c r="E136" t="s">
+        <v>493</v>
+      </c>
+      <c r="F136" t="s">
+        <v>494</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="H136" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>530</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>67</v>
+      </c>
+      <c r="D137" t="s">
+        <v>492</v>
+      </c>
+      <c r="E137" t="s">
+        <v>493</v>
+      </c>
+      <c r="F137" t="s">
+        <v>68</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="H137" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>533</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>120</v>
+      </c>
+      <c r="D138" t="s">
+        <v>492</v>
+      </c>
+      <c r="E138" t="s">
+        <v>493</v>
+      </c>
+      <c r="F138" t="s">
+        <v>104</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="H138" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>536</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>10</v>
+      </c>
+      <c r="D139" t="s">
+        <v>537</v>
+      </c>
+      <c r="E139" t="s">
+        <v>538</v>
+      </c>
+      <c r="F139" t="s">
+        <v>494</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H139" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>541</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>10</v>
+      </c>
+      <c r="D140" t="s">
+        <v>542</v>
+      </c>
+      <c r="E140" t="s">
+        <v>543</v>
+      </c>
+      <c r="F140" t="s">
+        <v>54</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="H140" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>546</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>10</v>
+      </c>
+      <c r="D141" t="s">
+        <v>547</v>
+      </c>
+      <c r="E141" t="s">
+        <v>548</v>
+      </c>
+      <c r="F141" t="s">
+        <v>435</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="H141" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>551</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>17</v>
+      </c>
+      <c r="D142" t="s">
+        <v>547</v>
+      </c>
+      <c r="E142" t="s">
+        <v>548</v>
+      </c>
+      <c r="F142" t="s">
+        <v>435</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="H142" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>554</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
         <v>22</v>
       </c>
-      <c r="D131" t="s">
-[...12 lines deleted...]
-        <v>509</v>
+      <c r="D143" t="s">
+        <v>547</v>
+      </c>
+      <c r="E143" t="s">
+        <v>548</v>
+      </c>
+      <c r="F143" t="s">
+        <v>435</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="H143" t="s">
+        <v>556</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5451,50 +5905,62 @@
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>